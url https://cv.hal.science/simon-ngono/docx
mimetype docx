--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,492 +66,769 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aurélia Dumas et Fabienne Martin-Juchat, Les Communications affectives en organisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 31, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15v5m⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurence Corroy et Christelle Chauzal-Larguier (dirs), Patients, aidants et soignants. Dispositifs, enjeux et représentations, Londres, Iste Éd., coll. Communication et santé, 2023, 216 pages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 48, pp.585 - 590. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/15b26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05413417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Jouët (2022), Numérique, féminisme et société, Paris, Presses des Mines, 270 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04101087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bourdaa, Les Fans. Publics actifs et engagés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions de communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 44, pp.335-337. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.34121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04484939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sites web politiques et nouvelles formes de participation en ligne : cas de « la France en commun », « M l’avenir » et « Idées en commun »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaëla Andrianasolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Hadji Malick Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 27, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rfsic.15113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04353343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les anti-passe sanitaire à La Réunion : répertoires d'action et formes numériques de mobilisation collective à l'ère de la pandémie de Covid-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Dabbene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Pitou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Sontag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Zitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de recherches francophones en sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Penser les pratiques face au numérique : regards croisés Nords - Suds, 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03909765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sedel (2021), Dirigeants des médias : Sociologie d'un groupe patronal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 25, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rfsic.13710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03774374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freedom FM au Cameroun entre chimère et rêve brisé. Le flou juridique au service du verrouillage de l'entrepreneuriat radiophonique camerounais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RadioMorphoses. Revue d'études radiophoniques et sonores</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/radiomorphoses.3133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03683975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les anti-passe sanitaire à La Réunion : répertoires d'action et formes numériques de mobilisation collective à l'ère de la pandémie de Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -606,849 +883,650 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de recherches francophones en sciences de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Penser les pratiques face au numérique : regards croisés Nords - Suds, 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Freedom FM au Cameroun entre chimère et rêve brisé. Le flou juridique au service du verrouillage de l'entrepreneuriat radiophonique camerounais</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03946616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Journalismes spécialisés à l'ère numérique par Henri Assogba (2020),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tourya Guaaybess, Les médias dans les pays arabes : des théories du développement contrariées aux politiques de coopération émergentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des sciences de l'information et de la communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfsic.9698⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Coulomb-Gully (2016), Femmes en politique, en finir avec les seconds rôles, Paris, éd. Belin, coll. Égale à égal, 80 p</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Questions de communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02905875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dispositifs médiatiques comme lieu de (re)production de la dominance sociale. Illustration à partir des débats télévisés au Cameroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Editions Oudjat </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Blandin (dir.) (2018), Manuel d'analyse de la presse magazine, Paris, éd. Armand Colin, 324 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02025854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réseaux sociaux comme nouvel espace de mobilisation dans des contextes postautoritaires. Le cas de « l’affaire Éva » au Cameroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers du numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, RSN et espace public, Vol. 14 (3-4), pp.129-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/lcn.14.3-4.129-149⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Robinet, Silences et récits. Les médias français à l’épreuve des conflits africains (1994-2015), Bry-sur-Marne, INA éditions (« Médias et Humanités »), 2016, 408 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01716619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La médiatisation de la parole profane dans les émissions de débats radiophoniques au Cameroun : enjeux et logiques de la constitution d’un espace public</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RadioMorphoses. Revue d'études radiophoniques et sonores</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 8, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/radiomorphoses.3133⟩</w:t>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/radiomorphoses.1378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...719 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1458,1964 +1536,2088 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser les SIC depuis le Cameroun : logiques d’institutionnalisation et colonialité des savoirs importés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vers une vision commune des sciences de la communication à l’ère de l’intelligence artificielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Beyrouth (Liban), Liban</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux de la régulation des médias et de la diversité culturelle dans un contexte d'hégémonie numérique : le cas du Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Action publique et numérisation des industries culturelles et médiatiques : enjeux de régulation dans les territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Gresec, Université Grenoble Alpes, Apr 2025, Échirolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05006255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Médias audiovisuels et construction des contre-discours africanistes : cas d’Afrique Média et de l'émission Le Débat panafricain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discours contre-hégémoniques dans l'océan Indien et en Afrique : penser et écrire un monde en commun ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Saint-Denis de La Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie des médias à l'ère de l'intelligence artificielle : vers de nouveaux modèles socio-économiques et une (ré)actualisation de l'emprise des &amp;quot;Big Five&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les sciences et métiers de l'information et de la communication à l'épreuve de l'intelligence artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Dakar (Sénégal), Sénégal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04643104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Action publique autour du développement des infrastructures numériques à La Réunion : une étude exploratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le numérique et les Outre-mer de l'Union européenne. Regards croisés sur les enjeux du numérique à La Réunion et à Mayotte, une approche pluridisciplinaire et comparative</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Saint-Denis Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'économie des médias à l'ère de l'intelligence artificielle : vers de nouveaux modèles socio-économiques et une (ré)actualisation de l'emprise des &amp;quot;Big Five&amp;quot; ?</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Covid-19, médias sociaux et vulnérabilités territoriales dans les Afriques : logiques de solidarité et formes locales de résilience face à la pandémie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sciences et métiers de l'information et de la communication à l'épreuve de l'intelligence artificielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Dakar (Sénégal), Sénégal</w:t>
+              <w:t xml:space="preserve">Territoires, populations et Covid-19 (TEPCOV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université française de Guyane, Oct 2023, Cayenne, Guyane française</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Diaspora connectée » et logiques de mobilisations collectives au-delà des frontières nationales. Cas des Camerounais de France, Suisse et USA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hybridation politique des mouvements sociaux et démocratie : stratégies de représentation, délibération et participation des acteurs (sous la direction de Grégoire Molinatti, Christiane Rafidinarivo, Bernard Idelson)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Saint-Denis de La Réunion, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03452890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction, médiation et perpétuation posthume d’un lieu de mémoire et d’une figure controversée de l’histoire de l’esclavage à La Réunion : le musée de Villèle et Mme Desbassyns (1755-1846) dans le cadre des pratiques mémorielles et communicationnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les musées face à l'esclavage : le défi de réconcilier les récits sur un héritage commun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kartyé Lib Mémoire &amp; Patrimoine Océan Indien, Apr 2023, Saint-André de La Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Covid-19, médias sociaux et vulnérabilités territoriales dans les Afriques : logiques de solidarité et formes locales de résilience face à la pandémie</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médiatisations d'une question de santé publique et journalisme scientifique face à l’épreuve des faits. Cas du traitement de la Covid-19 dans les médias audiovisuels au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Territoires, populations et Covid-19 (TEPCOV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université française de Guyane, Oct 2023, Cayenne, Guyane française</w:t>
+              <w:t xml:space="preserve">L'expert.e en santé dans les médias, entre légitimité et controverses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurence Corroy (Université de Lorraine), Christelle Larguier (Université Clermont Auvergne), Aurélie Pourrez (Université de Lorraine), Marieke Stein (Université de Lorraine), Céline Ségur (Université de Lorraine), May 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Légitimité et mise en question de chercheur.e.s dans les mondes indianocéaniques. Cas du colloque de restitution des travaux de recherche sur « La place de la coutume à Mayotte »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La coutume dans l'océan indien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Observatoire des Sociétés de l'Océan Indien, Société de Législation Comparée, Laboratoire de recherche sur les espaces créoles et francophones &amp; Centre de Recherche juridique, Université de La Réunion, Nov 2022, Saint-Denis de La Réunion, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03849169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « influenceurs web » à l’épreuve de l’économie numérique au Cameroun : contribution au développement des industries culturelles en plein essor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux des industries culturelles et créatives pour le développement de l'Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Yaoundé, Cameroun</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03740101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expression poétique de l’autre et de l’insularité dans les œuvres de Boris Gamaleya ou comment la rencontre d'un auteur et de ses textes se transforme en médiation littéraire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Boris Gamaleya, poète indianocéanique de l'univers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Saint-Denis de La Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03770932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mener une recherche en terrain « sensible » : « ficelles » méthodologiques et réflexivité à partir des expériences de soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Légitimité et conditions sociales du chercheur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire de recherche sur les espaces créoles et francophones (LCF), Dec 2021, Saint-Denis de La Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les réseaux sociaux dans la campagne politique. Analyse critique des usages de Twitter par les candidats « androïd » lors de la présidentielle de 2018 au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La communication politique en temps de campagnes électorales : de la rhétorique stratégiques à la polarisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Tunis, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03196522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les constructions médiatiques de l’altérité au Cameroun : la question de l’ « Autre » et du « Nous » de référence dans la crise anglophone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Altérité dans les sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Saint-Denis de La Réunion, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03374100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses info-communicationnelles des processus délibératifs et des formes numériques de mobilisation en contexte autoritaire : cheminement et apories d’une trajectoire de chercheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présentation de parcours de recherche en SIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Saint-Denis, La Réunion, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03144128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formes numériques de mobilisation dans des situations postautoritaires. Cas de « l'affaire Éva » au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RESEAUX SOCIAUX, TRACES NUMERIQUES, COMMUNICATION ELECTRONIQUE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01841088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les paradoxes de la liberté de la presse au Cameroun : entre « libéralisation » et rémanences de la censure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La presse condamnée : entraves, contestations, censure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2e colloque Médias 19 des jeunes chercheurs en littérature et culture médiatique (Université Laval, Canada), Nov 2017, Laval (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les stratégies de constitution d'un espace public de débats télévisés au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les doctorales de la SFSIC 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon 2 - Lumière, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'espace public de débats télévisés dans le contexte « post-libéral » camerounais : logiques de constitution et structuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les doctorales de la SFSIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indignation en ligne : vers une analyse des (nouvelles) modalités et pratiques socio-numériques des Camerounais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference EUTIC, European Multidisciplinary Research Network on the Challenges and Uses of ICT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Zakynthos, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (6)</w:t>
+        <w:t xml:space="preserve">Ouvrages (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LES DÉBATS TÉLÉVISÉS AU CAMEROUN. UNE ÉCONOMIE SYMBOLIQUE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamiques et enjeux contemporains de la communication. Mélanges offerts au Professeur Bertrand Cabedoche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de la coutume dans l’océan Indien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Barrué-Belou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila Arêas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Gilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Knetsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Carpanin Marimoutou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rémi Barrué-Belou. Société de législation comparée, 60, 2024, Colloques, 978-2-36517-142-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Knetsch</w:t>
+                <w:t xml:space="preserve">hal-04993801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Communication et covid-19 en Afrique: action publique, médiatisation, croyances populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cabedoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Rémi Barrué-Belou. Société de législation comparée, 60, 2024, Colloques, 978-2-36517-142-7</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Évariste Toa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. 2023, Communication et civilisation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan. 2023, Communication et civilisation</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04539348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'économie des médias et le numérique en Afrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires Indianocéaniques. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Presses Universitaires Indianocéaniques. 2021</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03605490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Médias audiovisuels et tolérance administrative au Cameroun : Enjeux communicationnels et logiques d'acteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. 2021, 978-2-343-23217-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan. 2021, 978-2-343-23217-1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03281031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LA COMMUNICATION DE L’ÉTAT EN AFRIQUE. Discours, ressorts et positionnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Simon Ngono. L'Harmattan France, pp.368, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Simon Ngono. L'Harmattan France, pp.368, 2020</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02447094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Débats télévisés dans l'espace public au Cameroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, 9782334215343</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01716618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3425,1449 +3627,1449 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socio-économie de la production des débats télévisés au Cameroun : entre précarité économique, professionnelle et logiques de débrouillardise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Abolo Mbita. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La télévision au Cameroun. Regards croisés sur les pratiques et les usages dans un système sociotechnique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2024, 978-2-336-43706-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04483111v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Covid-19 au Cameroun : construction médiatique et nouvelles formes d’expertise médicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE éditions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Laurence Corroy et Christelle Chauzal-Larguier (dir.), L’expertise dans les médias pendant la pandémie. De la diversité d’experts à la cacophonie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04655077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Légitimité et mise en question de chercheur.e.s dans les mondes indianocéaniques. Cas du colloque de restitution des travaux de recherche sur &amp;quot;La place de la coutume à Mayotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La place de la coutume dans l'océan Indien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 978-2-36517-142-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04781861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La communication de crise au Cameroun à l'épreuve de la polémique au sujet de la dépigmentation cosmétique volontaire. Cas du reportage de France 24 autour des &amp;quot;boissons éclaircissantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aristide Michel Menguele Menyengue (dir.), La communication de crise au Cameroun. Rhétorique du complot, ritualisation politique et construction de l'État en imbrication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.368-388, 2024, 978-2-336-40990-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04523369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pandémie de Covid-19 en Afrique : un fait social total à l’épreuve des mécanismes de publicisation, de communication et de médiatisation numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cabedoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bertrand Cabedoche, Simon Ngono (dir.). Communication et covid-19: action publique, médiatisation, croyances populaires (préface: Jules Évariste Toa), p. 19-32</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Collection: communication et civilisation</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04539695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pandémie de Covid-19 en Afrique : un fait social total à l'épreuve des mécanismes de publicisation, de communication et de la médiatisation numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cabedoche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertrand Cabedoche, Simon Ngono. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication et Covid-19 en Afrique. Action publique, médiatisation, croyances populaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2023, 978-2-14-033332-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le traitement de la Covid-19 dans les espaces publics en Afrique, révélateur du glissement des paradigmes relatifs à la communication de l'information scientifique et technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cabedoche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertrand Cabedoche; Simon Ngono. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication et Covid-19 en Afrique. Action publique, médiatisation, croyances populaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 978-2-14-033332-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le traitement médiatique de la crise pandémique de Covid-19 au Cameroun : logiques de production et identité du journalisme scientifique en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bertrand Cabedoche, Simon Ngono. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bertrand Cabedoche, Simon Ngono (dir.), Communication et Covid-19 en Afrique : Action publique, médiatisation, croyances populaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, 2023, Communication et civilisation</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Diaspora connectée » et logiques de mobilisations collectives au-delà des frontières nationales. Cas des Camerounais de France, Suisse et USA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grégoire Molinatti, Christiane Rafidinarivo et Bernard Idelson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Démocratisation de la démocratie. Mouvements sociaux, institutionnalisations citoyennes et mobilisations numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires indianocéaniques, 470 p, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04130558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...28 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réseaux socionumériques et Covid-19 au Cameroun : constructions des imaginaires et circulation des « savoirs » locaux endogènes comme alternative à la pandémie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bertrand Cabedoche, Simon Ngono (dir.), Communication et Covid-19 en Afrique : Action publique, médiatisation, croyances populaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Harmattan, 2023, Communication et civilisation</w:t>
+              <w:t xml:space="preserve">, L'Harmattan, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...107 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03656168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le traitement de la Covid-19 dans les espaces publics en Afrique, révélateur du glissement des paradigmes relatifs à la communication de l'information scientifique et technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...249 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cabedoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bertrand Cabedoche, Simon Ngono (dir.). Communication et covid-19 en Afrique: action publique, médiatisation, croyances populaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions L'Harmattan, p. 275-282, 2023, Communication et civilisation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradigmes de communication : lectures et discussions à partir des travaux de Jean-Chrétien Ekambo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Kileuka Ntonda et David Kiantwadi Pata. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pensée africaine des SIC : paradigmes, discipline et perspectives. Mélanges offerts au Professeur émérite Jean-Chrétien Ekambo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Éditions du Net, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03620816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les reconfigurations de l'économie numérique des médias classiques en Afrique subsaharienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires Indianocéaniques. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'économie des médias et le numérique en Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 978-2-490596-81-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03605571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les journaux camerounais au prisme de l’économie numérique. Entre hybridation des modèles socio-économiques et reconfiguration des stratégies éditoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Simon Ngono. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'économie des médias et le numérique en Afrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Indianocéaniques, 2021, 978-2-490596-81-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03605601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseaux socionumériques et pratiques de mobilisation collective des jeunes en contexte autoritaire : le cas de « l'affaire Éva » au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Marie Zambo Belinga, Emmanuel Beche. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jeunes et réseaux sociaux au Cameroun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Connaissances et savoirs, 294 p, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques et stratégies de contournement du principe de la limitation de la « propriété croisée ou mixte » des médias au Cameroun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ngono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thomas Atenga, Georges Madiba (coord.), Les questions de développement dans les Sciences de l'information et de la communication en Afrique. Mélanges offerts à Misse Misse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02504563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication de l’État en situation de crise. Le cas des discours officiels lors des prises et libérations d’otages de Boko Haram au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Simon Ngono. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LA COMMUNICATION DE L’ÉTAT EN AFRIQUE. Discours, ressorts et positionnements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02454939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les structures médiatiques africaines à l'épreuve de la diversité culturelle. Le cas de la production des contenus informationnels au Cameroun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médias, communication et diversité culturelle.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.105-123, 2020, 9789973797650</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02894926v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la fin de la presse comme contre-pouvoir au Sénégal ? Essai sur les liaisons dangereuses entre la presse et le pouvoir politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ngagne Fall, Sénégal : la presse sous Macky Sall, démocratie en péril, Paris, éditions L'Harmattan, 112 p.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02185897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4877,162 +5079,162 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cabedoche (2023), Lire la communication-monde au XXIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04448074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liénard Fabien et Zlitni Sami (dirs) (2020), Regards croisés sur la communication et la trace numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rfsic.12745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03622660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5042,166 +5244,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La régulation des contenus de médias en ligne au Cameroun et en Afrique : entre engagement vers plus de responsabilité et volonté d’auto-régulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Ramel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03806784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avantages et effets pervers de l'économie numérique depuis 1992</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5211,100 +5413,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Espace(s) public(s) des débats télévisés au Cameroun : constitution, acteurs et économie(s) de production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Gresec, Université Grenoble Alpes (France), 2019. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03657347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5314,105 +5516,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeux d'acteurs dans les formes d'espaces publics au Cameroun : l'exemple des débats télévisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ngono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'information et de la communication. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dumas-01070722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId105"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5559,51 +5761,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413417v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ngono" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15b26" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101087v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484939v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.34121" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353343v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;la Andrianasolo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Malick Ndiaye" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.15113" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774374v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.13710" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909765v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Dabbene" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pitou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Sontag" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Zitte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683975v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.3133" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946616v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230491v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945975v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.9698" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905875v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025854v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723750v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207199v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/lcn.14.3-4.129-149" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716619v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716622v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.1378" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265937v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006255v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132311v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703310v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643104v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848699v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287212v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452890v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849169v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637908v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740101v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770932v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464699v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196522v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144128v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374100v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841088v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294070v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716658v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716651v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716655v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993801v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barru&#233;-Belou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Ar&#234;as" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Gilloteau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Knetsch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Carpanin Marimoutou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539348v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cabedoche" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules &#201;variste Toa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605490v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281031v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447094v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716618v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655077v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483111v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781861v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523369v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130558v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637927v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637977v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661765v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539695v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656168v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539862v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620816v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605571v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605601v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104360v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454939v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504563v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894926v3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185897v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448074v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622660v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12745" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806784v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ramel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904315v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03657347v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01070722v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561479v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ngono" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15v5m" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413417v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15b26" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101087v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484939v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.34121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353343v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;la Andrianasolo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Malick Ndiaye" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.15113" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909765v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Dabbene" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Pitou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Sontag" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Zitte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774374v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.13710" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683975v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.3133" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946616v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230491v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945975v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.9698" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905875v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723750v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025854v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207199v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/lcn.14.3-4.129-149" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716619v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716622v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/radiomorphoses.1378" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265937v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006255v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132311v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643104v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703310v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287212v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03452890v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848699v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637908v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849169v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770932v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464699v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196522v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374100v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144128v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841088v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294070v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716658v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716651v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716655v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561930v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561488v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993801v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Barru&#233;-Belou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Ar&#234;as" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Gilloteau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Knetsch" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Carpanin Marimoutou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539348v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cabedoche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules &#201;variste Toa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605490v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281031v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447094v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716618v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483111v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655077v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781861v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523369v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539695v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637977v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661765v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03637927v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130558v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03656168v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539862v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620816v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605571v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605601v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104360v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504563v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454939v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894926v3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185897v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448074v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622660v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.12745" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03806784v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ramel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904315v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03657347v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01070722v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>