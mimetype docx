--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated online DPPH-assisted multimodal dereplication workflow for identifying antioxidant compounds in complex mixtures and its application to a supercritical CO2 extract of Makwaen pepper by-product</w:t>
+                <w:t xml:space="preserve">Distinct oxidative and photosynthetic responses to betulin and betulone in the freshwater microalgae Chlamydomonas reinhardtii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Perret</w:t>
+                <w:t xml:space="preserve">Anthony Montembault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shahad Ragheed-Georges</w:t>
+                <w:t xml:space="preserve">Damien Rioult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Remy</w:t>
+                <w:t xml:space="preserve">Iris Barjhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Cordonnier</w:t>
+                <w:t xml:space="preserve">Sandra Villaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Sayagh</w:t>
+                <w:t xml:space="preserve">Nathalie Gaveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1757, pp.466172. </w:t>
+              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 303, pp.119033. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2025.466172⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.119033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05329664v1</w:t>
+                <w:t xml:space="preserve">hal-05329630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct oxidative and photosynthetic responses to betulin and betulone in the freshwater microalgae Chlamydomonas reinhardtii</w:t>
+                <w:t xml:space="preserve">Integrated online DPPH-assisted multimodal dereplication workflow for identifying antioxidant compounds in complex mixtures and its application to a supercritical CO2 extract of Makwaen pepper by-product</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Montembault</w:t>
+                <w:t xml:space="preserve">Jérémy Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Rioult</w:t>
+                <w:t xml:space="preserve">Shahad Ragheed-Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iris Barjhoux</w:t>
+                <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Villaume</w:t>
+                <w:t xml:space="preserve">Julien Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Gaveau</w:t>
+                <w:t xml:space="preserve">Charlotte Sayagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology and Environmental Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 303, pp.119033. </w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1757, pp.466172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoenv.2025.119033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2025.466172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05329630v1</w:t>
+                <w:t xml:space="preserve">hal-05329664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolome and ( R )-Mellein Production in Neofusicoccum parvum Strains are Differentially Affected by Grapevine Woody Biomass</w:t>
               </w:r>
@@ -400,51 +400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julián Restrepo-Leal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jochen Fischer-Schuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -560,51 +560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Vergalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noufou Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 24 (10), pp.8790. </w:t>
@@ -668,51 +668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Ramtanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Berlioz-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Hugues Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -798,64 +798,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Darme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Spalenka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandie Escotte-Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -891,290 +891,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-tumoral Effect of Thymelaea hirsuta L. Extracts in Colorectal Cancer Cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Versa DB: Assisting 13 C NMR and MS/MS Joint Data Annotation Through On-Demand Databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Hugues Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iheb Toumi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marc Nuzillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anti-Cancer Agents in Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2174/1871520622666220826095035⟩</w:t>
+              <w:t xml:space="preserve">Chemistry–Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.e202300020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cmtd.202300020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04616265v1</w:t>
+                <w:t xml:space="preserve">hal-04163851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versa DB: Assisting 13 C NMR and MS/MS Joint Data Annotation Through On-Demand Databases</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Anti-tumoral Effect of Thymelaea hirsuta L. Extracts in Colorectal Cancer Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iheb Toumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Yatouji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Borie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Hugues Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry–Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anti-Cancer Agents in Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (6), pp.687-698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1871520622666220826095035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cmtd.202300020⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04163851v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04616265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-Toxoplasma gondii effect of lupane-type triterpenes from the bark of black alder (Alnus glutinosa) and identification of a potential target by reverse docking</w:t>
               </w:r>
@@ -1186,64 +1186,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Darme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandie Escotte-Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1346,51 +1346,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Machado Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Borie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Sayagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 26 (3), pp.637. </w:t>
@@ -1428,51 +1428,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation of phenanthrenes and identification of phorbol ester derivatives as potential anti-CHIKV agents using FBMN and NAP from Sagotia racemosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deyvis Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1562,51 +1562,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macrocyclic Diterpenoids from Euphorbiaceae as A Source of Potent and Selective Inhibitors of Chikungunya Virus Replication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Litaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1666,51 +1666,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antiviral Compounds from Codiaeum peltatum Targeted by a Multi-informative Molecular Networks Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Olivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Grelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1787,51 +1787,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structurally Diverse Diterpenoids from Sandwithia guyanensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Olivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1953,64 +1953,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the chemical profiling of complex natural extracts by joint 13C NMR and LC-HRMS2 analysis and the querying of in silico generated chemical databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Kotland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2142,51 +2142,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jochen Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Borie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2254,51 +2254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shamsia Pithon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Hugues Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahery Andriamanantena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2392,51 +2392,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Cordonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Escotte-Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Borie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2539,51 +2539,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aliénor de Rouffignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire AMELECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, URCA, Jul 2021, Reims (Distanciel), France</w:t>
@@ -2612,51 +2612,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feature-based molecular networking and network annotation propagation applied to natural antiviral compound research from tropical Euphorbiaceae.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Olivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2813,51 +2813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Debref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gallos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Bastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2931,51 +2931,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité chimique et potentialités antivirales d'Euphorbiacées tropicales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie analytique. Université Paris-Saclay, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019SACLS374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3034,51 +3034,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les diterpènes d’euphorbiaceae : origine biosynthétique et intérêts pharmaceutiques : étude de sandwithia guyanensis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Remy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences pharmaceutiques. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3265,51 +3265,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05329664v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Perret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahad Ragheed-Georges" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Remy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cordonnier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sayagh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466172" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05329630v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Montembault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rioult" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gaveau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119033" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05126196v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Restrepo-Leal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fontaine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Fischer-Schuch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c03139" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244655v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Dofini Magnini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pedinielli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vergalli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noufou Ouedraogo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24108790" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04290959v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Ramtanon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2023.464277" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04184375v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Darme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Spalenka" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04616265v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Toumi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Yatouji" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1871520622666220826095035" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-QBRVGTDH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04163851v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nuzillard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmtd.202300020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565091v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Hubert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126780v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariacaterina Lianza" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritchy Leroy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Machado Rodrigues" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26030637" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994841v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyvis Solis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Silland" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Neyts" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Roussi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2019.112101" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353408v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Litaudon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24122336" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159537v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Olivon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Grelier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Apel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Eydoux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.8b00800" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355154v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Desrat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eparvier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.7b01025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04485136v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Kotland" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668152v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n D Restrepo-Leal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Fischer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326667v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsia Pithon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahery Andriamanantena" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Caro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676402v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Darme" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cordonnier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Escotte-Binet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1758981" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280442v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386018v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0039-3399652" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03711367v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallos" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02401818v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS374" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01931841v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05329630v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Montembault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Rioult" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Barjhoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gaveau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2025.119033" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05329664v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Perret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahad Ragheed-Georges" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Remy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cordonnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sayagh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466172" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05126196v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Restrepo-Leal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Fontaine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Fischer-Schuch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borie" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c03139" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244655v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Dofini Magnini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pedinielli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vergalli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noufou Ouedraogo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24108790" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-04290959v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Ramtanon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Berlioz-Barbier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Renault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Le Masle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2023.464277" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04184375v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Darme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Spalenka" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Escotte-Binet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04163851v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nuzillard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmtd.202300020" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04616265v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iheb Toumi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Yatouji" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1871520622666220826095035" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-QBRVGTDH-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03565091v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Hubert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126780v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariacaterina Lianza" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritchy Leroy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Machado Rodrigues" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26030637" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994841v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deyvis Solis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Silland" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Neyts" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Roussi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phytochem.2019.112101" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353408v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Litaudon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24122336" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159537v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Olivon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Grelier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Apel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Eydoux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.8b00800" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355154v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Desrat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Blanchard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eparvier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jnatprod.7b01025" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04485136v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Kotland" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668152v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n D Restrepo-Leal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Fischer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326667v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsia Pithon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahery Andriamanantena" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Caro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676402v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Darme" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Cordonnier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Escotte-Binet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1758981" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280442v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386018v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0039-3399652" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03711367v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gallos" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02401818v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLS374" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01931841v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>