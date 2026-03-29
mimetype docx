--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -204,477 +204,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05517931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a building envelope Heat Transfer Coefficient in use: Bayesian approach to improve the inclusion of solar gains</w:t>
+                <w:t xml:space="preserve">In situ air change rate estimation from metabolic CO2 measurement. Summer experimental campaign in a single-family test house</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais Pacquaut</w:t>
+                <w:t xml:space="preserve">Cédric Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Juricic</w:t>
+                <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Challansonnex</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Machefert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Wurtz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Performance Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19401493.2024.2388218⟩</w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 259, pp.111646. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2024.111646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04693507v1</w:t>
+                <w:t xml:space="preserve">hal-04619899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of occupant behavior on optimal multi-objective solutions for the design of low-energy buildings</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation of a building envelope Heat Transfer Coefficient in use: Bayesian approach to improve the inclusion of solar gains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Fraisse</w:t>
+                <w:t xml:space="preserve">Anais Pacquaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rouchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud JAY</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Leconte</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sarah Juricic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Challansonnex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy and Buildings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.enbuild.2024.114371⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Performance Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19401493.2024.2388218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04650936v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04693507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ air change rate estimation from metabolic CO2 measurement. Summer experimental campaign in a single-family test house</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cédric Schreck</w:t>
+                <w:t xml:space="preserve">Impact of occupant behavior on optimal multi-objective solutions for the design of low-energy buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sekaina El Khattabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Fraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Etienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 259, pp.111646. </w:t>
+              <w:t xml:space="preserve">Energy and Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 317, pp.114371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2024.111646⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.enbuild.2024.114371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04619899v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi objective optimization of detailed building models with Typical Short Sequences considering sequential and adaptive methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasan Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -721,77 +721,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Sereine test: advances towards short and reproducible measurements of a whole building heat transfer coefficient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Juricic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rabouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Challansonnex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud JAY</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -868,77 +868,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational time reduction using detailed building models with Typical Short Sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hasan Sayegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1102,51 +1102,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Demouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1193,51 +1193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a short perturbation method for on-site estimation of a building envelope thermal performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Juricic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Goffart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1570,90 +1570,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of weather natural variability on the thermal characterisation of a building envelope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Juricic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Goffart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rouchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2384,51 +2384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decision-making based on network visualization applied to building life cycle optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Souyri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2612,568 +2612,568 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01288774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of concrete fracture on the rain infiltration and thermal performance of building facades</w:t>
+                <w:t xml:space="preserve">Characterisation of concrete and mortar cracking by digital image correlation and acoustic emission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Woloszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Foray</w:t>
+                <w:t xml:space="preserve">Genevieve Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 61, pp.340-352. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17 (6, SI), pp.467-477. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2013.02.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2013.787179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00798374v2</w:t>
+                <w:t xml:space="preserve">hal-01814468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of concrete and mortar cracking by digital image correlation and acoustic emission</w:t>
+                <w:t xml:space="preserve">Influence of concrete fracture on the rain infiltration and thermal performance of building facades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Woloszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genevieve Foray</w:t>
+                <w:t xml:space="preserve">Geneviève Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 17 (6, SI), pp.467-477. </w:t>
+              <w:t xml:space="preserve">International Journal of Heat and Mass Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61, pp.340-352. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19648189.2013.787179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheatmasstransfer.2013.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814468v1</w:t>
+                <w:t xml:space="preserve">hal-00798374v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage monitoring in fibre reinforced mortar by combined digital image correlation and acoustic emission</w:t>
+                <w:t xml:space="preserve">Characterization of fracture patterns and hygric properties for moisture flow modelling in cracked concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Janssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Rode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Woloszyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 38, pp.371-380. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.07.106⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 34, pp.54-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.02.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00762727v2</w:t>
+                <w:t xml:space="preserve">hal-00795457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of fracture patterns and hygric properties for moisture flow modelling in cracked concrete</w:t>
+                <w:t xml:space="preserve">Damage monitoring in fibre reinforced mortar by combined digital image correlation and acoustic emission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hans Janssen</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carsten Rode</w:t>
+                <w:t xml:space="preserve">Nathalie Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Woloszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Roux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 34, pp.54-62. </w:t>
+              <w:t xml:space="preserve">, 2012, 38, pp.371-380. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.02.047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2012.07.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00795457v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00762727v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of diffuse damage on the water vapour permeability of fibre reinforced mortar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Woloszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3386,64 +3386,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ventilation naturelle par ouverture de fenêtre : analyse d'incertitude et de sensibilité dynamique du taux de renouvellement d'air dans le cas d'un bâtiment résidentiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3507,90 +3507,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards automated stochastic grey-box model calibration for Heat Transfer Coefficient inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Juricic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rabouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Challansonnex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th nordic symposium on building physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aalborg, Denmark. pp.012048, </w:t>
@@ -3628,90 +3628,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic modeling of airflow rate through window openings based on CO2 data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NSB 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Aalborg, Denmark. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3745,103 +3745,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical test bench to evaluate the influence of heat gains on the estimation of Heat Transfer Coefficient under occupied conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Pacquaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud JAY</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Challansonnex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Juricic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th nordic symposium on building physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aaalborg, Denmark. pp.012050, </w:t>
@@ -3879,77 +3879,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic modeling of airflow rate through window openings based on CO2 data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4117,90 +4117,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse statistique du confort thermique estival dans un bureau naturellement ventilé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Wurtz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IBPSA France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Châlons en Champagne, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4225,77 +4225,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la modélisation des occupants sur l'évaluation du confort d'été dans un bâtiment très basse consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sekaina El Khattabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4333,51 +4333,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des économies d'énergie dans un bâtiment en occupation : méthode de diagnostic à partir de mesures in situ et du DPE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Pacquaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4428,51 +4428,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an alternative cooling: Optimisation of the successive use of the cooling systems from passive to active -Development of design and control strategies of the hybrid cooling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud JAY</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Boulinguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4540,64 +4540,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse statistique du confort thermique estival dans un bureau naturellement ventilé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Schreck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Foucquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4642,213 +4642,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05018403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian approach to accounting for uncertain heating system efficiency in co-heating tests</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation de certificats énergétiques et d'archétypes pour la génération de modèles thermiques de bâtiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Artiges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sarah Juricic</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Delinchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 Building Simulation Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IBPSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Reims, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05018366v1</w:t>
+                <w:t xml:space="preserve">hal-03369663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de certificats énergétiques et d'archétypes pour la génération de modèles thermiques de bâtiments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bayesian approach to accounting for uncertain heating system efficiency in co-heating tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoit Delinchant</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Juricic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IBPSA</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 Building Simulation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bruges, Belgium. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26868/25222708.2021.30701⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03369663v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05018366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de certiﬁcats énergétiques et d’archétypes pour la génération de modèles thermiques de bâtiments</w:t>
               </w:r>
@@ -5279,51 +5279,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Woloszyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5798,51 +5798,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05517931v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bal-Fontaine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud JAY" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rouchier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3140/2/022013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04693507v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Pacquaut" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Juricic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Challansonnex" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2024.2388218" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650936v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekaina El Khattabi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fraisse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leconte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114371" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04619899v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Schreck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucquier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Machefert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Wurtz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2024.111646" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04163054v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Sayegh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2022.105645" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04692055v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rabouille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Th&#233;bault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2023.113585" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04163058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2022.123109" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618856v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103534" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04250006v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Esber" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Faure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Demouge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2021.108671" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646685v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Goffart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Oberl&#263;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2022.112211" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285996v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Merlet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cellier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Woloszyn" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2021.111776" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625833v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Artiges" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delinchant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wurtz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14185651" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025514v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2021.116582" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486859v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Jim&#233;nez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Casta&#241;o" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2019.01.045" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509491v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pajot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12193632" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739625v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Oberl&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2018.02.043" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2018.02.009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437146v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Busser" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Pailha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Piot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2016.12.012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03660309v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Pailha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.10.020" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814480v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Souyri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Axaopoulos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2017.09.006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288774v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kedowide" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timea B&#233;jat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2014.996608" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798374v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Foray" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.02.013" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814468v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Foray" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2013.787179" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762727v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.07.106" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795457v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Janssen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Rode" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.047" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761767v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-012-9967-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583973v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Merville" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auline Rodler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leduc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Musy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04577218v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Wurtz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04653216v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Faure" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2654/1/012048" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018418v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2654/1/012089" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04512694v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2654/1/012050" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04133191v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018374v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Merville" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rodler" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Musy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Dufrasnes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2600/9/092020" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03663740v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771909v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018393v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04669395v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boulinguez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Haese" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thebault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018403v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018366v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2021.30701" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369663v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638363v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020102v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01824244v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987737v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Salagnac" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Battaglia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/tel-04845644v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00761749v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00980172v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO10194" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05517931v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bal-Fontaine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud JAY" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rouchier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/3140/2/022013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04619899v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Schreck" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Foucquier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Machefert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Wurtz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2024.111646" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04693507v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Pacquaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Juricic" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Challansonnex" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2024.2388218" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650936v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekaina El Khattabi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fraisse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leconte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2024.114371" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04163054v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Sayegh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2022.105645" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04692055v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rabouille" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Th&#233;bault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2023.113585" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04163058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2022.123109" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618856v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103534" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04250006v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Esber" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Faure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Demouge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2021.108671" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03646685v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Goffart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Oberl&#263;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2022.112211" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285996v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Merlet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cellier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Woloszyn" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2021.111776" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625833v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Artiges" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Delinchant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wurtz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14185651" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025514v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2021.116582" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486859v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Jim&#233;nez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Casta&#241;o" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2019.01.045" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509491v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pajot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12193632" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739625v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Oberl&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2018.02.043" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01739623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2018.02.009" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437146v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Busser" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Pailha" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Piot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2016.12.012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03660309v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Pailha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.10.020" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01814480v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Souyri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Axaopoulos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2017.09.006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01288774v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kedowide" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timea B&#233;jat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19401493.2014.996608" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814468v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Foray" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Roux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2013.787179" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00798374v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Foray" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.02.013" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795457v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Janssen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Rode" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.047" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00762727v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Godin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.07.106" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761767v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-012-9967-2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583973v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Merville" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auline Rodler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leduc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Musy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04577218v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Wurtz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04653216v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Faure" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2654/1/012048" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018418v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2654/1/012089" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04512694v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2654/1/012050" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-04133191v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018374v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Merville" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rodler" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Musy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Dufrasnes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2600/9/092020" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-03663740v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771909v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018393v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-04669395v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Boulinguez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Haese" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thebault" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018403v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369663v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-05018366v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26868/25222708.2021.30701" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638363v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020102v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01824244v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987737v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Salagnac" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Battaglia" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Maillet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00985579v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/tel-04845644v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00761749v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00980172v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO10194" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>