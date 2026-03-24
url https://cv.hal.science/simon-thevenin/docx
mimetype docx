--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -217,7651 +217,8169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05452516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Mathematical Model for Adaptive Assembly Line Balancing with Setup Times by Cobot Failure Prediction</w:t>
+                <w:t xml:space="preserve">Constraint learning approaches to improve the approximation of the capacity consumption function in lot-sizing models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haed Tavakkoli-Moghaddam</w:t>
+                <w:t xml:space="preserve">David Tremblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maher Agi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.007⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 322 (2), pp.679-692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2024.11.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508586v1</w:t>
+                <w:t xml:space="preserve">hal-04925482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraint learning approaches to improve the approximation of the capacity consumption function in lot-sizing models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Tremblet</w:t>
+                <w:t xml:space="preserve">Robust multi-manned mixed-model assembly line balancing with dynamic task assignment considering product mix uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ehsan Hashemi Petroodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Kovalev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejor.2024.11.039⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.109756. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2025.109756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04925482v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05452699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust multi-manned mixed-model assembly line balancing with dynamic task assignment considering product mix uncertainty</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distributionally robust optimization for the multi-period multi-item lot-sizing problems under yield uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Metzker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Ehsan Hashemi Petroodi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sergey Kovalev</w:t>
+                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Economics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpe.2025.109756⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASE.2025.3535945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05452699v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributionally robust optimization for the multi-period multi-item lot-sizing problems under yield uncertainty</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Editorial for the special issue: AI and data-driven decisions in manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Haddou Benderbal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Metzker</w:t>
+                <w:t xml:space="preserve">Fabio Sgarbossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASE.2025.3535945⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (8), pp.3599-3604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10845-024-02499-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05001585v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial for the special issue: AI and data-driven decisions in manufacturing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust design and reconfiguration planning of mixed-model assembly lines under uncertain evolutions of product family</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yosra Mezghani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ehsan Hashemi-Petroodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10845-024-02499-9⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Production Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 62 (13), pp.4957-4979. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2024.2343391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04925492v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust design and reconfiguration planning of mixed-model assembly lines under uncertain evolutions of product family</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Ehsan Hashemi-Petroodi</w:t>
+                <w:t xml:space="preserve">Use of AI in assembly line design and worker and equipment management: review and future directions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milad Elyasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207543.2024.2343391⟩</w:t>
+              <w:t xml:space="preserve">Flexible Services and Manufacturing Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10696-024-09576-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04615790v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of AI in assembly line design and worker and equipment management: review and future directions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Milad Elyasi</w:t>
+                <w:t xml:space="preserve">Makespan estimation in a flexible job-shop scheduling environment using machine learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tremblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flexible Services and Manufacturing Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10696-024-09576-4⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Production Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 62 (10), pp.3654-3670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2023.2245918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04734583v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420067v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Makespan estimation in a flexible job-shop scheduling environment using machine learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Tremblet</w:t>
+                <w:t xml:space="preserve">Production-sharing of critical resources with dynamic demand under pandemic situation: The COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Vahdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Mohammadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 62 (10), pp.3654-3670. </w:t>
+              <w:t xml:space="preserve">Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120, pp.102909. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00207543.2023.2245918⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.omega.2023.102909⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420067v2</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04232233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fair-split distribution of multi-dose vaccines with prioritized age groups and dynamic demand: The case study of COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Behnam Vahdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Gendreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Operational Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 310 (3), pp.1249-1272. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejor.2023.03.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04232211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ASSISTANT project: AI for high level decisions in manufacturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Castañé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Castañé</w:t>
+                <w:t xml:space="preserve">N. Kousi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Meyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 61 (7), pp.2288-2306. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00207543.2022.2069525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A state-of-the-art on production planning in Industry 4.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 61 (19), pp.6602-6632. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00207543.2022.2122622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive robust optimization for lot-sizing under yield uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Metzker Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Operational Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 313 (2), pp.513-526. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejor.2023.08.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04408182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production-sharing of critical resources with dynamic demand under pandemic situation: The COVID-19 pandemic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mehrdad Mohammadi</w:t>
+                <w:t xml:space="preserve">Robust optimization for lot-sizing problems under yield uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Metzker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Meyer</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.omega.2023.102909⟩</w:t>
+              <w:t xml:space="preserve">Computers and Operations Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 149, pp.106025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cor.2022.106025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04232233v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markov decision process for multi-manned mixed-model assembly lines with walking workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ehsan Hasemi-Petroodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Kovalev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Production Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.108661. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijpe.2022.108661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03803756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust optimization for lot-sizing problems under yield uncertainty</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paula Metzker</w:t>
+                <w:t xml:space="preserve">A responsible AI framework: pipeline contextualisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Vyhmeister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Castane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.-O. Östberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Operations Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 149, pp.106025. </w:t>
+              <w:t xml:space="preserve">AI and Ethics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cor.2022.106025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s43681-022-00154-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793673v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A responsible AI framework: pipeline contextualisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust Optimization Approaches for Purchase Planning with Supplier Selection under Lead Time Uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Vyhmeister</w:t>
+                <w:t xml:space="preserve">Oussama Ben-Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Castane</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simon Thevenin</w:t>
+                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AI and Ethics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s43681-022-00154-8⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2022.03.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793830v1</w:t>
+                <w:t xml:space="preserve">hal-03614814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Optimization Approaches for Purchase Planning with Supplier Selection under Lead Time Uncertainty</w:t>
+                <w:t xml:space="preserve">Stochastic Dual Dynamic Programming for Multiechelon Lot Sizing with Component Substitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Cordeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejor.2022.03.029⟩</w:t>
+              <w:t xml:space="preserve">INFORMS Journal on Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1287/ijoc.2022.1215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03614814v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic Dual Dynamic Programming for Multiechelon Lot Sizing with Component Substitution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Model-dependent task assignment in multi-manned mixed-model assembly lines with walking workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ehsan Hashemi-Petroodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Cordeau</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Kovalev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INFORMS Journal on Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1287/ijoc.2022.1215⟩</w:t>
+              <w:t xml:space="preserve">Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 113, pp.102688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.omega.2022.102688⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793682v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A skill- and feature-based approach to planning process monitoring in assembly planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemens Gonnermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ehsan Hashemi-Petroodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rüdiger Daub</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 122 (5-6), pp.2645-2670. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00170-022-09931-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03808442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-dependent task assignment in multi-manned mixed-model assembly lines with walking workers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamic scheduling of a picking robot with limited buffer and rejection: an industrial case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Chatellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.omega.2022.102688⟩</w:t>
+              <w:t xml:space="preserve">International Transactions in Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/itor.13050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793680v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03334477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic scheduling of a picking robot with limited buffer and rejection: an industrial case study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Workforce reconfiguration strategies in manufacturing systems: a state of the art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ehsan Hashemi-Petroodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Kovalev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhail Kovalyov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline Chatellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Transactions in Operational Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/itor.13050⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Production Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2020.1823028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03334477v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Workforce reconfiguration strategies in manufacturing systems: a state of the art</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Material Requirements Planning Under Demand Uncertainty Using Stochastic Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐françois Cordeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207543.2020.1823028⟩</w:t>
+              <w:t xml:space="preserve">Production and Operations Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/poms.13277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052898v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Material Requirements Planning Under Demand Uncertainty Using Stochastic Optimization</w:t>
-[...102 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Workforce planning and assignment in mixed-model assembly lines as a factor of line reconfigurability: state of the art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ehsan Hashemi-Petroodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Kovalev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikhail Y. Kovalyov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 52 (13), pp.2746-2751. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.623⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02435975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontology-based matchmaking and scheduling for Manufacturing as a Service</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">On stress-testing the target cycle time in aerospace manufacturing systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim-Djazia Gaouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeria Borodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cristian Duran-Mateluna</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Poyet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58th CIRP Conference on Manufacturing Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">27ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Tours (Université de Tours), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05120813v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Hierarchical Optimization Framework for Sustainable Assembly Line Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
+                <w:t xml:space="preserve">Une méthode de Lagrangien Augmenté assistée par apprentissage par renforcement pour la maintenance d'une ligne d'assemblage hybride série-parallèle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Xiong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Massonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Champs-sur-Marne, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours [UT], Feb 2026, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05453326v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Manufacturing-as-a-Service Scheduling Problem and its Tripartite Decision Perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Hybrid Machine learning and Combinatorial Optimization method for the Design of Assembly Lines under Uncertainties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yikun Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristian Duran-Mateluna</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Simon Thevenin</w:t>
+                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours [UT], Feb 2026, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05184767v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Q-Learning Approach for Preventive Maintenance of Multi-Component System under Random Shocks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Massonnet</w:t>
+                <w:t xml:space="preserve">Adaptive Robust Workforce Allocation with Fairness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tourandokht Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Haddou Benderbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIM 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tours [UT], Feb 2026, Tours, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05453078v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05534839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Manufacturing-as-a-Service Scheduling Problem</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+                <w:t xml:space="preserve">Planification robuste de la production pour un système de production reconfigurable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazanin Foroozesh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, École Nationale des Ponts et Chaussées, Feb 2025, Champs Sur Marne, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2026 : 27ème congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Tours (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979779v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Workforce Management and Resource Selection with Fairness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tourandokht Karimi</w:t>
+                <w:t xml:space="preserve">Restrict-and-Fix Heuristics for Large Robotic Assembly Line Balancing Problem. ⋆</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yikun Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hichem Haddou Benderbal</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC MIM</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IFAC MIM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Trondheim, Norway</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370887v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05192973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of assembly line under uncertain product family evolution</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assembly Lines in Circulation – Towards a Holistic Framework to Enable the Reuse of Assembly Resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">German Bluvstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Kurscheid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Reinbold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Vorraber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Url</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21st International Conference on Automation Science and Engineering (CASE 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Los Angeles, CA, United States. pp.1213-1218, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CASE58245.2025.11163991⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04973991v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing and managing known uncertainties in aircraft assembly</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valeria Borodin</w:t>
+                <w:t xml:space="preserve">A New Mathematical Model for Adaptive Assembly Line Balancing with Setup Times by Cobot Failure Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haed Tavakkoli-Moghaddam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazır O</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maher Agi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 52nd International Conference on Computers and Industrial Engineering (CIE52)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2025: Trondheim, Norway, June 30 – July 03, 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. pp.31 - 36, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05344356v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assembly Lines in Circulation – Towards a Holistic Framework to Enable the Reuse of Assembly Resources</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ontology-based matchmaking and scheduling for Manufacturing as a Service</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Hertwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frauke Schuseil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">German Bluvstein</w:t>
+                <w:t xml:space="preserve">Joachim Lentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Borodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Kurscheid</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Philipp Url</w:t>
+                <w:t xml:space="preserve">Cristian Duran-Mateluna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Automation Science and Engineering (CASE 2025)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CASE58245.2025.11163991⟩</w:t>
+              <w:t xml:space="preserve">58th CIRP Conference on Manufacturing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Enschede, France. pp.372-377, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procir.2025.02.144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05453096v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05120813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restrict-and-Fix Heuristics for Large Robotic Assembly Line Balancing Problem. ⋆</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yikun Hu</w:t>
+                <w:t xml:space="preserve">A Hierarchical Optimization Framework for Sustainable Assembly Line Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC MIM 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05192973v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An MILP Model for Budget-Constrained Scheduling of Human-Robot Collaboration in Assembly Line Balancing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haed Tavakkoli-Moghaddam</w:t>
+                <w:t xml:space="preserve">A Manufacturing-as-a-Service Scheduling Problem and its Tripartite Decision Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Duran-Mateluna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Borodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maher Agi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIE51 2024: 51st International Conference on Computers and Industrial Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. pp.1558-1563, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.262⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04925797v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05184767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximizing Total Net Revenue for the Identical Parallel Machines Order Acceptance and Scheduling Problem with Sequence-Dependent Setup Times</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Haouba</w:t>
+                <w:t xml:space="preserve">Deep Q-Learning Approach for Preventive Maintenance of Multi-Component System under Random Shocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I2COMSAPP 2024: International Conference on Artificial Intelligence and its Applications in the Age of Digital Transformation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-71426-9_11⟩</w:t>
+              <w:t xml:space="preserve">MIM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Trondheim ( Norvège), Norway. pp.2760-2765, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04925626v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05453078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Mathematical Model Integrating Line Balancing, Equipment Selection, and Workforce Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
+                <w:t xml:space="preserve">A Manufacturing-as-a-Service Scheduling Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Duran-Mateluna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Borodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CASE 2024: IEEE 20th International Conference on Automation Science and Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Nationale des Ponts et Chaussées, Feb 2025, Champs Sur Marne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04782720v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural networks to approximate capacity consumption in lot-sizing models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Tremblet</w:t>
+                <w:t xml:space="preserve">Workforce Management and Resource Selection with Fairness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tourandokht Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Haddou Benderbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CASE 2024: IEEE 20th International Conference on Automation Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CASE59546.2024.10711566⟩</w:t>
+              <w:t xml:space="preserve">IFAC MIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, TRONDHEIM, Norway. pp.2165-2170, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.09.364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04925495v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Optimization for Technician and Resource Management in Reconfigurable Assembly Lines</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterizing and managing known uncertainties in aircraft assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim-Djazia Gaouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Borodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lemaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Poyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INCOM 2024: 18th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The 52nd International Conference on Computers and Industrial Engineering (CIE52)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Lyon (INSA), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05002052v2</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinforcement Learning methods for preventive maintenance and machine replacement problem with second-hand equipment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Massonnet</w:t>
+                <w:t xml:space="preserve">Design of assembly line under uncertain product family evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yikun Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CASE 2024: IEEE 20th International Conference on Automation Science and Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2025 : 26ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Champs sur Marne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05001594v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Large Neighborhood Search Metaheuristic for the Stochastic Mixed Model Assembly Line Balancing Problem with Walking Workers</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mehrdad Mohammadi</w:t>
+                <w:t xml:space="preserve">An integrated model for sustainable assembly line design: a focus on resource circularity and workforce efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIC 2024: 15th International Conference Metaheuristics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2024 : 25ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05002046v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux de neurones pour approximer la capacité consommée en dimensionnement de lots</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Neural networks to approximate capacity consumption in lot-sizing models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Tremblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CASE 2024: IEEE 20th International Conference on Automation Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Bari, Italy. pp.1916-1921, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CASE59546.2024.10711566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05369623v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of Task Scheduling and Robot Mobility in Collaborative Assembly Line Balancing</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+                <w:t xml:space="preserve">Robust Optimization for Technician and Resource Management in Reconfigurable Assembly Lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tourandokht Karimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maher Agi</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Haddou Benderbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2024 : 25ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">INCOM 2024: 18th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Viennes, Austria. pp.295-300, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2024.09.197⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04926052v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002052v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated model for sustainable assembly line design: a focus on resource circularity and workforce efficiency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
+                <w:t xml:space="preserve">Reinforcement Learning methods for preventive maintenance and machine replacement problem with second-hand equipment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chen Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2024 : 25ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CASE 2024: IEEE 20th International Conference on Automation Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Bari, Italy. pp.1377-1382, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CASE59546.2024.10711460⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04782289v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic approaches for multi-echelon disassembly lot-sizing under random lead times</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oussama Ben-Ammar</w:t>
+                <w:t xml:space="preserve">An MILP Model for Budget-Constrained Scheduling of Human-Robot Collaboration in Assembly Line Balancing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haed Tavakkoli-Moghaddam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Öncü Hazir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maher Agi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIE50 Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American University of Sharjah, Oct 2023, Sharjah, United Arab Emirates</w:t>
+              <w:t xml:space="preserve">CIE51 2024: 51st International Conference on Computers and Industrial Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UNSW, Dec 2024, Sydney (Australia), Australia. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04292083v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic Optimization Methodology for Production Planning with Uncertain Demand and Lead Time Based on The Digital Twin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dan Luo</w:t>
+                <w:t xml:space="preserve">Maximizing Total Net Revenue for the Identical Parallel Machines Order Acceptance and Scheduling Problem with Sequence-Dependent Setup Times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hachimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamedou Cheikh Tourad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Medsalem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Haouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEMIT 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">I2COMSAPP 2024: International Conference on Artificial Intelligence and its Applications in the Age of Digital Transformation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Nouakchott, Mauritania. pp.128-135, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-71426-9_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04418624v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic optimization for multi-echelons multi-items capacitated lot-sizing problem under uncertain demand and capacity disruptions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dan Luo</w:t>
+                <w:t xml:space="preserve">A Mathematical Model Integrating Line Balancing, Equipment Selection, and Workforce Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamidreza Rezaei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ODSIE 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CASE 2024: IEEE 20th International Conference on Automation Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Bari, Italy. pp.1383-1388, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CASE59546.2024.10711812⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04418616v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning capacity consumption in multi-level capacitated lot-sizing problems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Tremblet</w:t>
+                <w:t xml:space="preserve">A Large Neighborhood Search Metaheuristic for the Stochastic Mixed Model Assembly Line Balancing Problem with Walking Workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Orion Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Lahrichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrdad Mohammadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Lot-Sizing-IWLS’2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MIC 2024: 15th International Conference Metaheuristics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Lorient, France. pp.334-340, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-62922-8_24⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420932v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05002046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markov decision process for dynamic task assignment in mixed-model assembly lines under processes time uncertainty with moving workers and portable equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Milad Elyasi</w:t>
+                <w:t xml:space="preserve">Réseaux de neurones pour approximer la capacité consommée en dimensionnement de lots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tremblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023: 24th annual congress of the French Society for Operational Research and Decision Support</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Rennes (Campus de Beaulieu), France</w:t>
+              <w:t xml:space="preserve">ROADEF 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420175v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05369623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing Process Time Uncertainty in Mixed-Model Assembly Lines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Milad Elyasi</w:t>
+                <w:t xml:space="preserve">Integration of Task Scheduling and Robot Mobility in Collaborative Assembly Line Balancing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haed Tavakkoli-Moghaddam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Öncü Hazir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maher Agi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 POMS international conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2024 : 25ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amiens, Mar 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420218v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage de contraintes : résumé et application sur un problème de planification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Tremblet</w:t>
+                <w:t xml:space="preserve">Stochastic approaches for multi-echelon disassembly lot-sizing under random lead times</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilhem Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Ben-Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Dolgui</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023 : 24ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">CIE50 Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American University of Sharjah, Oct 2023, Sharjah, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04074975v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche basée sur l'agrégation des scénarios pour résoudre un problème de planification de désassemblage sous incertitude des délais de remise à neuf</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oussama Ben-Ammar</w:t>
+                <w:t xml:space="preserve">Stochastic Optimization Methodology for Production Planning with Uncertain Demand and Lead Time Based on The Digital Twin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2022 : 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
+              <w:t xml:space="preserve">SEMIT 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Ankara, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03596245v1</w:t>
+                <w:t xml:space="preserve">hal-04418624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting makespan in Flexible Job Shop Scheduling Problem using Machine Learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Tremblet</w:t>
+                <w:t xml:space="preserve">Stochastic optimization for multi-echelons multi-items capacitated lot-sizing problem under uncertain demand and capacity disruptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MIM 2022: 10th IFAC Conference on Manufacturing Modelling, Management and Control</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ODSIE 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Istanbul, Turkey</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03832204v1</w:t>
+                <w:t xml:space="preserve">hal-04418616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Lot-sizing and Supplier Selection under Lead Time Uncertainty</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Learning capacity consumption in multi-level capacitated lot-sizing problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tremblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO 2022 - 32nd EURO Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
+              <w:t xml:space="preserve">International Workshop on Lot-Sizing-IWLS’2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Cork (Irlande), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03714582v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage automatique de contraintes pour des problèmes de planification de production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Tremblet</w:t>
+                <w:t xml:space="preserve">Managing Process Time Uncertainty in Mixed-Model Assembly Lines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milad Elyasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Cerqueus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2022 : 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
+              <w:t xml:space="preserve">2023 POMS international conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03596171v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Digital Twin-Driven Methodology for Material Resource Planning Under Uncertainties</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dan Luo</w:t>
+                <w:t xml:space="preserve">Markov decision process for dynamic task assignment in mixed-model assembly lines under processes time uncertainty with moving workers and portable equipment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milad Elyasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2023: 24th annual congress of the French Society for Operational Research and Decision Support</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Rennes (Campus de Beaulieu), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337298v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Group Shop Scheduling Problem with power requirements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Damien Lamy</w:t>
+                <w:t xml:space="preserve">Apprentissage de contraintes : résumé et application sur un problème de planification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tremblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Workshop on Project Management and Scheduling (PMS 2020/2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2023 : 24ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03208622v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization for Lot-Sizing Problems Under Uncertainty: A Data-Driven Perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paula Metzker</w:t>
+                <w:t xml:space="preserve">Apprentissage automatique de contraintes pour des problèmes de planification de production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tremblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2022 : 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03337325v2</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASSISTANT: Learning and Robust Decision Support System for Agile Manufacturing Environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Beldiceanu</w:t>
+                <w:t xml:space="preserve">Une approche basée sur l'agrégation des scénarios pour résoudre un problème de planification de désassemblage sous incertitude des délais de remise à neuf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilhem Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Ben-Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INCOM 2021: 17th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2022 : 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03486945v2</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03596245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The adaptive robust lot-sizing problem with backorders under demand uncertainty</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paula Metzker</w:t>
+                <w:t xml:space="preserve">Predicting makespan in Flexible Job Shop Scheduling Problem using Machine Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tremblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 IEEE International Conference on Automation Science and Engineering (CASE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CASE49439.2021.9551425⟩</w:t>
+              <w:t xml:space="preserve">MIM 2022: 10th IFAC Conference on Manufacturing Modelling, Management and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nantes, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2022.09.305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375198v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03832204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Circular Economy: Research Roadmap for Circular Integrated Production Systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Robust Lot-sizing and Supplier Selection under Lead Time Uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Ben-Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Brahimi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd Working Conference on Virtual Enterprises (PRO-VE 2021)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EURO 2022 - 32nd EURO Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Espoo, Finland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03350984v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Robust Approach for the Joint Lot-Sizing and Supplier Selection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Group Shop Scheduling Problem with power requirements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2020 : 21ème Congrès Annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">17th International Workshop on Project Management and Scheduling (PMS 2020/2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02505377v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03208622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-period Multi-item Lot sizing under Random Yield and Stochastic Capacity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mehrnoosh Mohammadi</w:t>
+                <w:t xml:space="preserve">A Digital Twin-Driven Methodology for Material Resource Planning Under Uncertainties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Modeling, Optimization and Simuation - MOSIM'20</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.321-329, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85874-2_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052909v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Dynamic Tasks Assignment in Paced Mixed-Model Assembly Line with Moving Workers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Ehsan Ehsan Hashemi-Petroodi</w:t>
+                <w:t xml:space="preserve">Optimization for Lot-Sizing Problems Under Uncertainty: A Data-Driven Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Metzker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sergey Kovalev</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APMS 2020: Advances in Production Management Systems. Towards Smart and Digital Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-57997-5_59⟩</w:t>
+              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes, France. pp.703 - 709, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85902-2_75⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02923306v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337325v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision Support System for Joint Product Design and Reconfiguration of Production Systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">ASSISTANT: Learning and Robust Decision Support System for Agile Manufacturing Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beldiceanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clemens Gonnermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdalena Paul</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+                <w:t xml:space="preserve">Gabriel Gonzalez-Castañé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niki Kousi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30000-5⟩</w:t>
+              <w:t xml:space="preserve">INCOM 2021: 17th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Budapest, Hungary. pp.641-646, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2021.08.074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355032v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03486945v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heuristics for Robots-Humans Tasks Assignment in a Containers Loading Center</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrine Selma</w:t>
+                <w:t xml:space="preserve">The adaptive robust lot-sizing problem with backorders under demand uncertainty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Metzker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMS 2019 : 13th IFAC Workshop on Intelligent Manufacturing Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.10.011⟩</w:t>
+              <w:t xml:space="preserve">2021 IEEE International Conference on Automation Science and Engineering (CASE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CASE49439.2021.9551425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355041v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective parallel machine scheduling with incompatible jobs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advancing Circular Economy: Research Roadmap for Circular Integrated Production Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Schulz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hichem Haddou Benderbal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF - 15ème congrès annuel de la Société française de recherche opérationnelle et d'aide à la décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd Working Conference on Virtual Enterprises (PRO-VE 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Saint-Etienne, France. pp.789-796, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85969-5_75⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00946503v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03350984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Impact of Dynamic Tasks Assignment in Paced Mixed-Model Assembly Line with Moving Workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ehsan Ehsan Hashemi-Petroodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Kovalev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APMS 2020: Advances in Production Management Systems. Towards Smart and Digital Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Novi Sad, Serbia. pp.509-517, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-57997-5_59⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02923306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Robust Approach for the Joint Lot-Sizing and Supplier Selection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Ben-Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadjib Brahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ROADEF 2020 : 21ème Congrès Annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02505377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-period Multi-item Lot sizing under Random Yield and Stochastic Capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehrnoosh Mohammadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Conference on Modeling, Optimization and Simuation - MOSIM'20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Agadir (en ligne), Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decision Support System for Joint Product Design and Reconfiguration of Production Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ehsan Ehsan Hashemi-Petroodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemens Gonnermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Dolgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFIP International Conference on Advances in Production Management Systems (APMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Austin, TX, United States. pp.231-238, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30000-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heuristics for Robots-Humans Tasks Assignment in a Containers Loading Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrine Selma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Tamzalit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IMS 2019 : 13th IFAC Workshop on Intelligent Manufacturing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Oshawa, Canada. pp.13-18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.10.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-objective parallel machine scheduling with incompatible jobs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Zufferey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Potvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ROADEF - 15ème congrès annuel de la Société française de recherche opérationnelle et d'aide à la décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de recherche opérationnelle et d'aide à la décision, Feb 2014, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00946503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tabu search for a single machine scheduling problem with rejected jobs, setups and deadlines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Zufferey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marino Widmer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Modeling, Optimization &amp; SIMulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00728646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7871,65 +8389,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The configuration of workforce and equipment in assembly lines:</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seyyed Ehsan Hashemi Petroodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7938,132 +8456,132 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dimitris Mourtzis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manufacturing from Industry 4.0 to Industry 5.0: Advances and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.207 - 230, 2024, 978-0-443-13924-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/B978-0-443-13924-6.00007-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04626084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainable and Energy Efficient Reconfigurable Manufacturing Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Battaïa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyes Benyoucef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Delorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8072,70 +8590,70 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lyes Benyoucef. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconfigurable Manufacturing Systems: From Design to Implementation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, Cham, pp.179-191, 2020, Reconfigurable Manufacturing Systems: From Design to Implementation. Springer Series in Advanced Manufacturing, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-28782-5_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-02277938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8145,65 +8663,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraint learning approaches to improve the approximation of the capacity consumption function in lot-sizing models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Tremblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8211,51 +8729,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505043v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8265,130 +8783,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distributionally robust optimization for the multi-period multi-item lot-sizing problems under yield uncertainty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Metzker Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yossiri Adulyasak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dolgui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G-2024-12, GERAD, HEC Montreal, Canada. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04925607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8398,105 +8916,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization approaches to design and manage robust and resilient manufacturing systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thevenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Computer Science [cs]. Nantes Université, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04319024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId212"/>
+      <w:footerReference w:type="default" r:id="rId218"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8643,51 +9161,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452516v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Elyasi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thevenin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cerqueus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dolgui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2025.103425" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508586v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haed Tavakkoli-Moghaddam" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haz&#305;r O" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Agi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925482v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tremblet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2024.11.039" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452699v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Hashemi Petroodi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Kovalev" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2025.109756" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001585v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Metzker" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossiri Adulyasak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2025.3535945" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925492v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Haddou Benderbal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Sgarbossa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-024-02499-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615790v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Mezghani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Hashemi-Petroodi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2024.2343391" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734583v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10696-024-09576-4" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420067v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2245918" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232211v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Vahdani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Mohammadi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gendreau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.03.032" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793828v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Casta&#241;&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dolgui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kousi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Meyers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2069525" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793675v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Luo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2122622" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408182v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Metzker Soares" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.08.036" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232233v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meyer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2023.102909" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803756v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Hasemi-Petroodi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2022.108661" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793673v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2022.106025" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793830v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Vyhmeister" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Castane" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. &#214;stberg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43681-022-00154-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614814v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben-Ammar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Brahimi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2022.03.029" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793682v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cordeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2022.1215" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808442v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Gonnermann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Daub" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-09931-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793680v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2022.102688" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334477v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Mebarki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chatellier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.13050" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052898v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Kovalyov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1823028" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052916v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Cordeau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/poms.13277" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435975v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Y. Kovalyov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.623" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120813v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hertwig" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Schuseil" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Lentes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Borodin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Duran-Mateluna" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.02.144" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453326v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidreza Rezaei" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184767v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.262" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453078v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Xiong" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Massonnet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.464" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979779v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370887v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tourandokht Karimi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.364" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973991v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yikun Hu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344356v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim-Djazia Gaouar" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lemaitre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Poyet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453096v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Bluvstein" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kurscheid" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Reinbold" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Vorraber" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Url" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE58245.2025.11163991" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192973v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925797v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;nc&#252; Hazir" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925626v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hachimi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedou Cheikh Tourad" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Medsalem" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Haouba" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71426-9_11" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782720v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE59546.2024.10711812" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925495v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE59546.2024.10711566" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002052v2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.09.197" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001594v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE59546.2024.10711460" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002046v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Orion Thompson" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lahrichi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62922-8_24" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369623v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926052v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782289v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04292083v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Slama" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418624v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418616v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420932v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420175v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420218v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074975v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596245v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832204v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.305" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03714582v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596171v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337298v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85874-2_34" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03208622v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lamy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337325v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85902-2_75" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486945v2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beldiceanu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gonzalez-Casta&#241;&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niki Kousi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.074" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375198v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE49439.2021.9551425" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03350984v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Paul" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schulz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85969-5_75" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505377v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052909v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrnoosh Mohammadi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923306v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Ehsan Hashemi-Petroodi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57997-5_59" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02355032v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30000-5" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02355041v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Selma" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Tamzalit" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.10.011" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946503v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Zufferey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Potvin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728646v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Widmer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626084v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyyed Ehsan Hashemi Petroodi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-13924-6.00007-7" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02277938v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Batta&#239;a" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Benyoucef" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delorme" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28782-5_9" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505043v2" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925607v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04319024v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452516v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Elyasi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thevenin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cerqueus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dolgui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2025.103425" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925482v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tremblet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2024.11.039" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452699v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Hashemi Petroodi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Kovalev" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2025.109756" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001585v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Metzker" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossiri Adulyasak" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2025.3535945" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925492v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Haddou Benderbal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Sgarbossa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10845-024-02499-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615790v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Mezghani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Hashemi-Petroodi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2024.2343391" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734583v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10696-024-09576-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420067v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2245918" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232233v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnam Vahdani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrdad Mohammadi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2023.102909" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232211v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gendreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.03.032" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793828v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Casta&#241;&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dolgui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kousi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Meyers" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2069525" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793675v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Luo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2022.2122622" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408182v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Metzker Soares" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2023.08.036" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793673v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cor.2022.106025" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803756v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Hasemi-Petroodi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpe.2022.108661" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793830v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Vyhmeister" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Castane" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-O. &#214;stberg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s43681-022-00154-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614814v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Ben-Ammar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Brahimi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2022.03.029" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793682v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Cordeau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2022.1215" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793680v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omega.2022.102688" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808442v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Gonnermann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#252;diger Daub" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-022-09931-5" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334477v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Mebarki" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chatellier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/itor.13050" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Kovalyov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2020.1823028" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052916v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;fran&#231;ois Cordeau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/poms.13277" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02435975v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Y. Kovalyov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.623" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546626v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim-Djazia Gaouar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Borodin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lemaitre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Poyet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534954v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Xiong" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Massonnet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534856v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yikun Hu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidreza Rezaei" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534839v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tourandokht Karimi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560784v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazanin Foroozesh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05192973v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453096v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Bluvstein" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kurscheid" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Reinbold" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Vorraber" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Url" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE58245.2025.11163991" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508586v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haed Tavakkoli-Moghaddam" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haz&#305;r O" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Agi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.007" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120813v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hertwig" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frauke Schuseil" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Lentes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Duran-Mateluna" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2025.02.144" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453326v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184767v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.262" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453078v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.464" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979779v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370887v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.09.364" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344356v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973991v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782289v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925495v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE59546.2024.10711566" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002052v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2024.09.197" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001594v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE59546.2024.10711460" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925797v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;nc&#252; Hazir" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925626v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hachimi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamedou Cheikh Tourad" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Medsalem" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Haouba" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71426-9_11" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782720v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE59546.2024.10711812" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002046v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Orion Thompson" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lahrichi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-62922-8_24" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369623v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926052v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04292083v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilhem Slama" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418624v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04418616v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420932v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420218v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420175v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074975v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596171v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596245v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832204v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.09.305" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03714582v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03208622v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lamy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337298v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85874-2_34" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337325v2" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85902-2_75" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486945v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beldiceanu" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gonzalez-Casta&#241;&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niki Kousi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.08.074" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375198v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CASE49439.2021.9551425" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03350984v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Paul" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schulz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85969-5_75" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923306v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ehsan Ehsan Hashemi-Petroodi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57997-5_59" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505377v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052909v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehrnoosh Mohammadi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02355032v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30000-5" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02355041v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Selma" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cardin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Tamzalit" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.10.011" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946503v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Zufferey" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Potvin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728646v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Widmer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626084v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyyed Ehsan Hashemi Petroodi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-13924-6.00007-7" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02277938v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Batta&#239;a" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyes Benyoucef" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delorme" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28782-5_9" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505043v2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925607v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04319024v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>