--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -250,303 +250,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuroscience and AI - What can AI learn from how the brain computes?</w:t>
+                <w:t xml:space="preserve">Why is the brain so energy efficient? Simulating billions of neurons using off-the-shelf computational hardware</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alfred Fessard Lecture, Société des Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Workshop on neuromorphic learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, INSA Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921157v1</w:t>
+                <w:t xml:space="preserve">hal-04921114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why is the brain so energy efficient? Simulating billions of neurons using off-the-shelf computational hardware</w:t>
+                <w:t xml:space="preserve">Intelligence naturelle et intelligence artificielle - Ce que nous apprend la recherche sur le cerveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on neuromorphic learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, INSA Toulouse, France</w:t>
+              <w:t xml:space="preserve">Quai des Savoirs - Conference Neuroscience et IA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Semaine du Cerveau, Mar 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921114v1</w:t>
+                <w:t xml:space="preserve">hal-04921184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligence naturelle et intelligence artificielle - Ce que nous apprend la recherche sur le cerveau</w:t>
+                <w:t xml:space="preserve">Neural Computing in Connectomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quai des Savoirs - Conference Neuroscience et IA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Semaine du Cerveau, Mar 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">International Neuropsychological Symposium - Workshop on Computation and Connectomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Konstanz, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921184v1</w:t>
+                <w:t xml:space="preserve">hal-04921107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural Computing in Connectomes</w:t>
+                <w:t xml:space="preserve">Neuroscience and AI - What can AI learn from how the brain computes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Neuropsychological Symposium - Workshop on Computation and Connectomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Konstanz, Germany</w:t>
+              <w:t xml:space="preserve">Alfred Fessard Lecture, Société des Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921107v1</w:t>
+                <w:t xml:space="preserve">hal-04921157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Terabrain Project: Simulating billions of spiking neurons on standard computer hardware</w:t>
               </w:r>
@@ -634,303 +634,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Brain and AI : Two reasons why spikes are important for understanding biological intelligence</w:t>
+                <w:t xml:space="preserve">AI vision systems and biological vision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laboratoire de Psychologie Cognitive - Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Arnaud Rey, Apr 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">GDR Vision Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Cahors, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921150v1</w:t>
+                <w:t xml:space="preserve">hal-04921082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AI vision systems and biological vision</w:t>
+                <w:t xml:space="preserve">The Brain and AI : Two reasons why spikes are important for understanding biological intelligence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Vision Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Cahors, France</w:t>
+              <w:t xml:space="preserve">Laboratoire de Psychologie Cognitive - Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Arnaud Rey, Apr 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921082v1</w:t>
+                <w:t xml:space="preserve">hal-04921150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification and Clustering</w:t>
+                <w:t xml:space="preserve">Comment survivre dans un monde où l'IA et la robotique prennent nos emplois ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Capocaccia Neuromorphic Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Capocaccia, Italy</w:t>
+              <w:t xml:space="preserve">BrainBow Conference, Univ Toulouse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921163v1</w:t>
+                <w:t xml:space="preserve">hal-04921095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment survivre dans un monde où l'IA et la robotique prennent nos emplois ?</w:t>
+                <w:t xml:space="preserve">Classification and Clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BrainBow Conference, Univ Toulouse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Capocaccia Neuromorphic Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Capocaccia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921095v1</w:t>
+                <w:t xml:space="preserve">hal-04921163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The importance of Spikes for Power Efficient AI systems</w:t>
               </w:r>
@@ -1807,234 +1807,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding repeating patterns in spiking activity: The fundamental mechanism underlying Cognitive Development and Learning</w:t>
+                <w:t xml:space="preserve">Ultra−rapid processing and learning in the visual system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics, Development and Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Cergy-Pontoise (Université de), France</w:t>
+              <w:t xml:space="preserve">Ecole Couleurs et Formes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pascal Mamassian, Oct 2019, Rousillon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921034v1</w:t>
+                <w:t xml:space="preserve">hal-04921007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra−rapid processing and learning in the visual system</w:t>
+                <w:t xml:space="preserve">Traitements rapides et apprentissage dans le cerveau − Implications pour la Neuroéconomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole Couleurs et Formes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pascal Mamassian, Oct 2019, Rousillon, France</w:t>
+              <w:t xml:space="preserve">Journée d'étude sur "Le Desir" du Lycée Saliège</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emmanuel Blondel, Dec 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921007v1</w:t>
+                <w:t xml:space="preserve">hal-04921026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitements rapides et apprentissage dans le cerveau − Implications pour la Neuroéconomie</w:t>
+                <w:t xml:space="preserve">Finding repeating patterns in spiking activity: The fundamental mechanism underlying Cognitive Development and Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d'étude sur "Le Desir" du Lycée Saliège</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Emmanuel Blondel, Dec 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Robotics, Development and Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Cergy-Pontoise (Université de), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04921026v1</w:t>
+                <w:t xml:space="preserve">hal-04921034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Repeating Patterns in sensory inputs and in recurrent networks: A mechanism for generative perception?</w:t>
               </w:r>
@@ -2291,217 +2291,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01827050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of human voice processing</w:t>
+                <w:t xml:space="preserve">Learning to recognize objects using waves of spikes and Spike Timing-Dependent Plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trevor R Agus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clara Suied</w:t>
+                <w:t xml:space="preserve">Timothée Masquelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2010 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Paris, France. pp.509-512</w:t>
+              <w:t xml:space="preserve">The 2010 International Joint Conference on Neural Networks (IJCNN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Barcelona, Spain. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00580470v1</w:t>
+                <w:t xml:space="preserve">hal-00580488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning to recognize objects using waves of spikes and Spike Timing-Dependent Plasticity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics of human voice processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor R Agus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Suied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Masquelier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon J Thorpe</w:t>
+                <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2010 International Joint Conference on Neural Networks (IJCNN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Barcelona, Spain. pp.1-8</w:t>
+              <w:t xml:space="preserve">2010 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Paris, France. pp.509-512</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00580488v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00580470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing an assistive device for the blind based on object localization and augmented auditory reality</w:t>
               </w:r>
@@ -2643,51 +2643,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Loiselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Rouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2789,51 +2789,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Gautrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Masquelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 16, pp.971937. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3841,51 +3841,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abbas Nowzari-Dalini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Masquelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 94, pp.87-95. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4047,378 +4047,378 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02353120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Feature Learning With Winner-Takes-All Based STDP</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extremely long-term memory and familiarity after 12 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Larzabal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Ferré</w:t>
+                <w:t xml:space="preserve">Eve Tramoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Muratot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J. Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Mamalet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon J. Thorpe</w:t>
+                <w:t xml:space="preserve">Emmanuel J. Barbeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 12, </w:t>
+              <w:t xml:space="preserve">Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 170, pp.254--262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fncom.2018.00024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cognition.2017.10.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02341952v1</w:t>
+                <w:t xml:space="preserve">hal-02341963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extremely long-term memory and familiarity after 12 years</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christelle Larzabal</w:t>
+                <w:t xml:space="preserve">High Resolution Human Eye Tracking During Continuous Visual Search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles E. Davis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Tramoni</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Muratot</w:t>
+                <w:t xml:space="preserve">Maximilian Riesenhuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J. Thorpe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel J. Barbeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cognition.2017.10.009⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2018.00374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02341963v1</w:t>
+                <w:t xml:space="preserve">hal-02341967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Resolution Human Eye Tracking During Continuous Visual Search</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charles E. Davis</w:t>
+                <w:t xml:space="preserve">Unsupervised Feature Learning With Winner-Takes-All Based STDP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilian Riesenhuber</w:t>
+                <w:t xml:space="preserve">Franck Mamalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J. Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+              <w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2018.00374⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fncom.2018.00024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02341967v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02341952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zapping 500 faces in less than 100\hspace0.167emseconds: Evidence for extremely fast and sustained continuous visual search</w:t>
               </w:r>
@@ -4430,51 +4430,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles E. Davis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian Riesenhuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J. Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4560,51 +4560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Ganjtabesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J. Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Masquelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neural Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 99, pp.56--67. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5233,317 +5233,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auditory gist: Recognition of very short sounds from timbre cues</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Trevor R. Agus</w:t>
+                <w:t xml:space="preserve">Concept Cells through Associative Learning of High-Level Representations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Reddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J. Thorpe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.4863659⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 84 (2), pp.248--251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2014.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02344983v1</w:t>
+                <w:t xml:space="preserve">hal-02344974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concept Cells through Associative Learning of High-Level Representations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leila Reddy</w:t>
+                <w:t xml:space="preserve">Auditory gist: Recognition of very short sounds from timbre cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Suied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor R. Agus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J. Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nima Mesgarani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 84 (2), pp.248--251. </w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 135 (3), pp.1380--1391. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2014.10.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1121/1.4863659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02344974v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02344983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processing of Short Auditory Stimuli: The Rapid Audio Sequential Presentation Paradigm (RASP).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Suied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor R Agus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Experimental Medicine and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 787, pp.443-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5834,139 +5834,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00756714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spike-based Image Processing : Can we reproduce biological vision in hardware</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Lysozyme-Induced Peptidoglycan N-Acetylglucosamine Deacetylase PgdA (EF1843) Is Required for Enterococcus faecalis Virulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellah Benachour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabia Ladjouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Le Jeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 194 (22), pp.6066 - 6073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JB.00981-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00742811v1</w:t>
+                <w:t xml:space="preserve">hal-01003347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of temporally correlated features from dynamic vision sensors with spike-timing-dependent plasticity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bichler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Querlioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5984,585 +6049,520 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Gamrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neural Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 32, pp.339-48. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neunet.2012.02.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00706681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Lysozyme-Induced Peptidoglycan N-Acetylglucosamine Deacetylase PgdA (EF1843) Is Required for Enterococcus faecalis Virulence</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spike-based Image Processing : Can we reproduce biological vision in hardware</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lecture Notes in Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7583, pp.516-521</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JB.00981-12⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01003347v1</w:t>
+                <w:t xml:space="preserve">hal-00742811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Word processing speed in peripheral vision measured with a saccadic choice task.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Grainger</w:t>
+                <w:t xml:space="preserve">Fast recognition of musical sounds based on timbre.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trevor R Agus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Suied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vision Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.visres.2012.01.014⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 131 (5), pp.4124-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.3701865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00674559v1</w:t>
+                <w:t xml:space="preserve">hal-00706659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast recognition of musical sounds based on timbre.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
+                <w:t xml:space="preserve">ARTIFICIAL VISION FOR THE BLIND: A BIO-INSPIRED ALGORITHM FOR OBJECTS AND OBSTACLES DETECTION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dramas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1121/1.3701865⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Image and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (04), pp.531-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S0219467810003871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00706659v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ARTIFICIAL VISION FOR THE BLIND: A BIO-INSPIRED ALGORITHM FOR OBJECTS AND OBSTACLES DETECTION</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Dramas</w:t>
+                <w:t xml:space="preserve">Word processing speed in peripheral vision measured with a saccadic choice task.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Chanceaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Vitu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Bendahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grainger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Image and Graphics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vision Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 56C, pp.10-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.visres.2012.01.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/S0219467810003871⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02926535v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00674559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Navigation and space perception assistance for the visually impaired: The NAVIG project</w:t>
               </w:r>
@@ -6785,77 +6785,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid Formation of Robust Auditory Memories: Insights from Noise.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trevor R Agus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Pressnitzer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 66 (4), pp.610-618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6978,352 +6978,352 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00477618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The speed of categorization in the human visual system.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oscillations, phase-of-firing coding, and spike timing-dependent plasticity: an efficient learning scheme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Masquelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Hugues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustavo Deco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2009.04.012⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (43), pp.13484-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2207-09.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00383699v1</w:t>
+                <w:t xml:space="preserve">hal-00428996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-rapid sensory responses in the human frontal eye field region.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The speed of categorization in the human visual system.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Liégeois-Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1233-09.2009⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 62 (2), pp.168-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2009.04.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00402117v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00383699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillations, phase-of-firing coding, and spike timing-dependent plasticity: an efficient learning scheme.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Timothée Masquelier</w:t>
+                <w:t xml:space="preserve">Ultra-rapid sensory responses in the human frontal eye field region.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holle Kirchner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel J Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Hugues</w:t>
+                <w:t xml:space="preserve">Jean Régis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Deco</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon J Thorpe</w:t>
+                <w:t xml:space="preserve">Catherine Liégeois-Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 29 (43), pp.13484-93. </w:t>
+              <w:t xml:space="preserve">, 2009, 29 (23), pp.7599-606. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2207-09.2009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1233-09.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00428996v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00402117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single units and sensation: still just as relevant today.</w:t>
               </w:r>
@@ -7372,235 +7372,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00422934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competitive STDP-Based Spike Pattern Learning.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Spike timing dependent plasticity finds the start of repeating patterns in continuous spike trains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Masquelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Guyonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neural Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 21 (5), pp.1259-1276. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3 (1), pp.e1377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/neco.2008.06-08-804⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0001377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00383703v1</w:t>
+                <w:t xml:space="preserve">hal-00229791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spike timing dependent plasticity finds the start of repeating patterns in continuous spike trains.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Competitive STDP-Based Spike Pattern Learning.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Masquelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Guyonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 3 (1), pp.e1377. </w:t>
+              <w:t xml:space="preserve">Neural Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 21 (5), pp.1259-1276. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0001377⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/neco.2008.06-08-804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00229791v1</w:t>
+                <w:t xml:space="preserve">hal-00383703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limits of Event-related Potential Differences in Tracking Object Processing Speed.</w:t>
               </w:r>
@@ -7703,51 +7703,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unsupervised Learning of Visual Features through Spike Timing Dependent Plasticity.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothée Masquelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7905,234 +7905,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00181588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-rapid object detection with saccadic eye movements: visual processing speed revisited.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Animals roll around the clock: the rotation invariance of ultrarapid visual processing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Guyonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holle Kirchner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vision Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 46 (11), pp.1762-76. </w:t>
+              <w:t xml:space="preserve">Journal of Vision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6 (10), pp.1008-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.visres.2005.10.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1167/6.10.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00111074v1</w:t>
+                <w:t xml:space="preserve">hal-00118756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Animals roll around the clock: the rotation invariance of ultrarapid visual processing.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ultra-rapid object detection with saccadic eye movements: visual processing speed revisited.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holle Kirchner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vision Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 46 (11), pp.1762-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.visres.2005.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1167/6.10.1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00118756v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00111074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurons tune to the earliest spikes through STDP.</w:t>
               </w:r>
@@ -8216,530 +8216,530 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00330516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The time course of visual processing: backward masking and natural scene categorisation.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc J.-M. Macé</w:t>
+                <w:t xml:space="preserve">Rapid categorization of foveal and extrafoveal natural images: associated ERPs and effects of lateralization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Fize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Fabre-Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Doyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vision Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.visres.2005.01.004⟩</w:t>
+              <w:t xml:space="preserve">Brain and Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 59 (2), pp.145-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bandc.2005.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00330536v1</w:t>
+                <w:t xml:space="preserve">hal-00111037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid categorization of foveal and extrafoveal natural images: associated ERPs and effects of lateralization.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bernard Doyon</w:t>
+                <w:t xml:space="preserve">Spike times make sense</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rufin Vanrullen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Guyonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain and Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 59 (2), pp.145-58. </w:t>
+              <w:t xml:space="preserve">Trends in Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 28, pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bandc.2005.06.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tins.2004.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00111037v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00068894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spike times make sense</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rudy Guyonneau</w:t>
+                <w:t xml:space="preserve">Rapid categorization of achromatic natural scenes: how robust at very low contrasts?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc J.-M. Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Fabre-Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Neurosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 28, pp.1-4. </w:t>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 21 (7), pp.2007-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tins.2004.10.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1460-9568.2005.04029.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00068894v1</w:t>
+                <w:t xml:space="preserve">hal-00111046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid categorization of achromatic natural scenes: how robust at very low contrasts?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The time course of visual processing: backward masking and natural scene categorisation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège M. Bacon-Macé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc J.-M. Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Fabre-Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon J Thorpe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Fabre-Thorpe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 21 (7), pp.2007-18. </w:t>
+              <w:t xml:space="preserve">Vision Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 45 (11), pp.1459-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1460-9568.2005.04029.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.visres.2005.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00111046v1</w:t>
+                <w:t xml:space="preserve">hal-00330536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coding static natural images using spiking event times: do neurons cooperate?</w:t>
               </w:r>
@@ -9063,246 +9063,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03871724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsaccades during high speed continuous visual search</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence for face selectivity in early vision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Campana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Levan Bokeria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiong Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03031838v1</w:t>
+                <w:t xml:space="preserve">hal-03032067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for face selectivity in early vision</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microsaccades during high speed continuous visual search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles E. Davis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilian Riesenhuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J Thorpe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiong Jiang</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03032067v1</w:t>
+                <w:t xml:space="preserve">hal-03031838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Flat Rate Financial Transaction Tax to replace all taxes?</w:t>
               </w:r>
@@ -10118,51 +10118,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge H. Ahmed" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kanwisher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921157v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Thorpe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921114v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921184v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921107v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734865v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Kar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessim Ahdjoudj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Longin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thorpe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921150v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921082v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921163v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921095v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921111v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921175v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921078v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921093v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921228v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921076v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921010v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921055v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921168v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921130v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921140v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921002v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921135v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921034v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921007v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921026v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921119v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355327v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/15.12.89" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827050v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bichler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Querlioz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bourgoin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gamrat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2011.6033311" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580470v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor R Agus" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Suied" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pressnitzer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580488v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Masquelier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01780576v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dramas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F.G. Katz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1414471.1414529" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111810v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loiselle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rouat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796195v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bonilla" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautrais" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.971937" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872100v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Christensen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Dittmann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernabe Linares-Barranco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abu Sebastian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Le Gallo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4386/ac4a83" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031968v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Larzabal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Bacon-Mac&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Muratot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01468" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Despouy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Curot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Reddy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G Nowak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Deudon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2020.108759" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014858v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles E. Davis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.00002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014839v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danae Remon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Girardie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bouyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2020.104859" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341926v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelina Thunell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J. Thorpe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39697-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327029v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzad Ramezani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Reza Kheradpisheh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Ghodrati" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/19.9.1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341925v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797619842251" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353092v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Mozafari" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ganjtabesh" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Nowzari-Dalini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2019.05.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353120v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Denuelle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2018.12.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341952v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ferr&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mamalet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncom.2018.00024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341963v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Tramoni" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel J. Barbeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2017.10.009" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341967v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Riesenhuber" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2018.00374" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341966v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30245-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341957v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2017.12.005" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342035v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2017.00060" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342053v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boucart" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lenoble" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Quettelart" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Szaffarczyk" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Despretz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/16.2.10" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344881v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayalakshmi Viswanathan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence R&#233;my" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2016.00490" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344929v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Te Wu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M Crouzet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Fabre-Thorpe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_00701" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344900v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Goujon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Didierjean" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2015.07.009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SCHZ9BT6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344983v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor R. Agus" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mesgarani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4863659" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344974v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2014.10.004" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839051v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-1590-9_49" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777279v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R Joubert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051471" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756714v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F. G. Katz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kammoun" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Parseihian" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gutierrez" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Brilhault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-012-0213-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D17HTWKT-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742811v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706681v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2012.02.022" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L53Q71DW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003347v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benachour" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Ladjouzi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Le Jeune" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;bert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00981-12" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674559v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chanceaux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vitu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Bendahman" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grainger" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2012.01.014" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-92M8MKW7-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706659v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3701865" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926535v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219467810003871" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688100v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Serpa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.01.009" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JKV5ZVL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646701v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00342" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488683v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2010.04.014" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477618v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holle Kirchner" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383699v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2009.04.012" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402117v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel J Barbeau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean R&#233;gis" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Li&#233;geois-Chauvel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1233-09.2009" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428996v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hugues" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Deco" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2207-09.2009" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422934v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383703v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Guyonneau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco.2008.06-08-804" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00229791v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001377" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170574v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume A. Rousselet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc J.-M. Mac&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn.2007.19.8.1241" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135582v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.0030031" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181588v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge M. Bacon-Mac&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0096-1523.33.5.1013" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111074v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2005.10.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6L9BHFS7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118756v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/6.10.1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330516v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufin Vanrullen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/0899766053429390" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330536v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2005.01.004" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XLPK6JC4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111037v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fize" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Richard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Doyon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2005.06.002" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z26VZ7Z9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068894v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2004.10.010" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XZFTP5TB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111046v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2005.04029.x" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3ZTP9M3W-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110803v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrinet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Samuelides" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNN.2004.833303" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174528v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fr&#233;gnac" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Shulz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bienenstock" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/333367a0" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-R35JL6BZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871724v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031838v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032067v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Campana" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Bokeria" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Jiang" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530144v3" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003908v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02163915v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Te Rietmolen" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane El Yagoubi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646991v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348481v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070556v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bullier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Deriche" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeras" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Girard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kornprobst" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sallet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge H. Ahmed" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kanwisher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921114v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Thorpe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921184v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921107v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921157v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734865v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditya Kar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessim Ahdjoudj" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Longin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Thorpe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921082v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921150v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921095v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921163v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921111v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921175v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921078v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921093v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921228v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921076v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921010v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921055v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921168v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921130v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921140v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921002v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921135v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921007v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921026v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921034v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921119v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355327v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/15.12.89" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827050v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bichler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Querlioz" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bourgoin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gamrat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2011.6033311" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580488v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Masquelier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580470v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor R Agus" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Suied" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pressnitzer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01780576v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dramas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F.G. Katz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1414471.1414529" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111810v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loiselle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rouat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796195v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Bonilla" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gautrais" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.971937" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872100v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Christensen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Dittmann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernabe Linares-Barranco" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abu Sebastian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Le Gallo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2634-4386/ac4a83" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031968v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Larzabal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Bacon-Mac&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Muratot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_01468" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Despouy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Curot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Reddy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel G Nowak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Deudon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2020.108759" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014858v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles E. Davis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Martin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fninf.2020.00002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014839v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danae Remon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Loevenbruck" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oceane Girardie" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bouyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2020.104859" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341926v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelina Thunell" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J. Thorpe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39697-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327029v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farzad Ramezani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Reza Kheradpisheh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Ghodrati" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/19.9.1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341925v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797619842251" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353092v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Mozafari" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Ganjtabesh" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Nowzari-Dalini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2019.05.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353120v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Denuelle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2018.12.013" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341963v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Tramoni" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel J. Barbeau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2017.10.009" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341967v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Riesenhuber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2018.00374" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341952v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ferr&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Mamalet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncom.2018.00024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341966v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30245-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02341957v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2017.12.005" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342035v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2017.00060" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342053v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boucart" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lenoble" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Quettelart" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Szaffarczyk" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Despretz" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/16.2.10" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344881v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayalakshmi Viswanathan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence R&#233;my" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2016.00490" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344929v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Te Wu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M Crouzet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Fabre-Thorpe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn_a_00701" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344900v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Goujon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Didierjean" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2015.07.009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SCHZ9BT6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344974v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2014.10.004" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344983v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor R. Agus" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Mesgarani" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4863659" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839051v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4614-1590-9_49" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777279v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R Joubert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051471" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756714v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian F. G. Katz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kammoun" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Parseihian" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gutierrez" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Brilhault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-012-0213-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D17HTWKT-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003347v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benachour" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Ladjouzi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Le Jeune" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H&#233;bert" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.00981-12" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706681v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Querlioz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2012.02.022" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L53Q71DW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742811v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00706659v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3701865" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926535v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219467810003871" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674559v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Chanceaux" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vitu" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Bendahman" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grainger" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2012.01.014" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-92M8MKW7-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688100v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Serpa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.01.009" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JKV5ZVL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646701v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00342" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488683v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2010.04.014" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00477618v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holle Kirchner" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00428996v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hugues" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Deco" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2207-09.2009" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383699v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2009.04.012" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00402117v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel J Barbeau" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean R&#233;gis" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Li&#233;geois-Chauvel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1233-09.2009" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422934v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00229791v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Guyonneau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001377" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383703v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco.2008.06-08-804" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170574v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume A. Rousselet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc J.-M. Mac&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn.2007.19.8.1241" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00135582v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.0030031" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181588v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge M. Bacon-Mac&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0096-1523.33.5.1013" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00118756v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/6.10.1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111074v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2005.10.002" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6L9BHFS7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330516v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufin Vanrullen" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/0899766053429390" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111037v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fize" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Richard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Doyon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2005.06.002" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z26VZ7Z9-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068894v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tins.2004.10.010" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XZFTP5TB-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111046v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2005.04029.x" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3ZTP9M3W-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330536v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2005.01.004" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XLPK6JC4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110803v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Perrinet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Samuelides" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNN.2004.833303" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174528v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Fr&#233;gnac" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Shulz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bienenstock" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/333367a0" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-R35JL6BZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871724v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032067v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Campana" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Levan Bokeria" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiong Jiang" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031838v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00530144v3" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003908v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02163915v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Te Rietmolen" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radouane El Yagoubi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara K&#246;pke" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646991v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348481v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00070556v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bullier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Deriche" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeras" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Girard" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kornprobst" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>