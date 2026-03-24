--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -230,51 +230,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A family of thienyl-bis-salophen Zn( ii ) complexes for enhancing photoconductance in hybrid materials including platinum ultra-small nanoparticles</w:t>
+                <w:t xml:space="preserve">A family of thienyl-bis-salophen Zn(II) complexes for enhancing photoconductance in hybrid materials including platinum ultra-small nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Dumartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pham</w:t>
@@ -313,51 +313,51 @@
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 55, pp.2635-2642. </w:t>
+              <w:t xml:space="preserve">, 2026, 55 (6), pp.2635-2642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D5DT02712H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -623,295 +623,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05437543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination bonds as a tool for tuning photoconductance in nanostructured hybrid materials made of molecular antennas and metal nanoparticles</w:t>
+                <w:t xml:space="preserve">Permethylated Cyclodextrins with Thiol Groups as Stabilizing Agents for Catalytic Water‐Soluble Platinum Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliia Marchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Martin</w:t>
+                <w:t xml:space="preserve">Sebastian Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seifallah Abid</w:t>
+                <w:t xml:space="preserve">Geordie Creste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Cretal</w:t>
+                <w:t xml:space="preserve">Mucahit Aygün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Horizons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (12), pp.3429-3435. </w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 28 (8), pp.e202400776. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4MH01327A⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/EJIC.202400776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04996712v1</w:t>
+                <w:t xml:space="preserve">hal-05018587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permethylated Cyclodextrins with Thiol Groups as Stabilizing Agents for Catalytic Water‐Soluble Platinum Nanoparticles</w:t>
+                <w:t xml:space="preserve">Coordination bonds as a tool for tuning photoconductance in nanostructured hybrid materials made of molecular antennas and metal nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nataliia Marchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Jung</w:t>
+                <w:t xml:space="preserve">Deborah Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geordie Creste</w:t>
+                <w:t xml:space="preserve">Seifallah Abid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mucahit Aygün</w:t>
+                <w:t xml:space="preserve">Eva Cretal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 28 (8), pp.e202400776. </w:t>
+              <w:t xml:space="preserve">Materials Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (12), pp.3429-3435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/EJIC.202400776⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D4MH01327A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05018587v1</w:t>
+                <w:t xml:space="preserve">hal-04996712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La section nationale handicap et la construction de revendications sur le handicap au SNCS-FSU</w:t>
               </w:r>
@@ -1150,161 +1150,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bimetallic Fe x Pt 100– x Nanoparticles Immobilized on Supported Ionic Liquid Phases as Hydrogenation and Hydrodeoxygenation Catalysts: Influence of the Metal Content on Activity and Selectivity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Induction heating: an efficient methodology for the synthesis of functional core–shell nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
+                <w:t xml:space="preserve">Álvaro Raya-Barón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Leitner</w:t>
+                <w:t xml:space="preserve">Sourav Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Mazarío</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Víctor Varela-Izquierdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Bordet</w:t>
+                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6 (21), pp.20231-20239. </w:t>
+              <w:t xml:space="preserve">Materials Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (11), pp.4952-4959. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsanm.3c03996⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3mh00908d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04318574v1</w:t>
+                <w:t xml:space="preserve">hal-04286230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow pyrolysis of Cu/Co-Co Prussian blue analog to enhance catalytic activity and selectivity in epoxidation of styrene</w:t>
               </w:r>
@@ -1418,161 +1418,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction heating: an efficient methodology for the synthesis of functional core–shell nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bimetallic Fe x Pt 100– x Nanoparticles Immobilized on Supported Ionic Liquid Phases as Hydrogenation and Hydrodeoxygenation Catalysts: Influence of the Metal Content on Activity and Selectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliia Marchenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Álvaro Raya-Barón</w:t>
+                <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ratel-Ramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sourav Ghosh</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Víctor Varela-Izquierdo</w:t>
+                <w:t xml:space="preserve">Walter Leitner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
+                <w:t xml:space="preserve">Alexis Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Horizons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 10 (11), pp.4952-4959. </w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (21), pp.20231-20239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3mh00908d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.3c03996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286230v1</w:t>
+                <w:t xml:space="preserve">hal-04318574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water-soluble NHC Pd/Ni bimetallic nanoparticles for H/D exchange in aromatic amino-acids</w:t>
               </w:r>
@@ -1610,51 +1610,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Esvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 59 (8), pp.1062-1065. </w:t>
@@ -1803,161 +1803,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the electronic structure and hydrophilicity of Prussian-blue type catalysts by incorporation of alklypyrazinium bromides, for enhanced activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liji Liu</w:t>
+                <w:t xml:space="preserve">Enhancement of the Catalytic Activity of Double Metal Cyanides for the Oxidation of Styrene by the Presence of Included Alcohols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiantian Jin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuhong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hongchen Liu</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kun Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 647, pp.118889. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (28), pp.8696-8707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apcata.2022.118889⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.2c01212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04091979v1</w:t>
+                <w:t xml:space="preserve">hal-03753322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bimetallic MxRu100−x nanoparticles (M = Fe, Co) on supported ionic liquid phases (MxRu100−x@SILP) as hydrogenation catalysts: Influence of M and M:Ru ratio on activity and selectivity</w:t>
               </w:r>
@@ -2071,2500 +2071,2500 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03753323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of the Catalytic Activity of Double Metal Cyanides for the Oxidation of Styrene by the Presence of Included Alcohols</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tuning the electronic structure and hydrophilicity of Prussian-blue type catalysts by incorporation of alklypyrazinium bromides, for enhanced activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liji Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuhong Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hao Wang</w:t>
+                <w:t xml:space="preserve">Yunhong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiantian Jin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kun Liang</w:t>
+                <w:t xml:space="preserve">Hongchen Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 38 (28), pp.8696-8707. </w:t>
+              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 647, pp.118889. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.2c01212⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apcata.2022.118889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03753322v1</w:t>
+                <w:t xml:space="preserve">hal-04091979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetically induced CO2 methanation in continuous flow over supported nickel catalysts with improved energy efficiency</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of several ionic liquids on the structures and catalytic properties of double metal cyanides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Ourlin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
+                <w:t xml:space="preserve">Ying Shen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yufang Fu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anqi Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bingbao Mei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cssc.202201724⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Liquids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 345, pp.118252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molliq.2021.118252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03868949v1</w:t>
+                <w:t xml:space="preserve">hal-03753319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of several ionic liquids on the structures and catalytic properties of double metal cyanides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yufang Fu</w:t>
+                <w:t xml:space="preserve">Magnetically induced CO2 methanation in continuous flow over supported nickel catalysts with improved energy efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourav Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Ourlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise-Marie Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bingbao Mei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Liquids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 345, pp.118252. </w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molliq.2021.118252⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cssc.202201724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03753319v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organometallic Synthesis of Bimetallic Cobalt‐Rhodium Nanoparticles in Supported Ionic Liquid Phases (Co x Rh 100− x @SILP) as Catalysts for the Selective Hydrogenation of Multifunctional Aromatic Substrates</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Casey van Stappen</w:t>
+                <w:t xml:space="preserve">Enhanced Dielectric Relaxation in Self-Organized Layers of Polypeptides Coupled to Platinum Nanoparticles: Temperature Dependence and Effect of Bias Voltage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Levin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Ghada Manai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kylie Luska</w:t>
+                <w:t xml:space="preserve">Sébastien Lecommandoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Demont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/smll.202006683⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (41), pp.22643-22649. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c06457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357494v1</w:t>
+                <w:t xml:space="preserve">hal-03412910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ZIF-L Derived Bimetallic N-Doped Porous Carbon-Prussian Blue Composite as Efficient Catechol Electrochemical Sensor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polarizability is a key parameter for molecular electronics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jialun Luo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Angélique Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jihua Zhao</w:t>
+                <w:t xml:space="preserve">Sébastien Cher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Tassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiangming Wang</w:t>
+                <w:t xml:space="preserve">Thomas Blon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/1945-7111/ac1708⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (3), pp.271-276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0nh00583e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357501v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-micro amperometric sensor of isoniazid using carbon doped vanadium trioxide @ Prussian blue supported on graphite felt</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">ZIF-L Derived Bimetallic N-Doped Porous Carbon-Prussian Blue Composite as Efficient Catechol Electrochemical Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ziyu Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jialun Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihua Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiangming Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.158176⟩</w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168 (7), pp.077517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1945-7111/ac1708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357498v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Dielectric Relaxation in Self-Organized Layers of Polypeptides Coupled to Platinum Nanoparticles: Temperature Dependence and Effect of Bias Voltage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louis Merle</w:t>
+                <w:t xml:space="preserve">Ultra-micro amperometric sensor of isoniazid using carbon doped vanadium trioxide @ Prussian blue supported on graphite felt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiangming Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghada Manai</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jihua Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Fang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 860, pp.158176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2020.158176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c06457⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03412910v1</w:t>
+                <w:t xml:space="preserve">hal-03357498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polarizability is a key parameter for molecular electronics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marine Tassé</w:t>
+                <w:t xml:space="preserve">Organometallic Synthesis of Bimetallic Cobalt‐Rhodium Nanoparticles in Supported Ionic Liquid Phases (Co x Rh 100− x @SILP) as Catalysts for the Selective Hydrogenation of Multifunctional Aromatic Substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Rengshausen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casey van Stappen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Blon</w:t>
+                <w:t xml:space="preserve">Natalia Levin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Alves</w:t>
+                <w:t xml:space="preserve">Kylie Luska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Horizons</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (3), pp.271-276. </w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (5), pp.2006683. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d0nh00583e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.202006683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03128626v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemoselective H/D Exchange Catalyzed by Nickel Nanoparticles Stabilized by N-Heterocyclic Carbene Ligands</w:t>
+                <w:t xml:space="preserve">Spin crossover in Fe(triazole)–Pt nanoparticle self-assembly structured at the sub-5 nm scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donia Bouzouita</w:t>
+                <w:t xml:space="preserve">Suhail Usmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Manuel Asensio</w:t>
+                <w:t xml:space="preserve">Mirko Mikolasek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktor Pfeifer</w:t>
+                <w:t xml:space="preserve">José Sánchez Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Palazzolo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lecante</w:t>
+                <w:t xml:space="preserve">Mathilde Rigoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 12 (29), pp.15736-15742. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D0NR04384B⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 12 (15), pp.8180-8187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0nr02154g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02903879v1</w:t>
+                <w:t xml:space="preserve">hal-02570895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medium effect on Cd3P2 quantum dots photoluminescence and addition of Pt nanoparticles: Inner filter effect and screening phenomena</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A sensitive and selective electrochemical sensor based on N, P-Doped molybdenum Carbide@Carbon/Prussian blue/graphite felt composite electrode for the detection of dopamine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sen Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihua Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Muraille</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laxian Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Fang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Luminescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jlumin.2019.116778⟩</w:t>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1094, pp.80-89. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2019.09.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02403293v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02403289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Site Hydrogen Isotope Labelling of Pharmaceuticals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pier‐francesco Fazzini</w:t>
+                <w:t xml:space="preserve">Synthesis of Trimetallic Prussian Blue Analogues and Catalytic Application for the Epoxidation of Styrene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuyue Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiangming Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peizhu Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anqi Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202008519⟩</w:t>
+              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (30), pp.13831-13840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.iecr.0c01715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320723v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen isotope exchange catalyzed by Ru nanocatalysts: labelling of complex molecules containing N-heterocycles and reaction mechanism insights</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Chemoselective H/D Exchange Catalyzed by Nickel Nanoparticles Stabilized by N-Heterocyclic Carbene Ligands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Bouzouita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Manuel Asensio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Pfeifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Palazzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Garcia-Argote</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lecante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201905651⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (29), pp.15736-15742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D0NR04384B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02487414v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02903879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the Reactivity of a Heterogeneous Catalyst using N‐Heterocyclic Carbene Ligands for C−H Activation Reactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Hydrogen isotope exchange catalyzed by Ru nanocatalysts: labelling of complex molecules containing N-heterocycles and reaction mechanism insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Pfeifer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Certiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Bouzouita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Palazzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Garcia-Argote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202009258⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26, pp.4988-4996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201905651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03001484v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02487414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bidimensional lamellar assembly by coordination of peptidic homopolymers to platinum nanoparticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ghada Manai</w:t>
+                <w:t xml:space="preserve">Multiple Site Hydrogen Isotope Labelling of Pharmaceuticals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Daniel‐bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Garcia‐argote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Palazzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hend Houimel</w:t>
+                <w:t xml:space="preserve">Irene Mustieles Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Rigoulet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
+                <w:t xml:space="preserve">Pier‐francesco Fazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, pp.2051. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (47), pp.21114-21120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-15810-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202008519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02612552v2</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03320723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NHC-Stabilized Iridium Nanoparticles as Catalysts in Hydrogen Isotope Exchange Reactions of Anilines</w:t>
+                <w:t xml:space="preserve">Medium effect on Cd3P2 quantum dots photoluminescence and addition of Pt nanoparticles: Inner filter effect and screening phenomena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mégane Valero</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alberto Palazzolo</w:t>
+                <w:t xml:space="preserve">Gaëlle Muraille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Atzrodt</w:t>
+                <w:t xml:space="preserve">Edwin A Baquero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Dugave</w:t>
+                <w:t xml:space="preserve">Benjamin Chekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201914369⟩</w:t>
+              <w:t xml:space="preserve">Journal of Luminescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 217, pp.116778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jlumin.2019.116778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02490702v1</w:t>
+                <w:t xml:space="preserve">hal-02403293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin crossover in Fe(triazole)–Pt nanoparticle self-assembly structured at the sub-5 nm scale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Suhail Usmani</w:t>
+                <w:t xml:space="preserve">Tuning the Reactivity of a Heterogeneous Catalyst using N‐Heterocyclic Carbene Ligands for C−H Activation Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Palazzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirko Mikolasek</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Angélique Gillet</w:t>
+                <w:t xml:space="preserve">Timothée Naret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Daniel‐bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Sánchez Costa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Rigoulet</w:t>
+                <w:t xml:space="preserve">David‐alexandre Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (15), pp.8180-8187. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (47), pp.20879-20884. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d0nr02154g⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.202009258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02570895v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03001484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Trimetallic Prussian Blue Analogues and Catalytic Application for the Epoxidation of Styrene</w:t>
+                <w:t xml:space="preserve">NHC-Stabilized Iridium Nanoparticles as Catalysts in Hydrogen Isotope Exchange Reactions of Anilines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuyue Guo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Mégane Valero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Bouzouita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Palazzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peizhu Zheng</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anqi Sun</w:t>
+                <w:t xml:space="preserve">Jens Atzrodt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dugave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial and engineering chemistry research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.iecr.0c01715⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (9), pp.3517-3522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201914369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02992469v1</w:t>
+                <w:t xml:space="preserve">cea-02490702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sensitive and selective electrochemical sensor based on N, P-Doped molybdenum Carbide@Carbon/Prussian blue/graphite felt composite electrode for the detection of dopamine</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Bidimensional lamellar assembly by coordination of peptidic homopolymers to platinum nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghada Manai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laxian Yu</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hend Houimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Rigoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 1094, pp.80-89. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.2051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2019.09.077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-15810-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02403289v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612552v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient detection of ascorbic acid utilizing molybdenum Oxide@Prussian Blue/Graphite felt composite electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laxian Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qiangming Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Fang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 322, pp.134712. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4598,90 +4598,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the catalytic activity and selectivity of water-soluble bimetallic RuPt nanoparticles by modifying their surface metal distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Bouzouita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin A Baquero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pier-Francesco Fazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Pieters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4745,51 +4745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum: Surprising Differences of Alkane C‐H Activation Catalyzed by Ruthenium Nanoparticles: Complex Surface‐Substrate Recognition?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Rothermel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Bouzouita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Röther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4866,103 +4866,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Access to Deuterated and Tritiated Nucleobase Pharmaceuticals and Oligonucleotides using Hydrogen-Isotope Exchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Palazzolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Feuillastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Pfeifer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Garcia-Argote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Bouzouita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 58 (15), pp.4891-4895. </w:t>
@@ -5013,51 +5013,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bimetallic Nanoparticles in Supported Ionic Liquid Phases as Multifunctional Catalysts for the Selective Hydrodeoxygenation of Aromatic Substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Offner-Marko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bordet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Moos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5138,51 +5138,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surprising Differences of Alkane C‐H Activation Catalyzed by Ruthenium Nanoparticles: Complex Surface‐Substrate Recognition?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niels Rothermel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Bouzouita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Röther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5253,1593 +5253,1593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of cesium ion on the synthesis and catalytic properties with FeCo Prussian blue analogue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Shuyue Guo</w:t>
+                <w:t xml:space="preserve">Water-soluble platinum nanoparticles stabilized by sulfonated N-heterocyclic carbenes: influence of the synthetic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin A Baquero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanling Liang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Yannick Coppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ning Wang</w:t>
+                <w:t xml:space="preserve">Juan Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lei Feng</w:t>
+                <w:t xml:space="preserve">Bruno Chaudret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (12), pp.4093-4104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8DT00240A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02000530v1</w:t>
+                <w:t xml:space="preserve">hal-01998754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-soluble platinum nanoparticles stabilized by sulfonated N-heterocyclic carbenes: influence of the synthetic approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin A Baquero</w:t>
+                <w:t xml:space="preserve">Effect of cesium ion on the synthesis and catalytic properties with FeCo Prussian blue analogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuyue Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Chaudret</w:t>
+                <w:t xml:space="preserve">Ning Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Feng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 710, pp.180-187</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01998754v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of water-soluble palladium nanoparticles stabilized by sulfonated N-heterocyclic carbenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juan Manuel Asensio</w:t>
+                <w:t xml:space="preserve">Zwitterionic amidinates as effective ligands for platinum nanoparticle hydrogenation catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Miguel Martinez-Pietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Israel Cano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin A Baquero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Chaudret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201702204⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (4), pp.2931-2941. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6SC05551F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01948256v1</w:t>
+                <w:t xml:space="preserve">hal-01940898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical tuning of Coulomb blockade at room-temperature in ultra-small platinum nanoparticle self-assemblies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of water-soluble palladium nanoparticles stabilized by sulfonated N-heterocyclic carbenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Manuel Asensio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Angélique Gillet</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Coppel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chaudret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Horizons</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (54), pp.13435-13444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201702204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c6mh00419a⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01552606v1</w:t>
+                <w:t xml:space="preserve">hal-01948256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knight shift in C-13 NMR resonances confirms the coordination of N-heterocyclic carbene ligands to water-soluble palladium nanoparticles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemical tuning of Coulomb blockade at room-temperature in ultra-small platinum nanoparticle self-assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Chaudret</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Said-Aizpuru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Bouzouita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suhail Usmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201610251⟩</w:t>
+              <w:t xml:space="preserve">Materials Horizons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (3), pp.487-492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6mh00419a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948258v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01552606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prussian blue (PB)/carbon nanopolyhedra/polypyrrole composite as electrode: a high performance sensor to detect hydrazine with long linear range</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pengwei Yue</w:t>
+                <w:t xml:space="preserve">Knight shift in C-13 NMR resonances confirms the coordination of N-heterocyclic carbene ligands to water-soluble palladium nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Manuel Asensio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yan Yang</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Coppel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chaudret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (3), pp.865-869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201610251⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02007753v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zwitterionic amidinates as effective ligands for platinum nanoparticle hydrogenation catalysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luis Miguel Martinez-Pietro</w:t>
+                <w:t xml:space="preserve">Prussian blue (PB)/carbon nanopolyhedra/polypyrrole composite as electrode: a high performance sensor to detect hydrazine with long linear range</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Israel Cano</w:t>
+                <w:t xml:space="preserve">Pengwei Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Marquez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Tong Pang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 251, pp.706-712</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01940898v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well separated trion and neutral excitons on superacid treated MoS 2 monolayers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing the Catalytic Properties of Ruthenium Nanoparticle-SILP Catalysts by Dilution with Iron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kylie Luska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabian Cadiz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Ilya Sinev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Gay</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gang Wang</w:t>
+                <w:t xml:space="preserve">Wolfgang Grünert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 108 (25), pp.251106</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (6), pp.3719-3726</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02017972v1</w:t>
+                <w:t xml:space="preserve">hal-02018075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unidirectional electric field-induced spin-state switching in spin crossover based microelectronic devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantin Lefter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constantin Lefter</w:t>
+                <w:t xml:space="preserve">Reasmey Phary Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reasmey Phary Tan</w:t>
+                <w:t xml:space="preserve">Julien Dugay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gábor Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 644, pp.138-141. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2015.11.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cplett.2015.11.036⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01934979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the Catalytic Properties of Ruthenium Nanoparticle-SILP Catalysts by Dilution with Iron</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexis Bordet</w:t>
+                <w:t xml:space="preserve">Prussian Blue and Chitosan Modified Carbon Cloth Electrode as a High Performance Sensor of Ascorbic Acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pengwei Yue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Wolfgang Grünert</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sifa He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ning Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 6 (6), pp.3719-3726</w:t>
+              <w:t xml:space="preserve">Electroanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (6), pp.1340-1347</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018075v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polypyrrole and graphene quantum dots @ Prussian Blue hybrid film on graphite felt electrodes: Application for amperometric determination of l -cysteine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pengwei Yue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 77, pp.1112-1118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02018202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prussian Blue and Chitosan Modified Carbon Cloth Electrode as a High Performance Sensor of Ascorbic Acid</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pengwei Yue</w:t>
+                <w:t xml:space="preserve">Well separated trion and neutral excitons on superacid treated MoS 2 monolayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Cadiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sifa He</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jihua Zhao</w:t>
+                <w:t xml:space="preserve">Gang Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electroanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 28 (6), pp.1340-1347</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 108 (25), pp.251106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018210v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02017972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting non-equilibrium phase separation for self-assembly</w:t>
               </w:r>
@@ -6936,2014 +6936,2014 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02405657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Magnetic Levitation for Non-Destructive Quality Control of Plastic Parts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dian Yang</w:t>
+                <w:t xml:space="preserve">On the stability of spin crossover materials: From bulk samples to electronic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantin Lefter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reasmey Phary Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dugay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gábor Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adma.201405207⟩</w:t>
+              <w:t xml:space="preserve">Polyhedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 102, pp.434-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.poly.2015.10.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02405645v1</w:t>
+                <w:t xml:space="preserve">hal-02018824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prussian blue analogues as heterogeneous catalysts for epoxidation of styrene</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+                <w:t xml:space="preserve">Amperometric detection of hydrazine utilizing synergistic action of prussian blue @ silver nanoparticles / graphite felt modified electrode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihua Zhao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianxin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanling Liang</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electrochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 171, pp.121-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.electacta.2015.05.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02018894v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prussian blue/1-butyl-3-methylimidazolium tetraﬂuoroborate – Graphite felt electrodes for efficient electrocatalytic determination of nitrite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lei Wang</w:t>
+                <w:t xml:space="preserve">Prussian blue analogues as heterogeneous catalysts for epoxidation of styrene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaoyong Yi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 214, pp.70-75</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (23), pp.17993-17999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02020396v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02018894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Model of Globular Transition in Polymers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prussian blue/1-butyl-3-methylimidazolium tetraﬂuoroborate – Graphite felt electrodes for efficient electrocatalytic determination of nitrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Cademartiri</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linghua Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanling Liang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemPlusChem</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 214, pp.70-75</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405648v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02020396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal Substitution Effects on the Charge Transport and Spin Crossover Properties of [Fe1–xZnx(Htrz)2(trz)](BF4) (trz = Triazole)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lionel Salmon</w:t>
+                <w:t xml:space="preserve">Using Magnetic Levitation for Non-Destructive Quality Control of Plastic Parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Hennek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Nemiroski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anand Bala Subramaniam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bwambok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dian Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b01117⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (9), pp.1587-1592. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adma.201405207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01160143v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light induced modulation of charge transport phenomena across the bistability region in [Fe(Htrz) 2 (trz)](BF 4 ) spin crossover micro-rods</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical Model of Globular Transition in Polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gábor Molnár</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Shepherd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiu Stan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip Snyder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Cademartiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C4CP05250A⟩</w:t>
+              <w:t xml:space="preserve">ChemPlusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 80 (1), pp.37-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cplu.201402203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991050v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the stability of spin crossover materials: From bulk samples to electronic devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
+                <w:t xml:space="preserve">Metal Substitution Effects on the Charge Transport and Spin Crossover Properties of [Fe1–xZnx(Htrz)2(trz)](BF4) (trz = Triazole)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constantin Lefter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haonan Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Dugay</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gábor Molnár</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polyhedron</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (16), pp.8522-8529. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b01117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.poly.2015.10.021⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02018824v1</w:t>
+                <w:t xml:space="preserve">hal-01160143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amperometric detection of hydrazine utilizing synergistic action of prussian blue @ silver nanoparticles / graphite felt modified electrode</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jianxin Liu</w:t>
+                <w:t xml:space="preserve">Light induced modulation of charge transport phenomena across the bistability region in [Fe(Htrz) 2 (trz)](BF 4 ) spin crossover micro-rods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantin Lefter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reasmey Phary Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dugay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yanling Liang</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gábor Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrochimica Acta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 17 (7), pp.5151-5154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C4CP05250A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.electacta.2015.05.027⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02132951v1</w:t>
+                <w:t xml:space="preserve">hal-01991050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Stable Water-Soluble Platinum Nanoparticles Stabilized by Hydrophilic N-Heterocyclic Carbenes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin A Baquero</w:t>
+                <w:t xml:space="preserve">Re-Appearance of Cooperativity in Ultra-Small Spin-Crossover [Fe(pz){Ni(CN) 4 }] Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haonan Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Carlos Flores</w:t>
+                <w:t xml:space="preserve">Gautier Félix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gábor Molnár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernesto De jesús</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">William Nicolazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 53 (48), pp.13220-13224</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2014, 53 (41), pp.10894-10898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201406710⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02023113v1</w:t>
+                <w:t xml:space="preserve">hal-02023759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cellulose fiber nanocomposites displaying spin-crossover properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nagy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Halasz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Thérèse Carayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il’ya A Gural'Skiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 456, pp.35-40. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2014.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02023145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noncontact orientation of objects in three-dimensional space using magnetic levitation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D. Yang</w:t>
+                <w:t xml:space="preserve">Highly Stable Water-Soluble Platinum Nanoparticles Stabilized by Hydrophilic N-Heterocyclic Carbenes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin A Baquero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H.-D. Yu</w:t>
+                <w:t xml:space="preserve">Juan Carlos Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Nemiroski</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ernesto De jesús</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chaudret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53 (48), pp.13220-13224</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405633v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02023113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-Appearance of Cooperativity in Ultra-Small Spin-Crossover [Fe(pz){Ni(CN) 4 }] Nanoparticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haonan Peng</w:t>
+                <w:t xml:space="preserve">Noncontact orientation of objects in three-dimensional space using magnetic levitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Subramaniam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.-D. Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Nemiroski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">William Nicolazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201406710⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 111 (36), pp.12980-12985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1408705111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02023759v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential growth of bistable copper-molybdenum coordination nanolayers on inorganic surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Amperometric detection of hydrogen peroxide utilizing synergistic action of cobalt hexacyanoferrate and carbon nanotubes chemically modified with platinum nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lijuan Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Thierry Baron</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianxin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c3dt50259g⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (1), pp.281-287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C2RA21998K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926414v1</w:t>
+                <w:t xml:space="preserve">hal-02134189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amperometric detection of hydrogen peroxide utilizing synergistic action of cobalt hexacyanoferrate and carbon nanotubes chemically modified with platinum nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequential growth of bistable copper-molybdenum coordination nanolayers on inorganic surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousuf Raza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Mazerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lijuan Han</w:t>
+                <w:t xml:space="preserve">Karim Aissou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiang Wang</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jian Fang</w:t>
+                <w:t xml:space="preserve">Thierry Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 3 (1), pp.281-287. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 42 (22), pp.8034-8040. </w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C2RA21998K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c3dt50259g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02134189v1</w:t>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00926414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular actuators driven by cooperative spin-state switching</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena Shepherd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il’ya A Gural'Skiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos M. Quintero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 4 (1), </w:t>
@@ -9085,90 +9085,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prussian blue @ platinum nanoparticles/graphite felt nanocomposite electrodes: Application as hydrogen peroxide sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lijuan Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jian Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jihua Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weiguo Shen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9240,51 +9240,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A macroscopic device described by a Boltzmann-like distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudiu Stan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugene Shakhnovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9472,645 +9472,645 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02403372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential Growth in Solution of NiFe Prussian Blue coordination network nanolayers on Si(100) surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrical Resistance of Ag TS –S(CH 2 ) n −1 CH 3 //Ga 2 O 3 /EGaIn Tunneling Junctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovico Cademartiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin M Thuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Nijhuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Reus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Vincent Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C1DT11568E⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 116 (20), pp.10848-10860. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp212501s⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02403381v1</w:t>
+                <w:t xml:space="preserve">hal-02403367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Resistance of Ag TS –S(CH 2 ) n −1 CH 3 //Ga 2 O 3 /EGaIn Tunneling Junctions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequential Growth in Solution of NiFe Prussian Blue coordination network nanolayers on Si(100) surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Costa-Coquelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Volatron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovico Cademartiri</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">Vincent Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 116 (20), pp.10848-10860. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 41 (5), pp.1582-1590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp212501s⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C1DT11568E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02403367v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02403381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple two-dimensional model system to study electrostatic-self-assembly</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudiu Stan</w:t>
+                <w:t xml:space="preserve">Analog modeling of Worm-Like Chain molecules using macroscopic beads-on-a-string</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivian Tran</w:t>
+                <w:t xml:space="preserve">Efraim Feinstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Shepherd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evan Wu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Liam Friar</w:t>
+                <w:t xml:space="preserve">Meital Reches</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip Snyder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C2SM26192H⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 14 (25), pp.9041. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C2CP40593H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02132914v1</w:t>
+                <w:t xml:space="preserve">hal-02134198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analog modeling of Worm-Like Chain molecules using macroscopic beads-on-a-string</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Tricard</w:t>
+                <w:t xml:space="preserve">A simple two-dimensional model system to study electrostatic-self-assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Cademartiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudiu Stan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivian Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efraim Feinstein</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Robert Shepherd</w:t>
+                <w:t xml:space="preserve">Evan Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meital Reches</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Phillip Snyder</w:t>
+                <w:t xml:space="preserve">Liam Friar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 14 (25), pp.9041. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (38), pp.9771. </w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C2CP40593H⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C2SM26192H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02134198v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyanide-bridged NiCr and alternate NiFe–NiCr magnetic ultrathin films on functionalized Si(100) surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Costa-Coquelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mazerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Riviere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalton Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 41 (15), pp.4445. </w:t>
@@ -10295,90 +10295,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth and density control of nanometric nickel–iron cyanide-bridged objects on functionalized Si(100) surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Volatron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Costa-Coquelard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Mazerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 46 (24), pp.4327. </w:t>
@@ -10499,64 +10499,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Manai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Lecommandoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Demont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Strabsourg, France</w:t>
@@ -10585,103 +10585,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the catalytic activity/selectivity of water-soluble bimetallic RuPt nanoparticles by modifying their surface metal distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donia Bouzouita</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Miguel Martinez-Pietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lippens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chaudret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">257. National Meeting of the American-Chemical-Society (ACS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10719,90 +10719,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning Coulomb blockade in ultra-small metallic nanoparticle self-assemblies, at room-temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Said-Aizpuru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Bouzouita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donia Bouzouita</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Suhail Usmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology Materials and Devices Conference (NMDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
@@ -11154,51 +11154,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Merle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mlayah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dammak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tricard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grisolia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2025.113705" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498007v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dumartin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pham" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Tass&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT02712H" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188541v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Su&#225;rez-Ria&#241;o" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Mazar&#237;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mencia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Varela-Izquierdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5GC01961C" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05437543v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leriche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damya Souami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rasseneur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996712v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Marchenko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Martin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seifallah Abid" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cretal" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MH01327A" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018587v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Jung" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geordie Creste" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mucahit Ayg&#252;n" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/EJIC.202400776" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05437573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ink" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Le Barbu-Debus" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339529v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B L Monaghan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z E Heywood" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J Studholme" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Houard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NH00407A" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318574v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Lacroix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Leitner" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bordet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c03996" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189439v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufang Fu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liji Liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Liang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayang Zhang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2023.119161" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286230v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Raya-Bar&#243;n" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Ghosh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3mh00908d" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643701v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Esvan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cc06019a" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189436v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chinaud-Chaix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernique" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nj00208j" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091979v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuhong Peng" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhong Chen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongchen Liu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.118889" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753323v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheetal Sisodiya-Amrute" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey van Stappen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rengshausen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenhui Han" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sodreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2022.01.030" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753322v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantian Jin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c01212" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03868949v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ourlin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202201724" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753319v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Shen" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anqi Sun" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingbao Mei" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2021.118252" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357494v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Levin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Luska" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202006683" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357501v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyu Zhao" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialun Luo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihua Zhao" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiangming Wang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac1708" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357498v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Fang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.158176" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412910v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Manai" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Demont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c06457" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03128626v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gillet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alves" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nh00583e" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903879v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Bouzouita" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Asensio" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Pfeifer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Palazzolo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR04384B" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403293v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Muraille" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin A Baquero" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chekroun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lagarde" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2019.116778" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320723v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Daniel&#8208;bertrand" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia&#8208;argote" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mustieles Marin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier&#8208;francesco Fazzini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202008519" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02487414v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Certiat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201905651" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001484v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Naret" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David&#8208;alexandre Buisson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202009258" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612552v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hend Houimel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rigoulet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15810-y" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02490702v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Valero" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Atzrodt" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dugave" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201914369" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570895v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhail Usmani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Mikolasek" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; S&#225;nchez Costa" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr02154g" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992469v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyue Guo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peizhu Zheng" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.0c01715" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403289v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Yang" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxian Yu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2019.09.077" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403300v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.134712" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283913v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lippens" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pieters" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR04149D" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962114v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Rothermel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias R&#246;ther" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201802065" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02075752v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Feuillastre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201813946" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02001898v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Offner-Marko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Moos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296026v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Gutmann" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201801022" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02000530v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanling Liang" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Wang" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Feng" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01998754v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Flores" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8DT00240A" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948256v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Andres" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702204" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552606v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Said-Aizpuru" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6mh00419a" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948258v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201610251" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02007753v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengwei Yue" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Pang" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Yang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940898v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Martinez-Pietro" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Cano" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marquez" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SC05551F" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02017972v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Cadiz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gay" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Wang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934979v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Lefter" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reasmey Phary Tan" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dugay" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Moln&#225;r" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2015.11.036" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z9PC29RZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018075v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Sinev" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gr&#252;nert" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018202v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Wang" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018210v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sifa He" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405657v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gr&#252;nwald" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Whitesides" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Geissler" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5SM01922B" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405645v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hennek" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Nemiroski" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Bala Subramaniam" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bwambok" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dian Yang" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201405207" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SSXMM6LF-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018894v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyong Yi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02020396v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linghua Cao" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405648v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Shepherd" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu Stan" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Snyder" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Cademartiri" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201402203" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160143v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haonan Peng" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Salmon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b01117" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01991050v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CP05250A" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018824v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2015.10.021" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1SBZ70Q-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02132951v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxin Liu" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.027" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40WM9STZ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02023113v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Flores" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto De&#8197;jes&#250;s" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023145v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nagy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Halasz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Carayon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Il&#8217;ya A Gural'Skiy" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.05.007" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BCW4CSJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405633v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Subramaniam" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Yang" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-D. Yu" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nemiroski" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1408705111" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02023759v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier F&#233;lix" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nicolazzi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201406710" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/97E93C709B7E0F0E62B1FF9D2994BC43CD9238CD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926414v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousuf Raza" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mazerat" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Aissou" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt50259g" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02134189v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Han" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2RA21998K" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403440v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Shepherd" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Quintero" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms3607" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405572v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Charra" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Mallah" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt51636a" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403438v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiguo Shen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2012.12.003" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CNC17B3S-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132907v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Shakhnovich" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM27385G" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403372v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Reus" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nijhuis" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jabulani Barber" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M Thuo" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp210445y" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403381v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Costa-Coquelard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volatron" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fleury" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huc" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1DT11568E" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403367v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Cademartiri" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp212501s" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132914v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Tran" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Wu" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Friar" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM26192H" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02134198v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efraim Feinstein" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meital Reches" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2CP40593H" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403377v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Riviere" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2dt11943a" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403364v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curtis Zaleski" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezra Depperman" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Wernsdorfer" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic2008792" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403359v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c003039b" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-HDX6BG3V-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811884v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Manai" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274479v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968973v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435750v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel L&#246;fberg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loubi&#232;re" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinrich L&#252;tjens" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339531v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Merle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mlayah" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dammak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tricard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grisolia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.materresbull.2025.113705" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498007v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Dumartin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pham" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Saffon-Merceron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Tass&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT02712H" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188541v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Su&#225;rez-Ria&#241;o" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Mazar&#237;o" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mencia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#237;ctor Varela-Izquierdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ratel-Ramond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5GC01961C" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05437543v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Leriche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Loty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damya Souami" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rasseneur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018587v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliia Marchenko" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Jung" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geordie Creste" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mucahit Ayg&#252;n" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/EJIC.202400776" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996712v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seifallah Abid" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Cretal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4MH01327A" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05437573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ink" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Le Barbu-Debus" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339529v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B L Monaghan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z E Heywood" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S J Studholme" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Houard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NH00407A" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286230v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;lvaro Raya-Bar&#243;n" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Ghosh" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Francesco Fazzini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3mh00908d" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189439v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufang Fu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liji Liu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kun Liang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiayang Zhang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2023.119161" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318574v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise-Marie Lacroix" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Leitner" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bordet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.3c03996" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643701v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Esvan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cc06019a" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189436v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chinaud-Chaix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fernique" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nj00208j" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753322v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantian Jin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuhong Peng" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c01212" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753323v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheetal Sisodiya-Amrute" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey van Stappen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rengshausen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenhui Han" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Sodreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2022.01.030" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091979v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunhong Chen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongchen Liu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.118889" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753319v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Shen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anqi Sun" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingbao Mei" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2021.118252" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03868949v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Ourlin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.202201724" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412910v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Manai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lecommandoux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Demont" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c06457" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03128626v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gillet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cher" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Alves" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nh00583e" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357501v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyu Zhao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jialun Luo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihua Zhao" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiangming Wang" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac1708" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357498v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Fang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2020.158176" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357494v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Levin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylie Luska" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202006683" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02570895v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suhail Usmani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Mikolasek" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; S&#225;nchez Costa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rigoulet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nr02154g" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403289v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Yang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laxian Yu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2019.09.077" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992469v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuyue Guo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peizhu Zheng" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.iecr.0c01715" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903879v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Bouzouita" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Manuel Asensio" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Pfeifer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Palazzolo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lecante" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0NR04384B" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02487414v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Certiat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia-Argote" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201905651" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320723v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Daniel&#8208;bertrand" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Garcia&#8208;argote" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mustieles Marin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier&#8208;francesco Fazzini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202008519" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403293v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Muraille" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin A Baquero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chekroun" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lagarde" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlumin.2019.116778" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001484v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Naret" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David&#8208;alexandre Buisson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202009258" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02490702v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Valero" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Atzrodt" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dugave" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201914369" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612552v2" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hend Houimel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15810-y" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403300v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2019.134712" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283913v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lippens" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pieters" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR04149D" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962114v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Rothermel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias R&#246;ther" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201802065" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02075752v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Feuillastre" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201813946" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02001898v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Offner-Marko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Moos" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02296026v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Gutmann" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201801022" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01998754v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coppel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Flores" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaudret" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8DT00240A" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02000530v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanling Liang" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ning Wang" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Feng" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940898v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Miguel Martinez-Pietro" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Israel Cano" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marquez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6SC05551F" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948256v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Andres" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201702204" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552606v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Said-Aizpuru" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6mh00419a" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948258v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201610251" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02007753v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pengwei Yue" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Pang" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Yang" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018075v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilya Sinev" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gr&#252;nert" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01934979v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantin Lefter" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reasmey Phary Tan" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dugay" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#225;bor Moln&#225;r" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2015.11.036" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z9PC29RZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018210v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sifa He" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018202v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Wang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02017972v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Cadiz" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gay" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Wang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405657v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gr&#252;nwald" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Whitesides" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Geissler" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5SM01922B" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018824v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2015.10.021" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V1SBZ70Q-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02132951v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianxin Liu" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2015.05.027" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40WM9STZ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02018894v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoyong Yi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02020396v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linghua Cao" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405645v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Hennek" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Nemiroski" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anand Bala Subramaniam" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bwambok" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dian Yang" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201405207" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SSXMM6LF-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405648v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Shepherd" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudiu Stan" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Snyder" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Cademartiri" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.201402203" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01160143v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haonan Peng" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Salmon" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b01117" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01991050v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C4CP05250A" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02023759v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier F&#233;lix" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nicolazzi" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201406710" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/97E93C709B7E0F0E62B1FF9D2994BC43CD9238CD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02023145v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nagy" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Halasz" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Carayon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Il&#8217;ya A Gural'Skiy" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.05.007" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BCW4CSJ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02023113v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Flores" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto De&#8197;jes&#250;s" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405633v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Subramaniam" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Yang" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.-D. Yu" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nemiroski" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1408705111" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02134189v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lijuan Han" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Wang" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2RA21998K" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926414v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousuf Raza" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mazerat" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Aissou" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt50259g" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403440v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Shepherd" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Quintero" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms3607" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02405572v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Charra" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Mallah" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3dt51636a" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403438v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiguo Shen" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2012.12.003" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CNC17B3S-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132907v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Shakhnovich" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM27385G" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403372v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Reus" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Nijhuis" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jabulani Barber" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin M Thuo" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp210445y" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403367v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovico Cademartiri" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp212501s" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403381v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Costa-Coquelard" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Volatron" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fleury" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huc" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C1DT11568E" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02134198v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efraim Feinstein" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meital Reches" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2CP40593H" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132914v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivian Tran" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Wu" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Friar" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM26192H" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403377v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Riviere" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2dt11943a" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403364v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curtis Zaleski" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezra Depperman" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Wernsdorfer" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic2008792" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02403359v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c003039b" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-HDX6BG3V-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811884v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Manai" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274479v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968973v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435750v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel L&#246;fberg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Loubi&#232;re" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinrich L&#252;tjens" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>