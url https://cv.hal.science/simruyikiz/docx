--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -169,1789 +169,1789 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les silences brisés : trajectoire de subjectivation après l’abus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Kirazian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, T. 43 (N° 2(2)), pp.247-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.116.0056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05506066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La gémellité homozygote à l’épreuve de la fin d’adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haya Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Pheulpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Prigent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dialogue. Familles &amp; couples</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 246 (1), pp.41-57. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/dia.246.0041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05147593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...26 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pornographie en ligne : initiation ou retrait ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l'enfance et de l'adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (2), pp.85-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cead.012.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La double limite et le travail de la figurabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, T. 43 (N° 2(2)), pp.247-259. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ado.116.0056⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 42 (2(2)), pp.293-305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.114.0105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dystopies : un besoin de sens chez les adolescents ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Contester la norme, n° 160 (2024/1), pp.81-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/top.160.0081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indifférenciation et perte mélancolique d’objet chez une jeune jumelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05506066v1</w:t>
-[...28 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Marie-Christine Pheulpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haya Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Divan Familial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Argent, couple, famille, n° 51 (2023/2), pp.167-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/difa.051.0167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rêverie adolescente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfances &amp; Psy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, N° 95 (1), pp.77-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ep.095.0077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The End of Adolescence, Becoming an Adult: From Reverie to the Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psychoanalytic Study of the Child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 76 (1), pp.168-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00797308.2021.2016318⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régression et haine dans le groupe de pairs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 42 (2(2)), pp.293-305. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ado.114.0105⟩</w:t>
+              <w:t xml:space="preserve">, 2022, En réseau, t. 40, n° 2 (2022/2), pp.337-348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.110.0337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La pornographie en ligne : initiation ou retrait ?</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un dialogue délirant entre père et fils. Fantasmes pédophiles et meurtriers chez le Dr Schreber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de l'enfance et de l'adolescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cead.012.0085⟩</w:t>
+              <w:t xml:space="preserve">Cliopsy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (1), pp.15-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cliop.027.0015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « projet adulte » de l’adolescent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, Contester la norme, n° 160 (2024/1), pp.81-96. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/top.160.0081⟩</w:t>
+              <w:t xml:space="preserve">, 2021, n° 151 (1), pp.61-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/top.151.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Finir l’adolescence, devenir adulte : de la rêverie au projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enfances &amp; Psy </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, N° 95 (1), pp.77-88. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ep.095.0077⟩</w:t>
+              <w:t xml:space="preserve">, 2021, N° 89 (1), pp.162-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ep.089.0162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narcissisme et relations d’objet chez les jumeaux monozygotes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Vibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Pheulpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Prigent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haya Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Divan Familial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/difa.051.0167⟩</w:t>
+              <w:t xml:space="preserve">Recherches en psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 28 (2019/2), pp.101-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rep1.028.0101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Groupe du jeu Dixit®, une médiation projective pour les adolescents ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florian Houssier</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Béziat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoanalytic Study of the Child</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00797308.2021.2016318⟩</w:t>
+              <w:t xml:space="preserve">Revue de psychothérapie Psychanalytique de Groupes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 74 (1), pp.145-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rppg.074.0145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Régression et haine dans le groupe de pairs</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narcissisme et relations d’objet chez les jumeaux monozygotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Viber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Pheulpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Prigent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adolescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ado.110.0337⟩</w:t>
+              <w:t xml:space="preserve">Recherches en psychanalyse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 28 (2), pp.101-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rep1.028.0101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...126 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03868273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les violences à l’encontre des femmes sur les réseaux sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, n° 151 (1), pp.61-76. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/top.151.0065⟩</w:t>
+              <w:t xml:space="preserve">, 2018, n° 143 (2), pp.125-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/top.143.0125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Finir l’adolescence, devenir adulte : de la rêverie au projet</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From biography to theory: the role of Anna Freud in the emergence of the ‘adolescent process’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florian Houssier</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Enfances &amp; Psy </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ep.089.0162⟩</w:t>
+              <w:t xml:space="preserve">The Scandinavian Psychoanalytic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40 (2), pp.147-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01062301.2018.1430727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Florian Houssier</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04134150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénéfices du conformisme dans un lycée turc post-républicain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...351 lines deleted...]
-                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gökçe Tuncel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topique : La psychanalyse aujourd'hui [Revue freudienne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, n° 143 (2), pp.125-138. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/top.143.0125⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 140 (3), pp.67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/top.140.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...111 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...67 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04134208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Ego Ideal and Ideal Ego in Depression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Yansıtma : Psikopatoloji ve Projektif Testler Dergisi [The journal of psychopathology and projective tests]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2002,1325 +2002,1325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Devenir adulte : le projet comme enjeu contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les choix à l’adolescence ou l’inquiétante incertitude</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Liège, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Entre idéalisation et destructivité : les femmes face aux violences numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Antenne Vendéenne du CRIAVS Pays de la Loire, Jun 2025, Visio Conférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05147762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison between a Rorschach protocol with GID MtoF, and two protocoles without GID (male/female), according to the psychodynamic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les choix à l’adolescence ou l’inquiétante incertitude</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Liège, Belgique</w:t>
+              <w:t xml:space="preserve">XXIVth Congress of the International Society of the Rorschach and Projective Methods - Tradition and new developments in the second century with the Rorschach and projective methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society of the Rorschach and Projective Methods, Jul 2024, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La quête du sens du jeune adulte : entre la perte et le projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Caméléon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marion Haza; Association CAMÉLÉON, Clinique, Adolescence, Modernité, Jun 2024, Visioconférence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rethinking T.A.T. : A Contemporary Lens on Gender Issues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-David Camps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Smaniotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bengi Düşgör</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIV Congress of the International Society for the Rorschach and Projective Methodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for the Rorschach and Projective Methodes (ISR), Jul 2024, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devenir adulte : Regards croisés sur les trajectoires féminines et masculines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identité et sexualités à l’adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Paris Nord; Université d'Istanbul; Université de Poitiers, Sep 2024, Istanbul, Turquie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le syndrome du nid vide, où l'impact du départ des jeunes adultes sur le couple parental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Être parents d’adolescents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Paris Nord; Florian Houssier; Simruy Ikiz, Feb 2024, Aubervilliers (Campus Condorcet), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir adulte : de la rêverie au projet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du CAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Clinique de l’Acte et PsychoSexualité (CAPS RPpsy) [Université de Poitiers], Jun 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homozygous twinhood in late adolescence: the work of differentiation and the “unicty complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Vibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haya Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+                <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Pheulpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIV Congress of the International Society for the Rorschach and Projective Methodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for the Rorschach and Projective Methodes (ISR), Jul 2024, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Becoming oneself: the process of differentiation in the transition to adulthood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIV Congress of the International Society for the Rorschach and Projective Methodes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, nternational Society for the Rorschach and Projective Methodes (ISR), Jul 2024, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dreaming of the Future: The Role of the Capacity for Reverie in the Transition to Adulthood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXIV Congress of the International Society for the Rorschach and Projective Methodes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for the Rorschach and Projective Methodes (ISR), Jul 2024, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pornographie en ligne initiation ou retrait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre sexuelles à l’adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège International de l'Adolescence; Université Catholique de Lyon (UCLY), Nov 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le TAT à l’épreuve du genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-David Camps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bengi Düşgör</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tevfika Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème Colloque du Réseau international Méthodes projectives et psychanalyse, avec la participation de la Société du Rorschach et des méthodes projectives de langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fin de l’adolescence et le devenir adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Caméléon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Marion Haza; Association CAMÉLÉON, Clinique, Adolescence, Modernité, Jun 2024, Visioconférence, France</w:t>
+              <w:t xml:space="preserve">, Marion Haza; Association CAMÉLÉON, Clinique, Adolescence, Modernité, May 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations des couples homosexuels au TAT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Marchand</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-David Camps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois-David Camps</w:t>
+                <w:t xml:space="preserve">Bengi Düşgör</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Barbara Smaniotto</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tevfika Ikiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...413 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Colloque du Réseau international Méthodes projectives et psychanalyse, avec la participation de la Société du Rorschach et des méthodes projectives de langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04476579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...261 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Médiation projective avec le jeu Dixit®</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de conférences 2023-2024 : « Rencontres autour des médiations thérapeutiques »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société lorraine de psychologie (SLP), Dec 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3339,609 +3339,609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dystopies : un besoin de sens chez les adolescents ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le récit dystopique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association international des interactions de la psychanalyse (A2IP); Simruy IKIZ; Sophie de MIJOLLA-MELLOR, Sep 2022, Paris (en ligne), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devenir adulte, un travail de différenciation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se séparer, devenir sujet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Florian Houssier; Dominique Mazéas; Simruy Ikiz, Jan 2022, Villetaneuse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makale tanitimi &amp;quot;Klinik arastirmalar isiginda psikopatoloji ve projektif testler&amp;quot; isimli kitabin icinde : REVERIE’DEN PROJEYE; ERGENLİĞİ BİTİRMEK, YETİŞKİN OLMAK; PSİKANALİTİK VE PROJEKTİF YAKLAŞIM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klinik arastirmalar isiginda psikopatoloji ve projektif testler</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tevfika IKIZ, Feb 2022, zoom, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510659v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discutante de l'intervention du Pr. Thomas Rabeyron sur &amp;quot; Adolescence et virtuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adolescence et virtuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Clinique des apprentissages (CLINAP), Jan 2022, ZOOM, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devenir adulte : de la rêverie au projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Société de Rorschach et Méthodes Projectif Turque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, ISTANBUL, Turquie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le processus adolescent à l'épreuve de la gémellité : repères théoriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le lien fraternel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Sorbonne Paris Nord; Université d'Istanbul, Jun 2022, Istanbul, Turquie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’identité de jeune adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Age et identité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association international des interactions de la psychanalyse (A2IP), Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discutante dans le colloque : « L’adolescent face à son corps »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« L’adolescent face à son corps »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CILA, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...412 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la rêverie au projet : Le devenir adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIII Congrèss of the International Society for the Rorschach and Projective Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for the Rorschach and Projective Methods (ISR), Jul 2021, Geneve, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3966,51 +3966,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation de l'article dans l'ouvrage: La latence période et processus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présentation d'ouvrage: Débats en psychanalyse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Psychanalytique de Paris (SPP)., Sep 2021, ZOOM, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4035,51 +4035,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet adulte de l’adolescent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sublimation et symbolisation à l’adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association international des interactions de la psychanalyse (A2IP), Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4098,471 +4098,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Violence faite aux femmes sur des réseaux sociaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Violences faites aux femmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l’Association Internationale Interactions de la Psychanalyse (A2IP), Jan 2018, Paris Auditorium du Grand Palais, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510692v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Finir l’adolescence, devenir adulte : de la rêverie au projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Doctorales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 2, Apr 2018, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de cas : Alice 19 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Doctorale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 13, UTRPP,, Jun 2018, Villetaneuse (Université Paris 13), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du rêve adolescent au projet adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Passage(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Tunis, Oct 2018, Tunis, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Devenir adulte : continuité ou rupture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transformations : entre continuité et rupture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris 13, Jun 2018, Villetaneuse (Université Paris 13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finir l’adolescence, devenir adulte : de la rêverie au projet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Doctorales PCPP : Temporalité(e)-s</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Descartes, May 2018, Boulogne Billancourt, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04510632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...274 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une autre voie de détournement de la passivité : la décompensation schizophrénique à l’Adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIIe Congrès de la Société Internationale du Rorschach et des Méthodes Projectives : Actualités des recherches et des pratiques en psychologie projective. Nouvelles problématiques, nouvelles découvertes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Internationale du Rorschach et des Méthodes Projectives / International Society of the Rorschach &amp; Projective Methods (ISR), Jul 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4587,51 +4587,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénéfices du Conformisme : Exemple d’un lycée Turc post-républicain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gökçe Tuncel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4701,51 +4701,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inquiétante fin d’adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude, Un homme, une œuvre. L’inquiétante étrangeté : de la clinique à la créativité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4770,51 +4770,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une autre voie de détournement de la passivité : La Décompensation Schizophrénique à l’Adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les psychothérapies de l’adolescent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4839,51 +4839,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Ego Ideal in Depression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 SPA Annual Convention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, New york, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4940,64 +4940,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être parent d'adolescent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions In Press; In Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Ouvertures psy, 978-2-38642-307-9</w:t>
             </w:r>
           </w:p>
@@ -5024,51 +5024,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fine dell’adolescenza : diventare se stessi. Dalle fantasticherie al progetto adulto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan Italia, 166 p., 2024, Psykhé, 9788878924772</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5086,51 +5086,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fin d’adolescence, ou comment devenir soi : de la rêverie au projet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 185 p., 2023, Espaces théoriques, 978-2-14-049650-9</w:t>
             </w:r>
           </w:p>
@@ -5183,702 +5183,702 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tendresse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Pare-excitations pour le dedans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Givre &amp; Florian Houssier (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire psychanalytique de la clinique adolescente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions In Press, pp.353-357, 2025, 978-2-38642-526-4</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions In Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.271-274, 2025, 978-2-38642-526-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05147738v1</w:t>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">hal-05147702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narcissisme moral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Givre &amp; Florian Houssier (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire psychanalytique de la clinique adolescente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions In Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.251-254, 2025, 978-2-38642-526-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditions In Press</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-05147702v1</w:t>
+                <w:t xml:space="preserve">hal-05147692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narcissisme moral</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Conduites de dépendance aux réseaux et à la pornographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Givre &amp; Florian Houssier (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire psychanalytique de la clinique adolescente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions In Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.251-254, 2025, 978-2-38642-526-4</w:t>
+              <w:t xml:space="preserve">, pp.117-122, 2025, 978-2-38642-526-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05147692v1</w:t>
+                <w:t xml:space="preserve">hal-05147685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conduites de dépendance aux réseaux et à la pornographie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Le syndrome du nid vide, ou l’impact du départ des jeunes adultes sur le couple parental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simruy Ikiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florian Houssier et Simruy Ikiz Collino (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Être parent d'adolescent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions In Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.167-183, 2025, Ouvertures psy, 978-2-38642-307-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pres.houss.2025.01.0167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05147590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tendresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Givre &amp; Florian Houssier (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire psychanalytique de la clinique adolescente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">, pp.117-122, 2025, 978-2-38642-526-4</w:t>
+              <w:t xml:space="preserve">, Éditions In Press, pp.353-357, 2025, 978-2-38642-526-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...74 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pres.houss.2025.01.0167⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05147590v1</w:t>
+                <w:t xml:space="preserve">hal-05147738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fin d’adolescence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Rêverie/Rêvasserie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Givre; Florian Houssier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire psychanalytique des processus adolescents. Volume 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions In press, pp.117-122, 2024, 978-2-84835-891-8</w:t>
+              <w:t xml:space="preserve">, Éditions In press, pp.233-236, 2024, 978-2-84835-891-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04510616v1</w:t>
+                <w:t xml:space="preserve">hal-04643782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rêverie/Rêvasserie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Identification(s) : Projet identificatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Givre; Florian Houssier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire psychanalytique des processus adolescents. Volume 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions In press, pp.233-236, 2024, 978-2-84835-891-8</w:t>
+              <w:t xml:space="preserve">, Éditions In press, pp.151-153, 2024, 978-2-84835-891-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04643782v1</w:t>
+                <w:t xml:space="preserve">hal-04643778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification(s) : Projet identificatoire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fin d’adolescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Givre; Florian Houssier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulaire psychanalytique des processus adolescents. Volume 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions In press, pp.151-153, 2024, 978-2-84835-891-8</w:t>
+              <w:t xml:space="preserve">, Éditions In press, pp.117-122, 2024, 978-2-84835-891-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04643778v1</w:t>
+                <w:t xml:space="preserve">hal-04510616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reverie’den projeye : ergenligi bitirmek ve yetiskin olmak ; psikanalitik ve projektif yaklasim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Klinik Araştırmalar Işığında Psikanalitik Psikopatoloji ve Projektif Testler</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Baglam, 2022, 9786059911849</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5903,51 +5903,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir adulte, un travail de différenciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florian Houssier; Dominique Mazéas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Se séparer, devenir sujet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -5989,64 +5989,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fin d’adolescence, l’ouverture élaborative d’une seconde latence ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Houssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La latence, période et processus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de France, pp.89-99, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6112,51 +6112,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pornographie en ligne et processus adolescent : entre étayage et retrait [Webinaire]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simruy Ikiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6264,51 +6264,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="693CD8CF"/>
+    <w:nsid w:val="C08722F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6495,51 +6495,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simruyikiz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7581-5656" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147593v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Houssier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haya Haidar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Pheulpin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Prigent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simruy Ikiz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.246.0041" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506066v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Kirazian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.116.0056" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147650v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.114.0105" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147549v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cead.012.0085" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510561v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.160.0081" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134170v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.095.0077" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510566v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.051.0167" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134152v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00797308.2021.2016318" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510569v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.110.0337" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134181v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cliop.027.0015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134187v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.151.0065" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134183v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.089.0162" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03868273v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Viber" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep1.028.0101" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510574v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Vibert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134192v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;ziat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rppg.074.0145" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134196v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.143.0125" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134150v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01062301.2018.1430727" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134208v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;k&#231;e Tuncel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.140.0067" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510619v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147762v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147789v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510710v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510754v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510748v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510767v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510745v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Marchand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-David Camps" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Smaniotto" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bengi D&#252;&#351;g&#246;r" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510720v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602770v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476608v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510733v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476579v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-David Camps" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevfika Ikiz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510756v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476573v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510706v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510763v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510701v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510662v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208966v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510697v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510659v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510667v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510703v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510715v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510730v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510655v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510693v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510637v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510632v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510627v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510692v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510641v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510712v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510726v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510687v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510645v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510673v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510678v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147577v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/etre-parent-d-adolescent--9782386423079?lang=fr" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510585v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510583v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_fin_d_adolescence_ou_comment_devenir_soi_de_la_reverie_au_projet_d_adulte_simruy_ikiz-9782140496509-77668.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147738v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147702v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/vocabulaire-psychanalytique-de-la-clinique-adolescente/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147692v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147685v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147590v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/etre-parent-d-adolescent--9782386423079-page-167" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.houss.2025.01.0167" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510616v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643782v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643778v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510595v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510590v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/se-separer-devenir-sujet/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510578v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.angel.2021.01.0089" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506071v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/simruyikiz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7581-5656" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506066v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Kirazian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simruy Ikiz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.116.0056" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147593v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Houssier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haya Haidar" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Pheulpin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Prigent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.246.0041" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147549v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cead.012.0085" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147650v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.114.0105" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510561v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.160.0081" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510566v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.051.0167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134170v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.095.0077" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134152v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00797308.2021.2016318" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510569v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.110.0337" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134181v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cliop.027.0015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134187v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.151.0065" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134183v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.089.0162" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510574v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Vibert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep1.028.0101" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134192v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine B&#233;ziat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rppg.074.0145" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-03868273v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Viber" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134196v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.143.0125" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134150v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01062301.2018.1430727" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04134208v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;k&#231;e Tuncel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.140.0067" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510619v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147789v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147762v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476608v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Marchand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510767v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510745v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-David Camps" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Smaniotto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bengi D&#252;&#351;g&#246;r" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510720v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602770v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510710v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510754v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510748v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510733v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510706v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476573v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-David Camps" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevfika Ikiz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510756v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476579v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510763v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510703v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510697v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510659v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510667v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208966v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510715v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510701v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510662v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510730v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510655v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510693v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510692v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510627v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510641v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510712v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510637v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510632v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510726v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510687v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510645v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510673v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510678v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147577v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/etre-parent-d-adolescent--9782386423079?lang=fr" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510585v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510583v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-la_fin_d_adolescence_ou_comment_devenir_soi_de_la_reverie_au_projet_d_adulte_simruy_ikiz-9782140496509-77668.html" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147702v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/vocabulaire-psychanalytique-de-la-clinique-adolescente/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147692v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147685v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147590v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.cairn.info/etre-parent-d-adolescent--9782386423079-page-167" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pres.houss.2025.01.0167" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147738v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643782v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643778v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510616v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510595v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510590v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/se-separer-devenir-sujet/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510578v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.angel.2021.01.0089" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506071v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>