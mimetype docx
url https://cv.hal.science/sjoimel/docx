--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,1009 +66,5645 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban Agricultural Soil</w:t>
+                <w:t xml:space="preserve">Within-field flower strips effect on Collembola assemblages over time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Joimel</w:t>
+                <w:t xml:space="preserve">Sékou F.M. Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania de Almeida</w:t>
+                <w:t xml:space="preserve">Juliette Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Grard</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laure Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier de Carville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Soil Science : Sustainable Management of Agricultural Soils</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+              <w:t xml:space="preserve">Pedobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 114, pp.151109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pedobi.2025.151109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05267668v1</w:t>
+                <w:t xml:space="preserve">hal-05545807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Biodiversity of Agricultural Soils</w:t>
-[...46 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agriculture de conservation des sols et transition agroécologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Boizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Scopel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Jézéquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Alletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Soil Science: Sustainable Management of Agricultural Soils</w:t>
-[...43 lines deleted...]
-                <w:t xml:space="preserve">hal-05460621v1</w:t>
+              <w:t xml:space="preserve">Notes académiques de l'Académie d'agriculture de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (2), pp.13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58630/pubac.not.a95573⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04989829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La biodiversité des sols agricoles.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Resilience of Collembola communities to extreme drought is moderated by land use at a regional scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ganault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rakoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agropédologie : Gestion durable des sols agricoles</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05460079v1</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 205, pp.105751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2024.105751⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04920048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversité tellurique en agriculture de conservation des sols</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Inter- and intra-site variation of microarthropod communities in urban parks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Baraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'agriculture de conservation des sols</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-04862712v1</w:t>
+              <w:t xml:space="preserve">Pedobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 111, pp.151061. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pedobi.2025.151061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les services écosystémiques rendus par les agricultures urbaines</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A complex relationship between cropping systems and soil macrofauna: Influence of practice intensity, taxa and traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Chassain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les agricultures urbaines en France</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03855568v1</w:t>
+              <w:t xml:space="preserve">Pedobiologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 105, pp.150974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pedobi.2024.150974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Educating for an Integrated Management of Coastal Zone: An Example of a Course Initiating to an Applied Multidisciplinary Approach</w:t>
-[...72 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trait concepts, categories, and databases in soil invertebrates ecology – ordering the mess</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Potapov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolution of Marine Coastal Ecosystems under the Pressure of Global Changes</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04485207v1</w:t>
+              <w:t xml:space="preserve">Soil Organisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 96 (3), pp.151-156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25674/431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04920060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La faune du sol - Déterminants de la structure des communautés et impacts sur le fonctionnement du sol</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Indicators of practice intensity unearth the effects of cropping systems on soil mesofauna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Chassain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mickael Hedde</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sols au coeur de la zone critique - 6 - écologie</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01810429v1</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 362, pp.108854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2023.108854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Global fine-resolution data on springtail abundance and community structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton M Potapov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ting-Wen Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia V Striuchkova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juha M Alatalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douglas Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (1), pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02784-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04373947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The role of green roofs as urban habitats for biodiversity modulated by their design: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sékou F M Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Provent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rousset-Rouvière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (7), pp.073003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-9326/acd801⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04171456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Globally invariant metabolism but density-diversity mismatch in springtails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Potapov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan van den Hoogen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatoly Babenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.674. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-36216-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03979986v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collembola taxonomic and functional diversity in conventional, organic and conservation cropping systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Chassain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Soil Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 118, pp.103530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejsobi.2023.103530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04653503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fostering the use of soil invertebrate traits to restore ecosystem functioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Beaumelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Barantal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 424, pp.116019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03706128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A common framework for developing robust soil fauna classifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blight</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria J.I. Briones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Brauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geoderma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 426, pp.116073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoderma.2022.116073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collembola dispersion, selection, and biological interactions in urban ecosystems: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Jules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (3), pp.2123-2133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10311-022-01406-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collembola are Among the Most Pesticide‐Sensitive Soil Fauna Groups: A Meta‐Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Chassain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Artru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Faburé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Toxicology and Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41 (10), pp.2333-2341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/etc.5428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">One green roof type, one Technosol, one ecological community</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénélope Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Mondy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 175, pp.106475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2021.106475⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing the future trends of soil trace metal contents in French urban gardens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xueqian Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Sterckeman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (3), pp.3900-3917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-021-15679-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluation des services écosystémiques fournis par les sols de micro-fermes urbaines : Méthodologie et retours d'expériences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Giacche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Étude et Gestion des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (1), pp.31-48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early colonization of constructed technosol by microarthropods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Santorufo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Deremiens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Grisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 162, pp.106174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2021.106174⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution of chemical inputs on the trace elements concentrations of surface soils in urban allotment gardens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Noël Consalès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Sophie Haudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.328-337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11368-020-02784-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03119511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functional and Taxonomic Diversity of Collembola as Complementary Tools to Assess Land Use Effects on Soils Biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Henning Krogh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.630919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2021.630919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Role of different size classes of organisms in cropped soils: What do litterbag experiments tell us? A meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Chassain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soil Biology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 162, pp.108394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.soilbio.2021.108394⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Rich Diversity of Urban Allotment Gardens in Europe: Contemporary Trends in the Context of Historical, Socio-Economic and Legal Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lidia Poniży</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Latkowska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jürgen Breuste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Hursthouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (19), pp.11076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su131911076⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simplified performance assessment methodology for addressing soil quality of nature-based solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryad Bouzouidja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jitka Hanzlikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Sněhota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Le Guern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, pp.1909-1927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11368-020-02731-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02926120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrasting homogenization patterns of plant and collembolan communities in urban vegetable gardens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlie Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Magnus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Machon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urban Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (3), pp.553-566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11252-019-00843-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of Geogenic Lead on Fungal and Collembolan Communities in Garden Topsoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Capiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pedosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (2), pp.215-226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1002-0160(18)60022-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intraspecific body size variability in soil organisms at a European scale: implications for functional biogeography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Henning Krogh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Violle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (11), pp.2562-2570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.13194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01857292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial variability of trace elements in allotment gardens of four European cities: assessments at city, garden, and plot scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliane Jean-Soro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Hursthouse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaba Agboola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (2), pp.391-406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11368-016-1515-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01655399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Are Collembola “flying” onto green roofs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Doaré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 111, pp.117-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoleng.2017.12.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01662248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban and industrial land uses have a higher soil biological quality than expected from physicochemical quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sayuri Kiyota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Henning Krogh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 584-585, pp.614-621. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.01.086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01507698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physico-chemical characteristics of topsoil for contrasted forest, agricultural, urban and industrial land uses in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudy C. Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Saby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie-Denise Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 545, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.12.035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01260994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l'argument à l'action : la biodiversité au service des jardins familiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Consalès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloé Jareno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projets de paysage : revue scientifique sur la conception et l'aménagement de l'espace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/paysage.9603⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01282567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A thesaurus for soil invertebrate trait-based approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Angélique Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Nahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), pp.e108985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0108985⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01075572v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Current use of and future needs for soil invertebrate functional traits in community ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Nahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (3), pp.194-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2014.03.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01005001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Searching for a more sensitive earthworm species to be used in pesticide homologation tests - A meta-analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pelosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Makowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 90 (3), pp.895-900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2012.09.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01000346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Biodiversity of Agricultural Soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Niboyet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Coquet; Joël Michelin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agricultural Soil Science: Sustainable Management of Agricultural Soils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.25-61, 2025, Online ISBN: 9781394361809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781394361809.ch2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sols agricoles urbains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Coquet; Joël Michelin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gestion durable des sols agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chapitre 10, ISTE Editions, pp. 287-310, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51926/ISTE.9185.ch10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La biodiversité des sols agricoles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Niboyet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Coquet; Joel Michelin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agropédologie : Gestion durable des sols agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE Edition; Paris, pp.27-67., 2025, ISBN papier : 9781789481853 ; ISBN ebook : 9781789491852. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51926/ISTE.9185.ch2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05460079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban Agricultural Soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Coquet; Joël Michelin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agricultural Soil Science : Sustainable Management of Agricultural Soils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chap. 10, ISTE Editions; Wiley, pp.273-296, 2025, 9781394361809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/9781394361809.chap10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biodiversité tellurique en agriculture de conservation des sols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cordeau, Stéphane; Maron, Pierre-Alain; Sarthou, Jean-Pierre; Chauvel, Bruno. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'agriculture de conservation des sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.155-171, 2024, collection Savoir faire, 978-2-7592-3566-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les services écosystémiques rendus par les agricultures urbaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Stella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Fargue-Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Clerino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Redlingshofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les agricultures urbaines en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Savoir faire, 9782759235636</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Educating for an Integrated Management of Coastal Zone: An Example of a Course Initiating to an Applied Multidisciplinary Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mariojouls</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sahuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Raffournier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ceccaldi, H.J.; Hénocque, Y.; Komatsu, T.; Prouzet, P.; Sautour, B.; Yoshida, J. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evolution of Marine Coastal Ecosystems under the Pressure of Global Changes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.501-508, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-43484-7_33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04485207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La faune du sol - Déterminants de la structure des communautés et impacts sur le fonctionnement du sol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Nahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les sols au coeur de la zone critique - 6 - écologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, volume 6, Chapitre 6, ISTE Editions, pp.105-117, 2018, Collection Système Terre - Environnement - Série Les sols, 9781784053840</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01810429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact des invertébrés sur les fonctions des sols et leurs applications dans les systèmes sol-plante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Blanchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Blouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Capowiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sols et la vie souterraine : des enjeux majeurs en agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapitre 6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QUAE</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 328 p., 2017, 978-2-7592-2651-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1078,9353 +5714,4959 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet MARMITE – typologie des pratiques maraîchères vis-à-vis du travail du sol et des apports de matières organiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Rapiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Barrier-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Giacche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17èmes Journées d'Etude des Sols JES 2025 "Sols, fonctions et transition"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFES, Association Française pour l'Etude du Sol, Jul 2025, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation des digestats par extraction des fractions biostimulantes et évaluation de leurs effets sur la croissance des plantes et la biodiversité du sol (Projet ValoDig)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Richard-Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vieublé Gonod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Lot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Recherche Innovation Biogaz Méthanisation (JRI 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Pau (FRA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Urban Park Management Practices on Mesofaune Communities</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Contribution de l'agriculture de conservation des sols à la transition agroécologique. Discours introductif de la séance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Boizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Alletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roger-Estrade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Global Soil Biodiversity Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GSBI, Global Soil Biodiversity Initiative, Mar 2023, Dublin, Ireland. pp.abstract no 550</w:t>
+              <w:t xml:space="preserve">Conférence des séances hebdomadaires publiques de l'Académie des Sciences. L'agriculture de conservation des sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04761895v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’agriculture de conservation sur la biodiversité des sols.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">De l’agronomie à l’écologie : Utiliser des indicateurs pour illustrer les effets des systèmes de culture sur la biodiversité des sols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Chassain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Vieublé Gonod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séance de l'Académie d’Agriculture de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">16èmes Journées d'Etude des Sols "Les sols et les systèmes alimentaires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFES, Association Française d'Etude des Sols; Institut Agro, Jun 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04902973v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction à l’analyse des données multivariées sur les traits</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+                <w:t xml:space="preserve">Effet de l’agriculture de conservation sur la biodiversité des sols.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées TEBIS (Traits Écologiques et Biologiques des organismes des Sols)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AgroParisTech; FIRE Fédération Île-de-France de Recherche sur l’Environnement; Université Paris-Saclay - Graduate School Biosphera, Nov 2023, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Séance de l'Académie d’Agriculture de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706015v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04902973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’agronomie à l’écologie : Utiliser des indicateurs pour illustrer les effets des systèmes de culture sur la biodiversité des sols</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Effects of Urban Park Management Practices on Mesofaune Communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Mara Campos De Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sekou Fanta Mady Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure Vieublé Gonod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes Journées d'Etude des Sols "Les sols et les systèmes alimentaires"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFES, Association Française d'Etude des Sols; Institut Agro, Jun 2023, Dijon, France</w:t>
+              <w:t xml:space="preserve">3rd Global Soil Biodiversity Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GSBI, Global Soil Biodiversity Initiative, Mar 2023, Dublin, Ireland. pp.abstract no 550</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04500961v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04761895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution de l'agriculture de conservation des sols à la transition agroécologique. Discours introductif de la séance.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Roger-Estrade</w:t>
+                <w:t xml:space="preserve">Introduction à l’analyse des données multivariées sur les traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence des séances hebdomadaires publiques de l'Académie des Sciences. L'agriculture de conservation des sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">11èmes Journées TEBIS (Traits Écologiques et Biologiques des organismes des Sols)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AgroParisTech; FIRE Fédération Île-de-France de Recherche sur l’Environnement; Université Paris-Saclay - Graduate School Biosphera, Nov 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04146561v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité des sols en milieu urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sékou Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop Benchmarks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ECOSYS, INRAE, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04538071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of Fauna Communities on Newly Installed Rooftop Gardens</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Functional Traits Inform Ecological Processes Underlying Global Collembola Diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ting‐wen Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matty Berg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Deharveng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Global Soil Biodiversity Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GSBI, Global Soil Biodiversity Initiative, Mar 2023, Dublin, Ireland. pp.abstract no 554</w:t>
+              <w:t xml:space="preserve">3. Global Soil Biodiversity Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GSBI, Global Soil Biodiversity Initiative, Mar 2023, Dublin, Ireland. pp.abstract no 240</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04761843v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04761548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional Traits Inform Ecological Processes Underlying Global Collembola Diversity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of Fauna Communities on Newly Installed Rooftop Gardens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Mara Campos De Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Chenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Global Soil Biodiversity Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GSBI, Global Soil Biodiversity Initiative, Mar 2023, Dublin, Ireland. pp.abstract no 240</w:t>
+              <w:t xml:space="preserve">3rd Global Soil Biodiversity Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GSBI, Global Soil Biodiversity Initiative, Mar 2023, Dublin, Ireland. pp.abstract no 554</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04761548v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04761843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unearthing the effect of cropping systems on soil biodiversity: indicators to describe disturbances caused by agricultural practices Oral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Chassain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Barbottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gardarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Vieublé Gonod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE2 GfÖ EEF Joint meeting international conference on ecological sciences. Ecology and evolution : new perspectives and societal challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04471013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A large database on functional traits for soil ecologists: BETSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanne Nahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Auclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beaumelle Léa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Symposium on Soil Biodiversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FAO, Apr 2021, Roma, Italy. pp.523-528</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03581637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Functional Traits of Soil Organisms in Ecological Engineering to restore sustainable SUITMA: A Promising Approach?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Auclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Beaumelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Barantal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bligth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Chauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA10)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Seoul University, Jun 2019, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel est le rôle de la diversité fonctionnelle des bandes fleuries sur les communautés d'invertébrés du sol et les fonctions écologiques dans les cultures de colza ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La qualité des sols des jardins associatifs urbains français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Gardarin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEBIS V, Traits écologiques et biologiques des invertébrés du sol</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque franco-américain Jardinage collectif montée des déséquilibres alimentaires et politiques urbaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01593206v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01619004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Paris, les collemboles s’envoient-ils en l’air ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Does plant functional composition in flower strips promote functional composition of carabid communities and weed predation in the adjacent rapeseed crop?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Zwicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEBIS V, Traits écologiques et biologiques des invertébrés du sol</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">International Conference of Ecological Sciences Sfécologie-2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01619011v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feedbacks of a couple of eco-informatic tools for soil inverterbrate functional traits: an example of interoperability by semantic data integration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le partenariat avec les écologistes : principaux problèmes, ressources et limites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sayuri Kiyota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. International Colloquium on Soil Zoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Nara, Japan</w:t>
+              <w:t xml:space="preserve">Colloque Franco-américain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01615069v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feedbacks of a couple of eco-informatic tools for soil inverterbrate functional traits: an example of interoperability by semantic data integration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characteristics of microarthropods communities in topsoil across various forest, agricultural, urban and industrial land uses in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Vergnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sayuri Kiyota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of Ecological Sciences Sfécologie-2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">17. International Colloquium on Soil Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Nara, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01614434v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01619000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le partenariat avec les écologistes : principaux problèmes, ressources et limites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Biodiversité des Sols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Cortet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Franco-américain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée technique CEREMA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607983v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does plant functional composition in flower strips promote functional composition of carabid communities and weed predation in the adjacent rapeseed crop?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Risks associated to contamination of garden soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Ripamonti-Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Dumat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of Ecological Sciences Sfécologie-2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">9th SINO-FRENCH &amp; IIES Workshop on soil remediation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Guangzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01592220v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01616620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversité des Sols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
+                <w:t xml:space="preserve">Les sols urbains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée technique CEREMA</w:t>
+              <w:t xml:space="preserve">Journée technique du CEREMA sur les sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01592222v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01619010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of microarthropods communities in topsoil across various forest, agricultural, urban and industrial land uses in France</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Feedbacks of a couple of eco-informatic tools for soil inverterbrate functional traits: an example of interoperability by semantic data integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Nahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Angélique Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. International Colloquium on Soil Zoology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Nara, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01619000v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01615069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La qualité des sols des jardins associatifs urbains français</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Feedbacks of a couple of eco-informatic tools for soil inverterbrate functional traits: an example of interoperability by semantic data integration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanne Nahmani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Angélique Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque franco-américain Jardinage collectif montée des déséquilibres alimentaires et politiques urbaines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference of Ecological Sciences Sfécologie-2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Marseille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.33252.37768⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01619004v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01614434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risks associated to contamination of garden soils</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">A Paris, les collemboles s’envoient-ils en l’air ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Camille Dumat</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Doare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th SINO-FRENCH &amp; IIES Workshop on soil remediation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Guangzhou, China</w:t>
+              <w:t xml:space="preserve">TEBIS V, Traits écologiques et biologiques des invertébrés du sol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01616620v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01619011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sols urbains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Quel est le rôle de la diversité fonctionnelle des bandes fleuries sur les communautés d'invertébrés du sol et les fonctions écologiques dans les cultures de colza ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Zwicke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée technique du CEREMA sur les sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">TEBIS V, Traits écologiques et biologiques des invertébrés du sol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01619010v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01593206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la faune sur les fonctions des sols et leurs applications dans les systèmes sol-plante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Decaëns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Blouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Capowiez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Utilisation du potentiel biologique des sols, un atout pour la production agricole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochemical properties of soils in urban allotment gardens from four European cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Jean-Soro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Hursthouse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaba Agboola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Suitma 8, 8th International Conference of the Working Group on Soils in Urban, Industrial, Traffic and Mining Areas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, MEXICO, Mexico. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01744149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sols de jardins potagers : des caractéristiques intermédiaires entre sols agricoles et SUITMAs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Cortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie-Denise Chenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Consalès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées d'Etude des Sols (JES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française pour l'Etude du Sol (AFES). FRA., Jun 2014, Le Bourget du Lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744170v1</w:t>
-              </w:r>
-[...4392 lines deleted...]
-                <w:t xml:space="preserve">hal-01000346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valorisation des digestats par extraction des fractions biostimulantes - Effets sur la croissance du seigle d’hiver et la biodiversité du sol (Projet ValoDig)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+                <w:t xml:space="preserve">Biodiversity of green roofs: current state of knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sekou Fanta Mady Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Thevenin</w:t>
+                <w:t xml:space="preserve">Fanny Provent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Lot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Rousset-Rouvière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16èmes rencontres Comifer-Gemas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Tours, France</w:t>
+              <w:t xml:space="preserve">3rd Global Soil Biodiversity Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Dublin, Ireland. pp.abstract no 358, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273775v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04761804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversity of green roofs: current state of knowledge</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Valorisation des digestats par extraction des fractions biostimulantes - Effets sur la croissance du seigle d’hiver et la biodiversité du sol (Projet ValoDig)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chaves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Richard-Molard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thevenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Lot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd Global Soil Biodiversity Conference 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Dublin, Ireland. pp.abstract no 358, 2023</w:t>
+              <w:t xml:space="preserve">16èmes rencontres Comifer-Gemas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04761804v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biostimulant extraction from digestates and their impact on soil biodiversity and plant growth (ValoDig)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Richard-Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vieublé-Gonod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thevenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Lot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque AdeBiotech</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Romainville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An evaluation of ecosystem services delivered by urban micro-farms: the research project SEMOIRS [2018-2020]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vieublé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Giacche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SUITMA 10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collembolan trait patterns with climate modifications along a European gradient: the VULCAN case study</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Risques environnementaux et sanitaires dans les jardins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Henning Krogh</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Douay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEBIS 5. Traits Ecologiques et Biologiques des organIsmes des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Toulouse, France. , 2016</w:t>
+              <w:t xml:space="preserve">AFPP - 4e Conférence sur l'Entretien des Jardins Végétalisés et Infrastructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Toulouse, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01624913v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01593210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collembolan trait patterns with climate modifications along a European gradient: the VULCAN case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Cortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Hedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Henning Krogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference of Ecological Sciences Sfécologie-2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Marseille, France. , 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.11717.45280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01624911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risques environnementaux et sanitaires dans les jardins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Collembolan trait patterns with climate modifications along a European gradient: the VULCAN case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bonfanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Rémy</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Henning Krogh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFPP - 4e Conférence sur l'Entretien des Jardins Végétalisés et Infrastructures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Toulouse, France. 2016</w:t>
+              <w:t xml:space="preserve">TEBIS 5. Traits Ecologiques et Biologiques des organIsmes des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Toulouse, France. , 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01593210v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01624913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources and distribution of heavy metals and polycyclic aromatic hydrocarbon (PAH) contents in French urban vegetable garden soils.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Cortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ouvrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Soils of Urban, Industrial, Traffic, Mining and Military Areas (SUITMA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Mexico, Mexico. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01486442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil invertebrates as bioindicators of soil quality in urban vegetable gardens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">What is the most relevant earthworm species for testing pesticide effects? A meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pelosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bel</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The First Global Soil Biodiversity Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Dijon, France. 2014</w:t>
+              <w:t xml:space="preserve">ISSE 10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Athens, United States. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01486436v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is the most relevant earthworm species for testing pesticide effects? A meta-analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Soil invertebrates as bioindicators of soil quality in urban vegetable gardens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Makowski</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISSE 10</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Athens, United States. 2014</w:t>
+              <w:t xml:space="preserve">The First Global Soil Biodiversity Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Dijon, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01173300v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BETSI, a complete framework for studying soil invertebrate functional traits</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sols de jardins, supports de biodiversité et d'une agriculture urbaine intensive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie S. Joimel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie-Denise Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme J. Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe C. Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. International Colloquium on Soil Zoology (ICSZ)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Coimbra, Portugal. 2012</w:t>
+              <w:t xml:space="preserve">Urbanités et Biodiversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Nancy, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01628842v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02805135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle espèce de vers de terre pour les tests d’homologation des pesticides ? Une méta-analyse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId256" w:history="1">
+                <w:t xml:space="preserve">Which is the best model species for pesticide homologation tests on earthworms? A meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42e congrès du Groupe Français des Pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Poitiers, France. 2012</w:t>
+              <w:t xml:space="preserve">6th SETAC World Congress/SETAC Europe 22nd Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Berlin, Germany. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01186813v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01186815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which is the best model species for pesticide homologation tests on earthworms? A meta-analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId256" w:history="1">
+                <w:t xml:space="preserve">Quelle espèce de vers de terre pour les tests d’homologation des pesticides ? Une méta-analyse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pelosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Makowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th SETAC World Congress/SETAC Europe 22nd Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Berlin, Germany. 2012</w:t>
+              <w:t xml:space="preserve">42e congrès du Groupe Français des Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Poitiers, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01186815v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01186813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sols de jardins, supports de biodiversité et d'une agriculture urbaine intensive</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">BETSI, a complete framework for studying soil invertebrate functional traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Hedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Pey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Appoline Auclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Capowiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Cluzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urbanités et Biodiversité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Nancy, France. 2012</w:t>
+              <w:t xml:space="preserve">16. International Colloquium on Soil Zoology (ICSZ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Coimbra, Portugal. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02805135v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01628842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DYNABIO : Dynamique de la biodiversité des sols et des services associés dans des systèmes de culture en transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gardarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pelosi Céline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Chassain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE; OFB, Office Français de la Biodiversité. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04933235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des services écosystémiques rendus par les micro-fermes urbaines et leurs sols - Bilan du projet de recherche semoirs [2018-2021]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Boulanger-Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Vieublé Gonod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Sophie Haudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] INRAE; Agroparistech; Université de lorraine; Aix-Marseille Université; Institut d'aménagement et d'urbanisme de la région d'Ile-de-France (IAURIF). 2022, pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03624235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10434,147 +10676,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BD : Pourquoi mettre des fermes dans les villes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Ughetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire-Sophie Haudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Houot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03575321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10584,147 +10826,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Garden soils in industrial countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie S. Joimel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catena Verlag, 253 p., 2016, 978-3-51 0-65411 -6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10734,114 +10976,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité et caractéristiques physico-chimiques des sols de jardins associatifs urbains français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Joimel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université de Lorraine, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015LORR0037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01751521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId296"/>
+      <w:footerReference w:type="default" r:id="rId303"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10988,51 +11230,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267668v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394361809.chap10" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460621v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vieubl&#233;-Gonod" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Niboyet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781394361809.ch2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394361809.ch2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460079v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9185.ch2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04862712v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1776/9782759235674/l-agriculture-de-conservation-des-sols" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855568v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stella" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Clerino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Redlingshofer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1752/9782759235643/les-agricultures-urbaines-en-france" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04485207v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mariojouls" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montagne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raffournier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43484-7_33" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810429v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cortet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Nahmani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607475v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r5092-les-sols-et-la-vie-souterraine.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04650517v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaves" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thevenin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761895v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Mara Campos De Almeida" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekou Fanta Mady Coulibaly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tardif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04902973v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706015v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bonfanti" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04500961v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chassain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146561v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boizard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger-Estrade" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04538071v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kou Coulibaly" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761843v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761548v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting&#8208;wen Chen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matty Berg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Deharveng" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04471013v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Chassain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Joimel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barbottin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gardarin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03581637v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auclerc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beaumelle L&#233;a" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030638v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Auclerc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Beaumelle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bligth" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593206v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Zwicke" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Floch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619011v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Doare" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615069v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pey" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Laporte" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lique Laporte" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614434v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33252.37768" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607983v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayuri Kiyota" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592220v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592222v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619000v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619004v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616620v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Morel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ripamonti-Chenot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619010v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209280v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deca&#235;ns" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Garnier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744149v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bechet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Jean-Soro" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hursthouse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaba Agboola" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744170v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Joimel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Branchu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie-Denise Chenot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04989829v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Boizard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gate" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58630/pubac.not.a95573" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200522v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Baraud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedobi.2025.151061" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920048v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bahri" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ganault" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rakoto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105751" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04650465v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedobi.2024.150974" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920060v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Potapov" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25674/431" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653497v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108854" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373947v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton M Potapov" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting-Wen Chen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia V Striuchkova" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha M Alatalo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Alexandre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02784-x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653503v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2023.103530" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171456v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kou F M Coulibaly" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Provent" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rousset-Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/acd801" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979986v2" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guerra" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van den Hoogen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Babenko" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bellini" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36216-6" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951589v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueqian Zhong" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sterckeman" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-15679-4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04059484v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Artru" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabur&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.5428" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665441v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Jules" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01406-z" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749556v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J.I. Briones" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116073" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706128v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumelle" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116019" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665415v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Cheval" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2021.106475" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926120v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bouzouidja" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Hanzlikova" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Sn&#283;hota" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-020-02731-y" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119511v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-020-02784-z" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665514v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03195875v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Santorufo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Deremiens" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grisard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2021.106174" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405532v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henning Krogh" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.630919" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951368v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2021.108394" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951377v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Poni&#380;y" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Latkowska" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Breuste" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su131911076" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172511v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Maurel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Magnus" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Machon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-019-00843-z" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783981v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capiaux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebeau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1002-0160(18)60022-0" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857292v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13194" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662248v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Doar&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2017.12.002" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655399v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1515-1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01507698v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.01.086" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260994v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudy C. Jolivet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.12.035" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282567v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Cordier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Jareno" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chenot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.9603" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075572v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0108985" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005001v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2014.03.007" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000346v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pelosi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Makowski" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.09.034" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37230PFR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04273775v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761804v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04273766v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030675v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624913v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624911v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11717.45280" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593210v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Douay" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lefebvre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth R&#233;my" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486442v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ouvrard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486436v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173300v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628842v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Appoline Auclerc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186813v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186815v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805135v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Cortet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Schwartz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933235v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelosi C&#233;line" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bertrand" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624235v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03575321v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ughetti" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801475v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01751521v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LORR0037" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545807v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kou F.M. Coulibaly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Chassain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233;-Gonod" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Artru" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier de Carville" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedobi.2025.151109" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04989829v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Boizard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gate" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58630/pubac.not.a95573" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920048v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joimel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bonfanti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bahri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ganault" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rakoto" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105751" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05200522v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania de Almeida" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Baraud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedobi.2025.151061" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04650465v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vieubl&#233;-Gonod" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedobi.2024.150974" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920060v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Potapov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Pey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cortet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25674/431" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653497v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2023.108854" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04373947v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton M Potapov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting-Wen Chen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia V Striuchkova" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha M Alatalo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Alexandre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02784-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04171456v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kou F M Coulibaly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Provent" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rousset-Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/acd801" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979986v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Guerra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van den Hoogen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatoly Babenko" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bellini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-36216-6" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653503v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejsobi.2023.103530" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706128v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Auclerc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Beaumelle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116019" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749556v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Hedde" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blight" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J.I. Briones" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Brauman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2022.116073" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665441v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S. Joimel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Jules" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01406-z" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04059484v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fabur&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/etc.5428" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665415v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Cheval" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mondy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2021.106475" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951589v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xueqian Zhong" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schwartz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Sterckeman" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-15679-4" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665514v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03195875v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Santorufo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Deremiens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Grisard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2021.106174" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119511v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Branchu" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Sophie Haudin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-020-02784-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405532v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Henning Krogh" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.630919" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951368v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soilbio.2021.108394" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951377v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lidia Poni&#380;y" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Latkowska" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Breuste" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hursthouse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su131911076" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926120v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Bouzouidja" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Bechet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Hanzlikova" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Sn&#283;hota" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-020-02731-y" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172511v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lie Maurel" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Magnus" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Machon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-019-00843-z" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783981v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capiaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebeau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1002-0160(18)60022-0" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857292v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13194" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655399v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Jean-Soro" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaba Agboola" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-016-1515-1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662248v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Doar&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2017.12.002" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01507698v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sayuri Kiyota" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.01.086" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260994v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudy C. Jolivet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie-Denise Chenot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.12.035" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282567v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Cordier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Jareno" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chenot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paysage.9603" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075572v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lique Laporte" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Nahmani" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0108985" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005001v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cluzeau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2014.03.007" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000346v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pelosi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Makowski" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2012.09.034" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-37230PFR-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460621v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Niboyet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/10.1002/9781394361809.ch2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394361809.ch2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560738v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9185.ch10" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05460079v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51926/ISTE.9185.ch2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267668v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394361809.chap10" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04862712v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1776/9782759235674/l-agriculture-de-conservation-des-sols" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855568v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Stella" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Clerino" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Redlingshofer" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1752/9782759235643/les-agricultures-urbaines-en-france" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04485207v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mariojouls" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Montagne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boulanger-Joimel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sahuc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raffournier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43484-7_33" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01810429v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607475v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Blouin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r5092-les-sols-et-la-vie-souterraine.html" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04650517v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaves" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard-Molard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thevenin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Lot" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146561v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Boizard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roger-Estrade" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04500961v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04902973v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761895v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Mara Campos De Almeida" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sekou Fanta Mady Coulibaly" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tardif" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706015v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04538071v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;kou Coulibaly" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761548v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting&#8208;wen Chen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matty Berg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Deharveng" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761843v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04471013v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Chassain" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Joimel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Barbottin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gardarin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Vieubl&#233; Gonod" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03581637v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auclerc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beaumelle L&#233;a" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030638v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Auclerc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Beaumelle" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bligth" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619004v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592220v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Zwicke" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Floch" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607983v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Vergnes" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619000v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592222v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616620v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Morel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ripamonti-Chenot" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619010v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615069v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Laporte" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01614434v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.33252.37768" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619011v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Doare" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593206v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209280v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deca&#235;ns" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Garnier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744149v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744170v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04761804v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04273775v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04273766v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03030675v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vieubl&#233;" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Daniel" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593210v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Douay" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lefebvre" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth R&#233;my" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624911v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.11717.45280" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624913v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486442v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ouvrard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173300v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486436v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bel" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805135v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Cortet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe C. Schwartz" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186815v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186813v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628842v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Appoline Auclerc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04933235v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelosi C&#233;line" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bertrand" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03624235v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03575321v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ughetti" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Houot" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801475v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01751521v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LORR0037" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>