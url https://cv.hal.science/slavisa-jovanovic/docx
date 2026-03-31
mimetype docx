--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Slavisa Jovanovic </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Experimental Verification of a Single-Switch Quadratic Boost DC–DC Converter with High Voltage Gain for Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niloufar Dizangian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (20), pp.5447. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en18205447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Energy Harvesting Optimization for Series Connected Hybrid Photovoltaic‐Thermoelectric Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kainat Fatima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.e202500737. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ente.202500737⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical analysis of optimized energy harvesting at small-scale by thermally coupled photovoltaic-thermoelectric systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Jasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 195, pp.114331. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2024.114331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04481508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Hardware Self-Organizing Maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroomi Hikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNNLS.2022.3152690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention-Enabled Lightweight Neural Network Architecture for Detection of Action Unit Activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mahdi Deramgoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Arevalilloherráe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.117954-117970. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3325034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECG Classification Using an Optimal Temporal Convolutional Network for Remote Health Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (3), pp.1697. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23031697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An FPGA-Based Residual Recurrent Neural Network for Real-Time Video Super-Resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaicong Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems for Video Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (4), pp.1739-1750. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSVT.2021.3080241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of Chaos Using Reservoir Computing Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.52686-52699. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3174960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et accélération de réseaux de neurones profonds (CNN) en Python/VHDL/C++ et leur vérification et test à l’aide de l’environnement Pynq sur les FPGA Xilinx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21, pp.1028. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20220028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent Two Switches and Single Switch Buck/Buck-Boost Circuits for Solar Energy Harvesting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (3), pp.583. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13030583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-Switch Fault-Tolerant Operation of a Two-Stage Buck/Buck–Boost Converter With Redundant Synchronous Switch for PV Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 66 (5), pp.3938-3947. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2018.2847653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Reservoir Computing for the Modeling of Nano-Contact Vortex Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (11), pp.1315. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics8111315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scalable and adaptable hardware NoC-based self organizing map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hédi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microprocessors and Microsystems: Embedded Hardware Design </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micpro.2017.12.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Continuity of PV Synchronous Buck/Buck-Boost Converter with Energy Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (6), </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en11061369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation d'une IP VHDL de réseau sur puce en SystemC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berviller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, JPCNFM 2016 – 14e journées pédagogiques du CNFM (Coordination nationale pour la formation en micro-électronique et en nanotechnologies), 16, pp.1019. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20171019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete wavelet transform optimal parameters estimation for arc fault detection in low-voltage residential power networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinmi Gregory Lezama Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 143, pp.130-139. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2016.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent Electrical Circuits of Thermoelectric Generators under Different Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10 (3), pp.386. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en10030386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shunt active power filter-based approach for arc fault detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Chahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinmi Gregory Lezama Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 141, pp.11-21. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2016.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully Electrical Modeling of Thermoelectric Generators with Contact Thermal Resistance Under Different Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Electronic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11664-016-4930-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Identification Method of Thermal Resistances of Thermoelectric Modules Combining Electrical Characterization Under Constant Temperature and Heat Flow Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Environment and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1 (4), pp.44. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22149/teee.v1i4.72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capteur ECG intelligent pour la synchronisation des séquences en IRM et le monitorage des patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Felblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Blondé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Oster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32, pp. 179-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CuNoC: A dynamic scalable communication structure for dynamically reconfigurable FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bobda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microprocessors and Microsystems: Embedded Hardware Design </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 33 (1), pp.24-36. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micpro.2008.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a fully digital controller for a shunt three-phase active filter using VHDL-AMS language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 95 (10), pp.1055-1071. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207210802343968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptable thermal compensation system for strain gage sensors based on programmable chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camel Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bobda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 119 (2), pp.412-417. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2004.10.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Electrical Connections on Maximum Power Point Tracking within Hybrid Photovoltaic-Thermoelectric Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECT25 conference - 21st European Conference on Thermoelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UL; IJL; CNRS; PROPULS', Sep 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Behavior of the Series Connection in Small-scale Hybrid Photovoltaic-Thermoelectric Energy Harvesting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRSE 2025 - 13th National Days on Energy Harvesting and Storage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Le Bourget Du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable-Driven Methodology for Two-Stage Energy Management Circuits for IoT Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niloufar Dizangian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st IEEE International Conference on Electronics, Circuits and Systems (ICECS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS61496.2024.10848894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable and Fully Configurable NoC-based Hardware Implemention of Growing Neural Gas for Continual Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Derue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 31st IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, slavisa Jovanovic, Nov 2024, Nancy, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS61496.2024.10848790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Analysis of Quasi-MPPT Hysteresis Control for Multiple Energy Sources in Low-Power Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Environment and Electrical Engineering and 2024 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rome, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope61470.2024.10751422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A High Gain Single-Switch DC-DC Converter Based on Cascaded Boost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Gholizadeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niloufar Dizangian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Environment and Electrical Engineering and 2024 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rome, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope61470.2024.10751535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded 1D Convolutional Network based ECG Classification Platform for Remote Health Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Zemouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Istanbul, Turkey. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS58634.2023.10382837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Attention-Based CNN on Embedded Systems for Emotion Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mahdi Deramgozin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Instanbul, Turkey. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS58634.2023.10382796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drowsiness Detection with a Limited Number of EEG Physiological Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabiaa Lachtar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ridha Ben Cheikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Design &amp; Test of Integrated Micro &amp; Nano-Systems (DTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Cairo, Egypt. pp.01-05, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DTS55284.2022.9809842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Explainable and Reliable Facial Expression Recognition System for Remote Health Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mahdi Deramgozin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Arevalillo-Herraez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 29th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS202256217.2022.9971040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECG Signal Classification Using Temporal Convolutional Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 29th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS202256217.2022.9970944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Explainable AI Framework Applied to Global and Local Facial Expression Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deramgozin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ramzan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Imaging Systems and Techniques (IST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Kaohsiung, Taiwan. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IST50367.2021.9651357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Usage of New Reservoir Computing Approach for the Detection of Chaos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du GDR SoC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SoC2, Jun 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Reservoir Computing Approach for the Detection of Chaos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Daegu, South Korea. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCAS51556.2021.9401735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable, dynamic and growing hardware self-organizing architecture for real-time vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hedi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 27th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Glasgow, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS49266.2020.9294921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Application, Scalable and Adaptable Hardware SOM Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hedi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Joint Conference on Neural Networks (IJCNN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Budapest, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IJCNN.2019.8851797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Nano-Contact Vortex Oscillator Using Recurrent Neural Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.14546.68804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spider mites on medicinal and endemic plants of Serbia and the Balkans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejean Marčić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Maric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Medo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radmila Petanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. International Congress of Acarology (ICA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Fault Tolerant Cascaded Step-Up Step-Down Converter for Solar PV Modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2018.8494570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performance scalable hardware SOM architecture for real-time vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Image Processing, Applications and Systems (IPAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Sophia Antipolis, France. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPAS.2018.8708863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity of spider mites in the Tara National Park in Serbia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Maric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Medo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radmila Petanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejean Marčić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. International Congress of Acarology (ICA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards fault tolerant two-stage DC-DC converters under open-circuit switch fault: an original circuit design approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service continuity of PV synchronous Buck/Buck-Boost converter with energy storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE International Conference on Environment and Electrical Engineering and 2017 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Milan, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2017.7977831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuité de service d’un convertisseur Buck-Boost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro Nano-électronique, JNRDM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPPT and output voltage control of Photovoltaic systems using a Single-Switch DC-DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soklni-Sita Alli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Energy Conference (ENERGYCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514123b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hardware configurable self-organizing map for real-time color quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Hedi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Monte Carlo, Monaco. pp.336-339, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2016.7841201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent electrical circuit of thermoelectric generators under constant heat flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEEIC 2016 16th International Conference on Environment and Electrical Engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of contact thermal resistances on the Open Circuit Voltage MPPT method for Thermoelectric Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ENERGYCON Energy Conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPPT and Output Voltage Control for Thermoelectric Generators Systems Using a Single Switch DC-DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of thermal resistances of thermoelectric modules by electrical characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEEIC 2016 16th International Conference on Environment and Electrical Engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électrique de modules thermoélectriques avec prise en compte des résistances thermiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée nationale du GDR-GIS Thermoélectricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability enhancement of thermoelectric power conversion and management using geothermal energy for stand-alone applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IET International Conference on Renewable Power Generation (RPG) 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, London, France. pp.36 (6 .)-36 (6 .), </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2016.0557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A thermoelectric energy harvester with a single switch unified control for autonomous applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE 16th International Conference on Environment and Electrical Engineering (EEEIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New High-Performance Scalable Dynamic Interconnection for FPGA-based Reconfigurable Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camel Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 International Conference on Application-Specific Systems, Architectures and Processors (ASAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Leuven, France. pp.61-66, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ASAP.2008.4580155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient relocation of variable-sized hardware tasks for FPGA-based adaptive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hannachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdessalem Ben Abdelali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mtibaa Abdellatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICM 2014 26th International Conference on Microelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Doha, Qatar. pp.224-227, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICM.2014.7071847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive real-time DWT-based method for arc fault detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinmi Lezama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEC 2014: The 27th International Conference on Electrical Contacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22-26 June 2014, Jun 2014, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and reconfigurable architecture for effective placement of variable-size hardware tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dabellani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 NASA/ESA Conference on Adaptive Hardware and Systems (AHS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Torino, Italy. pp.156-163, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AHS.2013.6604240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and reconfigurable architecture for effective placement of variable-size hardware tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Eric.Dabellani@lien.Uhp-Nancy.Fr Dabellani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AHS 2013 NASA/ESA Conference on Adaptive Hardware and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Turin, Italy. pp.156-163, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AHS.2013.6604240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hardware Preemptive Multitasking Mechanism Based on Scan-path Register Structure for FPGA-based Reconfigurable Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 2nd NASA/ESA Conference on Adaptive Hardware and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Edinburgh, United Kingdom. pp.358-364, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AHS.2007.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Self-managing Hardware Design Approach for FPGA-Based Reconfigurable Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Symposium on Broadband Multimedia Systems and Broadcasting (BMSB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Bilbao, Spain. pp.160-171, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-78610-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CuNoC: A Scalable Dynamic NoC for Dynamically Reconfigurable FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camel Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bobda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 International Conference on Field Programmable Logic and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Amsterdam, France. pp.753-756, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/FPL.2007.4380761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of power electronic digital controller based on FPGA/SOC using VHDL-AMS language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain. pp.2301-2306, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE.2007.4374966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Photovoltaic-thermoelectric systems for solar energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léopold Boudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hanauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnen Mlayah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Dourdan, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining deterministic compressed sensing and machine learning for data reduction in connected health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muhammad Zeeshan Shakir; Naeem Ramzan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI for Emerging Verticals: Human-robot computing, sensing and networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Institution of Engineering and Technology, 2020, 9781785619823. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/PBPC034E_ch15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale distributed and scalable SOM-based architecture for high-dimensional data reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muhammad Zeeshan Shakir; Naeem Ramzan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI for Emerging Verticals: Human-robot computing, sensing and networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institution of Engineering and Technology, pp.315-336, 2020, 9781785619823. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/pbpc034e_ch16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scalable Flexible SOM NoC-based Hardware Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hédi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Self-Organizing Maps and Learning Vector Quantization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.165-175, 2016, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-28518-4_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture reconfigurable de système embarqué auto-organisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Université Henri Poincaré - Nancy 1, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2009NAN10099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01748306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers les architectures et systèmes de calcul guidés par l'énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université de Lorraine, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03650219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId217"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Slavisa Jovanovic </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Energy Harvesting Optimization for Series Connected Hybrid Photovoltaic‐Thermoelectric Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kainat Fatima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energy Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.e202500737. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ente.202500737⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Experimental Verification of a Single-Switch Quadratic Boost DC–DC Converter with High Voltage Gain for Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niloufar Dizangian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (20), pp.5447. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en18205447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical analysis of optimized energy harvesting at small-scale by thermally coupled photovoltaic-thermoelectric systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.M. Jasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Revol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 195, pp.114331. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rser.2024.114331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04481508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Survey of Hardware Self-Organizing Maps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hiroomi Hikawa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Neural Networks and Learning Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNNLS.2022.3152690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention-Enabled Lightweight Neural Network Architecture for Detection of Action Unit Activation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mahdi Deramgoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Arevalilloherráe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 11, pp.117954-117970. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3325034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECG Classification Using an Optimal Temporal Convolutional Network for Remote Health Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 23 (3), pp.1697. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s23031697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An FPGA-Based Residual Recurrent Neural Network for Real-Time Video Super-Resolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaicong Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhe Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Circuits and Systems for Video Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (4), pp.1739-1750. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TCSVT.2021.3080241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04822368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et accélération de réseaux de neurones profonds (CNN) en Python/VHDL/C++ et leur vérification et test à l’aide de l’environnement Pynq sur les FPGA Xilinx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 21, pp.1028. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20220028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of Chaos Using Reservoir Computing Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.52686-52699. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ACCESS.2022.3174960⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent Two Switches and Single Switch Buck/Buck-Boost Circuits for Solar Energy Harvesting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (3), pp.583. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13030583⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-Switch Fault-Tolerant Operation of a Two-Stage Buck/Buck–Boost Converter With Redundant Synchronous Switch for PV Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 66 (5), pp.3938-3947. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIE.2018.2847653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02987916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Reservoir Computing for the Modeling of Nano-Contact Vortex Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (11), pp.1315. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/electronics8111315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02380149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service Continuity of PV Synchronous Buck/Buck-Boost Converter with Energy Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11 (6), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en11061369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03248610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scalable and adaptable hardware NoC-based self organizing map</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hédi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microprocessors and Microsystems: Embedded Hardware Design </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 57, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micpro.2017.12.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation d'une IP VHDL de réseau sur puce en SystemC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Berviller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal sur l'enseignement des sciences et technologies de l'information et des systèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, JPCNFM 2016 – 14e journées pédagogiques du CNFM (Coordination nationale pour la formation en micro-électronique et en nanotechnologies), 16, pp.1019. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/j3ea/20171019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discrete wavelet transform optimal parameters estimation for arc fault detection in low-voltage residential power networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinmi Gregory Lezama Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 143, pp.130-139. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2016.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent Electrical Circuits of Thermoelectric Generators under Different Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 10 (3), pp.386. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en10030386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully Electrical Modeling of Thermoelectric Generators with Contact Thermal Resistance Under Different Operating Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Electronic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 45 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11664-016-4930-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shunt active power filter-based approach for arc fault detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrazak Chahid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinmi Gregory Lezama Calvo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electric Power Systems Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 141, pp.11-21. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.epsr.2016.07.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04969173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Identification Method of Thermal Resistances of Thermoelectric Modules Combining Electrical Characterization Under Constant Temperature and Heat Flow Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Environment and Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 1 (4), pp.44. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22149/teee.v1i4.72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03562243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capteur ECG intelligent pour la synchronisation des séquences en IRM et le monitorage des patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Felblinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Blondé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rousselet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Oster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32, pp. 179-184</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00603662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CuNoC: A dynamic scalable communication structure for dynamically reconfigurable FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bobda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microprocessors and Microsystems: Embedded Hardware Design </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 33 (1), pp.24-36. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.micpro.2008.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a fully digital controller for a shunt three-phase active filter using VHDL-AMS language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shahrokh Saadate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 95 (10), pp.1055-1071. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00207210802343968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptable thermal compensation system for strain gage sensors based on programmable chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camel Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bobda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Poussier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 119 (2), pp.412-417. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sna.2004.10.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Electrical Connections on Maximum Power Point Tracking within Hybrid Photovoltaic-Thermoelectric Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECT25 conference - 21st European Conference on Thermoelectrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UL; IJL; CNRS; PROPULS', Sep 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the Behavior of the Series Connection in Small-scale Hybrid Photovoltaic-Thermoelectric Energy Harvesting Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNRSE 2025 - 13th National Days on Energy Harvesting and Storage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Le Bourget Du Lac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05448792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Analysis of Quasi-MPPT Hysteresis Control for Multiple Energy Sources in Low-Power Energy Harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mashiul Huq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Environment and Electrical Engineering and 2024 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rome, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope61470.2024.10751422⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A High Gain Single-Switch DC-DC Converter Based on Cascaded Boost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Gholizadeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niloufar Dizangian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 IEEE International Conference on Environment and Electrical Engineering and 2024 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Rome, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC/ICPSEurope61470.2024.10751535⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable and Fully Configurable NoC-based Hardware Implemention of Growing Neural Gas for Continual Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Derue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 31st IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, slavisa Jovanovic, Nov 2024, Nancy, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS61496.2024.10848790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05135751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable-Driven Methodology for Two-Stage Energy Management Circuits for IoT Nodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niloufar Dizangian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st IEEE International Conference on Electronics, Circuits and Systems (ICECS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Nancy, France. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS61496.2024.10848894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04955247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedded 1D Convolutional Network based ECG Classification Platform for Remote Health Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amira Zemouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Istanbul, Turkey. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS58634.2023.10382837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Attention-Based CNN on Embedded Systems for Emotion Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mahdi Deramgozin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Instanbul, Turkey. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS58634.2023.10382796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drowsiness Detection with a Limited Number of EEG Physiological Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rabiaa Lachtar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ridha Ben Cheikh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 IEEE International Conference on Design &amp; Test of Integrated Micro &amp; Nano-Systems (DTS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Cairo, Egypt. pp.01-05, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/DTS55284.2022.9809842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Explainable and Reliable Facial Expression Recognition System for Remote Health Monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Mahdi Deramgozin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Arevalillo-Herraez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 29th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS202256217.2022.9971040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ECG Signal Classification Using Temporal Convolutional Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 29th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Glasgow, United Kingdom. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS202256217.2022.9970944⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Reservoir Computing Approach for the Detection of Chaos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Daegu, South Korea. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCAS51556.2021.9401735⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Usage of New Reservoir Computing Approach for the Detection of Chaos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida Ismail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du GDR SoC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR SoC2, Jun 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hybrid Explainable AI Framework Applied to Global and Local Facial Expression Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deramgozin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ramzan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 IEEE International Conference on Imaging Systems and Techniques (IST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Kaohsiung, Taiwan. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IST50367.2021.9651357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scalable, dynamic and growing hardware self-organizing architecture for real-time vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hedi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020 27th IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Glasgow, France. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS49266.2020.9294921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multi-Application, Scalable and Adaptable Hardware SOM Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hedi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 International Joint Conference on Neural Networks (IJCNN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Budapest, France. pp.1-8, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IJCNN.2019.8851797⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03043437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of Nano-Contact Vortex Oscillator Using Recurrent Neural Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Rida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Petit-Watelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13ème Colloque National du GDR SOC2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.14546.68804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High performance scalable hardware SOM architecture for real-time vector quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Image Processing, Applications and Systems (IPAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Sophia Antipolis, France. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IPAS.2018.8708863⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity of spider mites in the Tara National Park in Serbia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Maric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Medo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radmila Petanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejean Marčić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. International Congress of Acarology (ICA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards fault tolerant two-stage DC-DC converters under open-circuit switch fault: an original circuit design approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Efficient Fault Tolerant Cascaded Step-Up Step-Down Converter for Solar PV Modules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE International Conference on Environment and Electrical Engineering and 2018 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Palermo, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2018.8494570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spider mites on medicinal and endemic plants of Serbia and the Balkans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dejean Marčić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivana Maric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Medo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radmila Petanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. International Congress of Acarology (ICA 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Service continuity of PV synchronous Buck/Buck-Boost converter with energy storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017 IEEE International Conference on Environment and Electrical Engineering and 2017 IEEE Industrial and Commercial Power Systems Europe (EEEIC / I&amp;CPS Europe)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Milan, France. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2017.7977831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuité de service d’un convertisseur Buck-Boost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro Nano-électronique, JNRDM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hardware configurable self-organizing map for real-time color quantization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Hedi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Conference on Electronics, Circuits and Systems (ICECS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Monte Carlo, Monaco. pp.336-339, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICECS.2016.7841201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPPT and output voltage control of Photovoltaic systems using a Single-Switch DC-DC converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soklni-Sita Alli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ehsan Jamshidpour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE International Energy Conference (ENERGYCON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514123b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equivalent electrical circuit of thermoelectric generators under constant heat flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEEIC 2016 16th International Conference on Environment and Electrical Engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of contact thermal resistances on the Open Circuit Voltage MPPT method for Thermoelectric Generators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ENERGYCON Energy Conference </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Louvain, Belgium. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ENERGYCON.2016.7514002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MPPT and Output Voltage Control for Thermoelectric Generators Systems Using a Single Switch DC-DC Converter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journées Nationales sur la Récupération et le Stockage d'Energie (JNRSE 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of thermal resistances of thermoelectric modules by electrical characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EEEIC 2016 16th International Conference on Environment and Electrical Engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation électrique de modules thermoélectriques avec prise en compte des résistances thermiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée nationale du GDR-GIS Thermoélectricité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03568220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reliability enhancement of thermoelectric power conversion and management using geothermal energy for stand-alone applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IET International Conference on Renewable Power Generation (RPG) 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, London, France. pp.36 (6 .)-36 (6 .), </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/cp.2016.0557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A thermoelectric energy harvester with a single switch unified control for autonomous applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saima Siouane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 IEEE 16th International Conference on Environment and Electrical Engineering (EEEIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Florence, Italy. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EEEIC.2016.7555738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient relocation of variable-sized hardware tasks for FPGA-based adaptive systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hannachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdessalem Ben Abdelali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mtibaa Abdellatif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICM 2014 26th International Conference on Microelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Doha, Qatar. pp.224-227, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICM.2014.7071847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New High-Performance Scalable Dynamic Interconnection for FPGA-based Reconfigurable Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camel Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 International Conference on Application-Specific Systems, Architectures and Processors (ASAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Leuven, France. pp.61-66, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ASAP.2008.4580155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive real-time DWT-based method for arc fault detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinmi Lezama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICEC 2014: The 27th International Conference on Electrical Contacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22-26 June 2014, Jun 2014, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and reconfigurable architecture for effective placement of variable-size hardware tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Dabellani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2013 NASA/ESA Conference on Adaptive Hardware and Systems (AHS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Torino, Italy. pp.156-163, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AHS.2013.6604240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodology and reconfigurable architecture for effective placement of variable-size hardware tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slaviša Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Eric.Dabellani@lien.Uhp-Nancy.Fr Dabellani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AHS 2013 NASA/ESA Conference on Adaptive Hardware and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Turin, Italy. pp.156-163, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AHS.2013.6604240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01397753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Self-managing Hardware Design Approach for FPGA-Based Reconfigurable Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 IEEE International Symposium on Broadband Multimedia Systems and Broadcasting (BMSB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Bilbao, Spain. pp.160-171, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-540-78610-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hardware Preemptive Multitasking Mechanism Based on Scan-path Register Structure for FPGA-based Reconfigurable Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Jovanović</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 2nd NASA/ESA Conference on Adaptive Hardware and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Edinburgh, United Kingdom. pp.358-364, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/AHS.2007.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of power electronic digital controller based on FPGA/SOC using VHDL-AMS language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 IEEE International Symposium on Industrial Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Vigo, Spain. pp.2301-2306, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISIE.2007.4374966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03565834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CuNoC: A Scalable Dynamic NoC for Dynamically Reconfigurable FPGAs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camel Tanougast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Bobda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2007 International Conference on Field Programmable Logic and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Amsterdam, France. pp.753-756, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/FPL.2007.4380761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Photovoltaic-thermoelectric systems for solar energy harvesting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Almuneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léopold Boudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Hanauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adnen Mlayah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Dourdan, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04251298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining deterministic compressed sensing and machine learning for data reduction in connected health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naeem Ramzan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muhammad Zeeshan Shakir; Naeem Ramzan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI for Emerging Verticals: Human-robot computing, sensing and networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Institution of Engineering and Technology, 2020, 9781785619823. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/PBPC034E_ch15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale distributed and scalable SOM-based architecture for high-dimensional data reduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Rabah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Muhammad Zeeshan Shakir; Naeem Ramzan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI for Emerging Verticals: Human-robot computing, sensing and networking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institution of Engineering and Technology, pp.315-336, 2020, 9781785619823. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/pbpc034e_ch16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03938441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Scalable Flexible SOM NoC-based Hardware Architecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Abadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Ben Khalifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Hédi Bedoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Self-Organizing Maps and Learning Vector Quantization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.165-175, 2016, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-28518-4_14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture reconfigurable de système embarqué auto-organisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre [cs.OH]. Université Henri Poincaré - Nancy 1, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2009NAN10099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01748306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers les architectures et systèmes de calcul guidés par l'énergie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slavisa Jovanovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université de Lorraine, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03650219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId217"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318301v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niloufar Dizangian" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanovic" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18205447" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412256v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kainat Fatima" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mashiul Huq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ente.202500737" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04481508v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Jasi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jovanovic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Revol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2024.114331" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140621v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroomi Hikawa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2022.3152690" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451576v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mahdi Deramgoz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Arevalilloherr&#225;e" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naeem Ramzan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rabah" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3325034" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981788v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rida" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23031697" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822368v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaicong Sun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Koch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSVT.2021.3080241" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981818v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3174960" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938235v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20220028" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225271v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13030583" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987916v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saima Siouane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2018.2847653" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02380149v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8111315" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938572v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Abadi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Ben Khalifa" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed H&#233;di Bedoui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2017.12.007" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248610v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11061369" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337863v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jovanovic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berviller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20171019" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969171v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Qi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Gregory Lezama Calvo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schweitzer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.10.008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562102v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavi&#353;a Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en10030386" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969173v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Chahid" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.07.011" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKCVF76V-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397366v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4930-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562243v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22149/teee.v1i4.72" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603662v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Felblinger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Blond&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rousselet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oster" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337797v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tanougast" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bobda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2008.08.004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKBRCM60-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337964v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrokh Saadate" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207210802343968" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337777v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camel Tanougast" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bobda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poussier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2004.10.021" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13S61GR3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05456445v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05448792v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955247v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848894" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135751v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Derue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848790" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04808949v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope61470.2024.10751422" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04808932v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Gholizadeh" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope61470.2024.10751535" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451560v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Zemouri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS58634.2023.10382837" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451554v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mahdi Deramgozin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS58634.2023.10382796" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140618v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabiaa Lachtar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Ben Cheikh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTS55284.2022.9809842" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140620v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Arevalillo-Herraez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9971040" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140619v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rida Ismail" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9970944" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981841v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deramgozin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabah" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ramzan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IST50367.2021.9651357" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981866v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981875v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS51556.2021.9401735" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938456v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hedi Bedoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS49266.2020.9294921" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043437v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2019.8851797" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982183v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14546.68804" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784889v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejean Mar&#269;i&#263;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Maric" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Medo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radmila Petanovi&#263;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225282v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2018.8494570" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982206v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPAS.2018.8708863" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785555v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568211v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565574v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2017.7977831" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568213v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397940v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soklni-Sita Alli" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514123b" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065661v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hedi Bedoui" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2016.7841201" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397986v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555843" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397989v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568224v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397988v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555761" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568220v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565580v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Siouane" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2016.0557" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565710v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555738" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938508v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASAP.2008.4580155" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397797v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hannachi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalem Ben Abdelali" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mtibaa Abdellatif" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2014.7071847" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397820v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Lezama" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983256v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marques" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dabellani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AHS.2013.6604240" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397753v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Eric.Dabellani@lien.Uhp-Nancy.Fr Dabellani" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938501v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Weber" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AHS.2007.4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938686v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78610-8_17" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4C4TJGKN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065680v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FPL.2007.4380761" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565834v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2007.4374966" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04251298v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Boudier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hanauer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981914v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBPC034E_ch15" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938441v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/pbpc034e_ch16" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065672v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28518-4_14" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748306v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009NAN10099" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03650219v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kainat Fatima" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mashiul Huq" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanovic" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ente.202500737" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318301v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niloufar Dizangian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18205447" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04481508v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Jasi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poure" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jovanovic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Revol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2024.114331" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140621v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroomi Hikawa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNNLS.2022.3152690" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451576v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mahdi Deramgoz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Arevalilloherr&#225;e" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naeem Ramzan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Rabah" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3325034" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981788v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rida" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23031697" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822368v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaicong Sun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Koch" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSVT.2021.3080241" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938235v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20220028" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981818v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit-Watelot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2022.3174960" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225271v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13030583" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987916v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saima Siouane" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2018.2847653" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02380149v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics8111315" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03248610v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11061369" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Abadi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Ben Khalifa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed H&#233;di Bedoui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2017.12.007" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337863v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Jovanovic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Berviller" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/j3ea/20171019" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969171v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Qi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Gregory Lezama Calvo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schweitzer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.10.008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562102v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavi&#353;a Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en10030386" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397366v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11664-016-4930-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969173v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Chahid" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.07.011" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKCVF76V-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562243v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22149/teee.v1i4.72" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603662v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Felblinger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Blond&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rousselet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Oster" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337797v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tanougast" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bobda" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2008.08.004" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKBRCM60-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337964v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahrokh Saadate" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207210802343968" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337777v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camel Tanougast" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bobda" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Poussier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2004.10.021" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13S61GR3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05456445v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05448792v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04808949v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope61470.2024.10751422" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04808932v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Gholizadeh" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC/ICPSEurope61470.2024.10751535" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135751v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Derue" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848790" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955247v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS61496.2024.10848894" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451560v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Zemouri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS58634.2023.10382837" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451554v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Mahdi Deramgozin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS58634.2023.10382796" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140618v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabiaa Lachtar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridha Ben Cheikh" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DTS55284.2022.9809842" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140620v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Arevalillo-Herraez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9971040" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04140619v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Rida Ismail" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS202256217.2022.9970944" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981875v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS51556.2021.9401735" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981866v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981841v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deramgozin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabah" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ramzan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IST50367.2021.9651357" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938456v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hedi Bedoui" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS49266.2020.9294921" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043437v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IJCNN.2019.8851797" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982183v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.14546.68804" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982206v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPAS.2018.8708863" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785555v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Maric" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Medo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radmila Petanovi&#263;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dejean Mar&#269;i&#263;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568211v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03225282v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2018.8494570" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784889v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565574v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2017.7977831" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568213v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065661v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hedi Bedoui" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2016.7841201" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397940v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soklni-Sita Alli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514123b" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397986v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555843" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397989v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ENERGYCON.2016.7514002" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568224v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397988v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555761" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03568220v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565580v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Siouane" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2016.0557" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565710v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EEEIC.2016.7555738" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397797v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hannachi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalem Ben Abdelali" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mtibaa Abdellatif" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICM.2014.7071847" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938508v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASAP.2008.4580155" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397820v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Lezama" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983256v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Marques" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dabellani" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AHS.2013.6604240" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397753v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Eric.Dabellani@lien.Uhp-Nancy.Fr Dabellani" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938686v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Weber" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-78610-8_17" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-4C4TJGKN-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938501v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AHS.2007.4" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565834v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2007.4374966" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065680v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FPL.2007.4380761" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04251298v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Almuneau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;opold Boudier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Doucet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hanauer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnen Mlayah" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981914v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/PBPC034E_ch15" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938441v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/pbpc034e_ch16" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065672v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-28518-4_14" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01748306v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009NAN10099" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03650219v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>