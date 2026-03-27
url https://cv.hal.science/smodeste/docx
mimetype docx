--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1102,282 +1102,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04220788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Récurrence et récursivité à l'interface des mathématiques et de l'informatique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prendre en compte l’épistémologie de l’algorithme. Quels apports d’un modèle de conceptions ? Quelle transposition didactique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repères IREM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 119, pp.45-63</w:t>
+              <w:t xml:space="preserve">Recherches en Didactique des Mathematiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (3), pp.363-404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04161059v1</w:t>
+                <w:t xml:space="preserve">hal-04161044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nim like game and a machine that plays it</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Esclafit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Saby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Teaching Mathematics and Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18 (4), pp.317-326. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5485/TMCS.2020.0481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04161081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prendre en compte l’épistémologie de l’algorithme. Quels apports d’un modèle de conceptions ? Quelle transposition didactique ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Récurrence et récursivité à l'interface des mathématiques et de l'informatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolás León</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Didactique des Mathematiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 40 (3), pp.363-404</w:t>
+              <w:t xml:space="preserve">Repères IREM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 119, pp.45-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04161044v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche didactique de l’informatique scolaire - Notes de lecture</w:t>
               </w:r>
@@ -2142,238 +2142,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01912885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et application d'un modèle épistémologique en didactique. L'exemple du concept algorithme.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Curriculum in France: A National Frame in Transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Gueudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Bueno-Ravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Manuel Bächtold; Viviane Durand-Guerrier; Valérie Munier. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Trouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Thompson, M.A. Huntley, &amp; C. Suurtamm. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Épistémologie &amp; didactique. Synthèses et études de cas en mathématiques et en sciences expérimentales</w:t>
+              <w:t xml:space="preserve">International Perspectives on Mathematics Curriculum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, pp.129-144, 2017, 978-2-84867-603-6</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">International Age Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.41-70, 2017, 978-1-64113-043-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01812074v1</w:t>
+                <w:t xml:space="preserve">hal-01599059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curriculum in France: A National Frame in Transition</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conception et application d'un modèle épistémologique en didactique. L'exemple du concept algorithme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">D. Thompson, M.A. Huntley, &amp; C. Suurtamm. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Manuel Bächtold; Viviane Durand-Guerrier; Valérie Munier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Perspectives on Mathematics Curriculum</w:t>
+              <w:t xml:space="preserve">Épistémologie &amp; didactique. Synthèses et études de cas en mathématiques et en sciences expérimentales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International Age Publishing</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.41-70, 2017, 978-1-64113-043-1</w:t>
+                <w:t xml:space="preserve">Presses Universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.129-144, 2017, 978-2-84867-603-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599059v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3153,125 +3153,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04420550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albums de littérature jeunesse et mathématiques Quels potentiels pour l’enseignement et l’apprentissage des grandeurs et de la mesure ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Antoine</w:t>
+                <w:t xml:space="preserve">Introduction to the papers and posters of TWG11: Algorithmics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christof Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janka Medova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryna Rafalska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Kortenkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Telling Science, Drawing Science 3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Angoulême, France</w:t>
+              <w:t xml:space="preserve">Twelfth Congress of the European Society for Research in Mathematics Education (CERME12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Bozen-Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04749474v1</w:t>
+                <w:t xml:space="preserve">hal-03808530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Situation didactique autour d'un jeu de recherche : expérimentation en classes de NSI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3287,178 +3326,139 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'informatique, objets d'enseignement et d'apprentissage. Quelles nouvelles perspectives pour la recherche ? Actes du colloque DIDAPRO 9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Le Mans, France. pp.100-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03697943v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction to the papers and posters of TWG11: Algorithmics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ulrich Kortenkamp</w:t>
+                <w:t xml:space="preserve">Albums de littérature jeunesse et mathématiques Quels potentiels pour l’enseignement et l’apprentissage des grandeurs et de la mesure ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Twelfth Congress of the European Society for Research in Mathematics Education (CERME12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Bozen-Bolzano, Italy</w:t>
+              <w:t xml:space="preserve">Telling Science, Drawing Science 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Angoulême, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03808530v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04749474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception et organisation d'une situation didactique en cryptographie [atelier]</w:t>
               </w:r>
@@ -3995,277 +3995,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03121694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proof, reasoning and logic at the interface between Mathematics and Computer Science : toward a framework for analyzing problem solving</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ERME anniversary panel on the occasion of the 20th birthday of the European Society for Research in Mathematics Education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Beauvoir</w:t>
+                <w:t xml:space="preserve">Konrad Krainer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Chappelon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolás León</w:t>
+                <w:t xml:space="preserve">Hanna Palmér</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Jaworski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Prediger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Boero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eleventh Congress of the European Society for Research in Mathematics Education (CERME11)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Utrecht University, Feb 2019, Utrecht, Netherlands. pp.284-291</w:t>
+              <w:t xml:space="preserve">Eleventh Congress of the European Society for Research in Mathematics Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Utrecht University, Feb 2019, Utrecht, Netherlands. pp.81-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398483v1</w:t>
+                <w:t xml:space="preserve">hal-02436284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ERME anniversary panel on the occasion of the 20th birthday of the European Society for Research in Mathematics Education</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Barbara Jaworski</w:t>
+                <w:t xml:space="preserve">Proof, reasoning and logic at the interface between Mathematics and Computer Science : toward a framework for analyzing problem solving</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Prediger</w:t>
+                <w:t xml:space="preserve">Sylvain Beauvoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Boero</w:t>
+                <w:t xml:space="preserve">Jonathan Chappelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Durand-Guerrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolás León</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eleventh Congress of the European Society for Research in Mathematics Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Utrecht University, Feb 2019, Utrecht, Netherlands. pp.81-98</w:t>
+              <w:t xml:space="preserve">Eleventh Congress of the European Society for Research in Mathematics Education (CERME11)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Utrecht University, Feb 2019, Utrecht, Netherlands. pp.284-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02436284v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02398483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaborations et apprentissages au sein d'un dispositif de résolution de problèmes mathématiques en réseau : étude du dispositif ResCo</w:t>
               </w:r>
@@ -5309,51 +5309,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="879C4E31"/>
+    <w:nsid w:val="1FD55529"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5457,51 +5457,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EE37A8AB"/>
+    <w:nsid w:val="B72FEC22"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5605,51 +5605,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="ACBA8BE8"/>
+    <w:nsid w:val="ED486228"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5842,51 +5842,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/smodeste" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8578-9287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170791157" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imag.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciences.edu.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://appam.icube.unistra.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://identitiesproject.eu/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-21-SSMS-0001" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-16-CE38-0006" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demips.math.cnrs.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456437v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Esclafit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Modeste" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dhw" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488620v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Antoine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Munier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184262v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evmorfia-Iro Bartzia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lodi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sbaraglia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Durand-Guerrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15388/infedu.2024.06" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130761v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Meyer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979238v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kerjean" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Mayero" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Mesnil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220788v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dupont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161059v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Le&#243;n" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161081v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5485/TMCS.2020.0481" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161044v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161277v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.14.93" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416152v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ouvrier-Buffet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gravier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312393v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Boulais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Demailly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ciavaldini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ubf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312384v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14uaz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605806v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Gim&#233;nez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Lupi&#225;&#241;ez G&#243;mez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Carvalho E Silva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Nga Nguyen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13548-4_11" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536404v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Broley" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Buteau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryna Rafalska" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Stephens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-95060-6_12-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912885v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-28483-1_6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28483-1_6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812074v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufc.univ-fcomte.fr/epistemologie-didactique.html#" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599059v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bueno-Ravel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Trouche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.infoagepub.com/products/International-Perspectives-on-Mathematics-Curriculum" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345666v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia van Borkulo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Kortenkamp" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janka Medov&#225;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zenkl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193038v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191846v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Bentahila" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Edane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jalabert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Justo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908025v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482116v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Lecocq Mage" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beffara" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duchene" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Parreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944241v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420550v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749474v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697943v2" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808530v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Weber" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janka Medova" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03916810v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014372v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113854v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572440v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Yvain-Pr&#233;biski" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121679v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121694v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavol&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398483v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beauvoir" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chappelon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436284v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Krainer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Palm&#233;r" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Jaworski" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Prediger" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Boero" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314203v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849537v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184712v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938178v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085676v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01615294v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47286-7_17" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085679v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02021307v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Marie Ren&#233;e Gandit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Balicco" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184702v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281116v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rojas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00783294v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/smodeste" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8578-9287" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170791157" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imag.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciences.edu.umontpellier.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://appam.icube.unistra.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://identitiesproject.eu/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-21-SSMS-0001" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-16-CE38-0006" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://demips.math.cnrs.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456437v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Esclafit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Modeste" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dhw" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488620v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Antoine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Munier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184262v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evmorfia-Iro Bartzia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lodi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sbaraglia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Durand-Guerrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15388/infedu.2024.06" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04130761v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Meyer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979238v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Kerjean" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Massot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micaela Mayero" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Mesnil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220788v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dupont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161044v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161081v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Saby" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5485/TMCS.2020.0481" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161059v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Le&#243;n" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161277v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.14.93" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416152v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ouvrier-Buffet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gravier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312393v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Boulais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Demailly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ciavaldini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14ubf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312384v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14uaz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605806v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaqu&#237;n Gim&#233;nez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Lupi&#225;&#241;ez G&#243;mez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Carvalho E Silva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Nga Nguyen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-13548-4_11" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536404v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Broley" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Buteau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryna Rafalska" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Stephens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-95060-6_12-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912885v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-28483-1_6" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28483-1_6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599059v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gueudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bueno-Ravel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Trouche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.infoagepub.com/products/International-Perspectives-on-Mathematics-Curriculum" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812074v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pufc.univ-fcomte.fr/epistemologie-didactique.html#" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345666v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia van Borkulo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Kortenkamp" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janka Medov&#225;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Zenkl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193038v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191846v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Bentahila" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Edane" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jalabert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Justo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908025v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482116v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Lecocq Mage" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beffara" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duchene" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Parreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944241v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420550v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808530v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christof Weber" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janka Medova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697943v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749474v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03916810v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03014372v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03113854v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Leon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572440v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Yvain-Pr&#233;biski" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121679v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121694v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lavol&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436284v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Krainer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Palm&#233;r" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Jaworski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Prediger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Boero" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398483v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beauvoir" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chappelon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314203v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01849537v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184712v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938178v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085676v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01615294v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47286-7_17" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085679v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02021307v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Marie Ren&#233;e Gandit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Balicco" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184702v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281116v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rojas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00783294v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>