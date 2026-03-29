--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -100,563 +100,559 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anorexia nervosa symptoms are induced after specific gut microbiota dysbiosis transfer in germ-free mice</w:t>
+                <w:t xml:space="preserve">Temporary dietary fiber depletion prompts rapid and lasting gut microbiota restructuring in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Gabriel-Segard</w:t>
+                <w:t xml:space="preserve">Colombe Rous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Heberden</w:t>
+                <w:t xml:space="preserve">Julie Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">Hiba Yazbek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva Duquesnoy</w:t>
+                <w:t xml:space="preserve">Elena Monzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marika Dicembre</w:t>
+                <w:t xml:space="preserve">Mahesh S Desai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (1), pp.2563701. </w:t>
+              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19490976.2025.2563701⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/spectrum.01517-24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05418639v1</w:t>
+                <w:t xml:space="preserve">hal-05169333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporary dietary fiber depletion prompts rapid and lasting gut microbiota restructuring in mice</w:t>
+                <w:t xml:space="preserve">Anorexia nervosa symptoms are induced after specific gut microbiota dysbiosis transfer in germ-free mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colombe Rous</w:t>
+                <w:t xml:space="preserve">Tristan Gabriel-Segard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Cadiou</w:t>
+                <w:t xml:space="preserve">Christine Heberden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hiba Yazbek</w:t>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Monzel</w:t>
+                <w:t xml:space="preserve">Maeva Duquesnoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mahesh S Desai</w:t>
+                <w:t xml:space="preserve">Marika Dicembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Spectrum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, </w:t>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (1), pp.2563701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/spectrum.01517-24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19490976.2025.2563701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05169333v1</w:t>
+                <w:t xml:space="preserve">hal-05418639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive immunity shapes innate and epithelial cell landscapes by silencing tonic IFN-γ in innate lymphoid cells during homeostasis</w:t>
+                <w:t xml:space="preserve">Correlation Between Electronic Patient-Reported Outcomes and Biological Markers of Key Parameters in Acute Radiation Cystitis Among Patients With Prostate Cancer (RABBIO): Prospective Observational Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ousséma Mejri</w:t>
+                <w:t xml:space="preserve">Carole Helissey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li Ma</w:t>
+                <w:t xml:space="preserve">Sophie Cavallero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amneh Aoudi</w:t>
+                <w:t xml:space="preserve">Nathalie Guitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ossama Labiad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">Hélène Thery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Parnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2024.09.19.613869⟩</w:t>
+              <w:t xml:space="preserve">JMIR Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e48225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/48225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401952v1</w:t>
+                <w:t xml:space="preserve">inserm-04961151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation Between Electronic Patient-Reported Outcomes and Biological Markers of Key Parameters in Acute Radiation Cystitis Among Patients With Prostate Cancer (RABBIO): Prospective Observational Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Longitudinal exposure to antiseizure medications shape gut-derived microbiome, resistome, and metabolome landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Cavallero</w:t>
+                <w:t xml:space="preserve">Camille Dop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Guitard</w:t>
+                <w:t xml:space="preserve">Stéphane Auvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Thery</w:t>
+                <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Parnot</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Zehra Esra Ilhan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10, pp.e48225. </w:t>
+              <w:t xml:space="preserve">ISME Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/48225⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ismeco/ycae123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04961151v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MAIT cells monitor intestinal dysbiosis and contribute to host protection during colitis</w:t>
               </w:r>
@@ -770,1117 +766,1121 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04649763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal exposure to antiseizure medications shape gut-derived microbiome, resistome, and metabolome landscape</w:t>
+                <w:t xml:space="preserve">Adaptive immunity shapes innate and epithelial cell landscapes by silencing tonic IFN-γ in innate lymphoid cells during homeostasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Dop</w:t>
+                <w:t xml:space="preserve">Ousséma Mejri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Auvin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Li Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amneh Aoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ossama Labiad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISME Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 4 (1), </w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ismeco/ycae123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2024.09.19.613869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04776452v1</w:t>
+                <w:t xml:space="preserve">hal-05401952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">General transcription factor TAF4 antagonizes epigenetic silencing by Polycomb to maintain intestine stem cell functions.</w:t>
+                <w:t xml:space="preserve">Evolution of T cell receptor beta loci in salmonids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanna Säisä-Borreill</w:t>
+                <w:t xml:space="preserve">Pierre Boudinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Davidson</w:t>
+                <w:t xml:space="preserve">Samuel Novas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Kleiber</w:t>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréa Thevenot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Martin</w:t>
+                <w:t xml:space="preserve">Marie-Paule Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell death and differentiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41418-022-01109-6⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1238321. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1238321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942206v1</w:t>
+                <w:t xml:space="preserve">hal-04280847v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fecal microbiota transplantation compared with prednisolone in severe alcoholic hepatitis patients: a randomized trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From In Vitro to In Vivo: A Rational Flowchart for the Selection and Characterization of Candidate Probiotic Strains in Intestinal Disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apurva Pande</w:t>
+                <w:t xml:space="preserve">Maëva Meynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shvetank Sharma</w:t>
+                <w:t xml:space="preserve">Frederic Pepke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vikas Khillan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vinod Arora</w:t>
+                <w:t xml:space="preserve">Chloé Galbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology international</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12072-022-10438-0⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (4), pp.906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms11040906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296491v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04057783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From In Vitro to In Vivo: A Rational Flowchart for the Selection and Characterization of Candidate Probiotic Strains in Intestinal Disorders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of Oral Administration of Lactiplantibacillus plantarum Strain CNCM I−4459 on Obesity Induced by High-Fat Diet in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Jacouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Langella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Maillard</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luis Bermúdez-Humarán</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms11040906⟩</w:t>
+              <w:t xml:space="preserve">Bioengineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (10), pp. 1151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/bioengineering10101151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04057783v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicenter evaluation of gut microbiome profiling by next-generation sequencing reveals major biases in partial-length metabarcoding approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Roume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Saliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Fresne-Languille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Doré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp. 22593. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-023-46062-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04565300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Oral Administration of Lactiplantibacillus plantarum Strain CNCM I−4459 on Obesity Induced by High-Fat Diet in Mice</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Correlation Between Serum and Urine Biomarkers and the Intensity of Acute Radiation Cystitis in Patients Treated With Radiation Therapy for Localized Prostate Cancer: Protocol for the Radiotoxicity Bladder Biomarkers (RABBIO) Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Helissey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cavallero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Parnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Yssaad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/bioengineering10101151⟩</w:t>
+              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.e38362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/38362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04272007v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of T cell receptor beta loci in salmonids</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Paule Lefranc</w:t>
+                <w:t xml:space="preserve">General transcription factor TAF4 antagonizes epigenetic silencing by Polycomb to maintain intestine stem cell functions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanna Säisä-Borreill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Davidson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kleiber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Thevenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1238321⟩</w:t>
+              <w:t xml:space="preserve">Cell death and differentiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41418-022-01109-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04280847v2</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation Between Serum and Urine Biomarkers and the Intensity of Acute Radiation Cystitis in Patients Treated With Radiation Therapy for Localized Prostate Cancer: Protocol for the Radiotoxicity Bladder Biomarkers (RABBIO) Study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Charles Parnot</w:t>
+                <w:t xml:space="preserve">Fecal microbiota transplantation compared with prednisolone in severe alcoholic hepatitis patients: a randomized trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apurva Pande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shvetank Sharma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vikas Khillan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archana Rastogi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Halima Yssaad</w:t>
+                <w:t xml:space="preserve">Vinod Arora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12, pp.e38362. </w:t>
+              <w:t xml:space="preserve">Hepatology international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (1), pp.249-261. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2196/38362⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12072-022-10438-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296498v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-Term Anxiety-like Behavior and Microbiota Changes Induced in Mice by Sublethal Doses of Acute Sarin Surrogate Exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1957,77 +1957,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseburia, a decreased bacterial taxon in the gut microbiota of patients suffering from anorexia nervosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Lachkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Blottière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2081,399 +2081,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04296502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anorexia nervosa and gut microbiota: A systematic review and quantitative synthesis of pooled microbiological data</w:t>
+                <w:t xml:space="preserve">Dynamic Properties of the Intestinal Ecosystem Call for Combination Therapies, Targeting Inflammation and Microbiota, in Ulcerative Colitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Di Lodovico</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Maarten van de Guchte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Doré</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2020.110114⟩</w:t>
+              <w:t xml:space="preserve">Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 161, pp.1969 - 1981.e12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1053/j.gastro.2021.08.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296513v1</w:t>
+                <w:t xml:space="preserve">hal-03634959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Properties of the Intestinal Ecosystem Call for Combination Therapies, Targeting Inflammation and Microbiota, in Ulcerative Colitis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Profiling the T Cell Receptor Alpha/Delta Locus in Salmonids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Stina Isabella Edholm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maarten van de Guchte</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Christopher Graham Fenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Hracky Paulssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Paule Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1053/j.gastro.2021.08.057⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.753960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.753960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03634959v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profiling the T Cell Receptor Alpha/Delta Locus in Salmonids</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Anorexia nervosa and gut microbiota: A systematic review and quantitative synthesis of pooled microbiological data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Di Lodovico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ruth Hracky Paulssen</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Paule Lefranc</w:t>
+                <w:t xml:space="preserve">Isabelle Mack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouna Hanachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.753960. </w:t>
+              <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106, pp.110114. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.753960⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2020.110114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434949v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations between untargeted plasma metabolomic signatures and gut microbiota composition in the Milieu Intérieur population of healthy adults</w:t>
               </w:r>
@@ -2485,51 +2485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Partula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Deschasaux-Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Victor-Bala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2606,90 +2606,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic analysis of a second rainbow trout line (Arlee) leads to an extended description of the IGH VDJ gene repertoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Magadan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yniv Palti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guangtu Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Paule Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental and Comparative Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 118, pp.103998. </w:t>
@@ -2753,51 +2753,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Rochegüe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marisa Haenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2861,51 +2861,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parasites and diet as main drivers of the Malagasy gut microbiome richness and function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3129,103 +3129,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternative stable states in the intestinal ecosystem: proof of concept in a rat model and a perspective of therapeutic implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten van de Guchte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian D Burz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiangbo Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8 (1), pp.153. </w:t>
@@ -3257,857 +3257,857 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03634946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Porphyromonas&amp;lt;/em&amp;gt;, a potential predictive biomarker of Pseudomonas aeruginosa pulmonary infection in cystic fibrosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Standardized IMGT® Nomenclature of Salmonidae IGH Genes, the Paradigm of Atlantic Salmon and Rainbow Trout: From Genomics to Repertoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Magadan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Keravec</w:t>
+                <w:t xml:space="preserve">Aleksei Krasnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+                <w:t xml:space="preserve">Saida Hadi-Saljoqi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles-Antoine Guilloux</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Sergey Afanasyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ open respiratory research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjresp-2018-000374⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625944v1</w:t>
+                <w:t xml:space="preserve">hal-02867815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mucosal healing and bacterial composition in response to enteral nutrition versus steroid based induction therapy - a randomized prospective clinical trial in children with Crohn's disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Associations between usual diet and gut microbiota composition: results from the Milieu Intérieur cross-sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Partula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion J. Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Pigneur</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Olivier Goulet</w:t>
+                <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Deschasaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crohn's and Colitis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ecco-jcc/jjy207⟩</w:t>
+              <w:t xml:space="preserve">The American Journal of Clinical Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 109 (5), pp.1472-1483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ajcn/nqz029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627698v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02173426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations between usual diet and gut microbiota composition: results from the Milieu Intérieur cross-sectional study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mucosal healing and bacterial composition in response to enteral nutrition versus steroid based induction therapy - a randomized prospective clinical trial in children with Crohn's disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Pigneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion J. Torres</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Deschasaux</w:t>
+                <w:t xml:space="preserve">Olivier Goulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Journal of Clinical Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ajcn/nqz029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crohn's and Colitis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (7), pp.846-855. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ecco-jcc/jjy207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02173426v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standardized IMGT® Nomenclature of Salmonidae IGH Genes, the Paradigm of Atlantic Salmon and Rainbow Trout: From Genomics to Repertoires</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The T cell receptor (TRA) locus in the rabbit (Oryctolagus cuniculus): Genomic features and consequences for invariant T cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lantz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boudinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02541⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eji.201948228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02867815v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comprehensive assessment of demographic, environmental, and host genetic associations with gut microbiome diversity in healthy individuals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petar Scepanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia Hodel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Partula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allyson Byrd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 7 (1), pp.130. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s40168-019-0747-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02307232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The T cell receptor (TRA) locus in the rabbit (Oryctolagus cuniculus): Genomic features and consequences for invariant T cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Porphyromonas&amp;lt;/em&amp;gt;, a potential predictive biomarker of Pseudomonas aeruginosa pulmonary infection in cystic fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Keravec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Antoine Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sarah Fangous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">BMJ open respiratory research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (1), pp.e000374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/eji.201948228⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjresp-2018-000374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628164v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The gut microbiota drives the impact of bile acids and fat source in diet on mouse metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Just</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josef Ecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4312,939 +4312,939 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02625841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The gut bacterium and pathobiont &amp;lt;em&amp;gt;Bacteroides vulgatus&amp;lt;/em&amp;gt; activates NF-kappa B in a human gut epithelial cell line in a strain and growth phase dependent manner</w:t>
+                <w:t xml:space="preserve">Structure of protein emulsion in food impacts intestinal microbiota, caecal luminal content composition and distal intestine characteristics in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraic O. Cuiv</w:t>
+                <w:t xml:space="preserve">Martin Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomas de Wouters</w:t>
+                <w:t xml:space="preserve">Daphné Jaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabina Giri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">Véronique Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wendy J. Smith</w:t>
+                <w:t xml:space="preserve">Damien Mat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Koeth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anaerobe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anaerobe.2017.06.002⟩</w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 61 (10), pp.1700078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201700078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628510v1</w:t>
+                <w:t xml:space="preserve">hal-01598952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of protein emulsion in food impacts intestinal microbiota, caecal luminal content composition and distal intestine characteristics in rats</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The gut bacterium and pathobiont &amp;lt;em&amp;gt;Bacteroides vulgatus&amp;lt;/em&amp;gt; activates NF-kappa B in a human gut epithelial cell line in a strain and growth phase dependent manner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daphné Jaoui</w:t>
+                <w:t xml:space="preserve">Paraic O. Cuiv</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Douard</w:t>
+                <w:t xml:space="preserve">Tomas de Wouters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Mat</w:t>
+                <w:t xml:space="preserve">Rabina Giri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Koeth</w:t>
+                <w:t xml:space="preserve">Wendy J. Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 61 (10), pp.1700078. </w:t>
+              <w:t xml:space="preserve">Anaerobe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 47, pp.209-217. </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201700078⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anaerobe.2017.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01598952v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MAIT, MR1, microbes and riboflavin: a paradigm for the co-evolution of invariant TCRs and restricting MHCI-like molecules?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bacteriocin from epidemic Listeria strains alters the host intestinal microbiota to favor infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan J. Quereda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dussurget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Nahori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Ghozlane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stevenn Volant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunogenetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00251-016-0927-9⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (20), pp.5706 - 5711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1523899113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01533896v1</w:t>
+                <w:t xml:space="preserve">hal-01533881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural robustness of the gut mucosal microbiota is associated with Crohn's disease remission after surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Seksik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Allez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Tréton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gut</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 65 (6), pp.954-962. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/gutjnl-2015-309184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01347594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteriocin from epidemic Listeria strains alters the host intestinal microbiota to favor infection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stevenn Volant</w:t>
+                <w:t xml:space="preserve">Complementarity and redundancy of IL-22-producing innate lymphoid cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille C. Rankin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde J. H. Girard-Madoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Seillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa A. Mielke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Kerdiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1523899113⟩</w:t>
+              <w:t xml:space="preserve">Nature Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (2), pp.179-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ni.3332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01533881v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementarity and redundancy of IL-22-producing innate lymphoid cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yann Kerdiles</w:t>
+                <w:t xml:space="preserve">Restricting nonclassical MHC genes coevolve with TRAV genes used by innate-like T cells in mammals.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Boudinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jouneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Teyton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Paule Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ni.3332⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 113 (21), pp.2983-2992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1600674113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01440245v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restricting nonclassical MHC genes coevolve with TRAV genes used by innate-like T cells in mammals.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">MAIT, MR1, microbes and riboflavin: a paradigm for the co-evolution of invariant TCRs and restricting MHCI-like molecules?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boudinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lantz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 113 (21), pp.2983-2992. </w:t>
+              <w:t xml:space="preserve">Immunogenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 68 (8), pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1600674113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00251-016-0927-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02635805v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mucosal-associated invariant T cell–rich congenic mouse strain allows functional evaluation</w:t>
               </w:r>
@@ -5269,51 +5269,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Franciszkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvonne K Mburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Le Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5358,912 +5358,912 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01662502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-fat diet alters gut microbiota physiology in mice</w:t>
+                <w:t xml:space="preserve">Draft genome sequence of &amp;lt;em&amp;gt;Enterococcus faecium&amp;lt;/em&amp;gt; PC4.1, a clade B strain isolated from human feces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannelore Daniel</w:t>
+                <w:t xml:space="preserve">Páraic O Cuív</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amin Moghaddas Gholami</w:t>
+                <w:t xml:space="preserve">Eline S. Klaassens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Berry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hannes Hahne</w:t>
+                <w:t xml:space="preserve">A. Scott Durkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ismej.2013.155⟩</w:t>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00022-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204436v1</w:t>
+                <w:t xml:space="preserve">hal-02630498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZAP-70 genotype disrupts the relationship between microbiota and host, leading to spondyloarthritis and ileitis in SKG mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda M. Rehaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Aguirre de Cárcer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda M. Rehaume</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">Jared Velasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Benham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 66 (10), pp.2780-2792. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/art.38773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02631681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft genome sequence of &amp;lt;em&amp;gt;Enterococcus faecium&amp;lt;/em&amp;gt; PC4.1, a clade B strain isolated from human feces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacterial protein signals are associated with Crohn's disease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David P Kreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Páraic O Cuív</w:t>
+                <w:t xml:space="preserve">Christian Beauvallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eline S. Klaassens</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Scott Durkin</w:t>
+                <w:t xml:space="preserve">Sebastian Vaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (1), </w:t>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 63 (10), pp.1566-1577. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00022-14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2012-303786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02630498v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial protein signals are associated with Crohn's disease.</w:t>
+                <w:t xml:space="preserve">High-fat diet alters gut microbiota physiology in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Juste</w:t>
+                <w:t xml:space="preserve">Hannelore Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David P Kreil</w:t>
+                <w:t xml:space="preserve">Amin Moghaddas Gholami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Beauvallet</w:t>
+                <w:t xml:space="preserve">David Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Guillot</w:t>
+                <w:t xml:space="preserve">Charles Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Vaca</w:t>
+                <w:t xml:space="preserve">Hannes Hahne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 63 (10), pp.1566-1577. </w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (2), pp.295 - 308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/gutjnl-2012-303786⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2013.155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00933734v1</w:t>
+                <w:t xml:space="preserve">hal-01204436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft Genome Sequence of Enterococcus faecalis PC1.1, a Candidate Probiotic Strain Isolated from Human Feces.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A metagenomic insight into our gut's microbiome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie M. Joossens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Scott Durkin</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Blottiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Announcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/genomeA.00160-12⟩</w:t>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 62 (1), pp.146 - 158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2011-301805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643385v1</w:t>
+                <w:t xml:space="preserve">hal-01004521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A metagenomic insight into our gut's microbiome</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Draft Genome Sequence of Enterococcus faecalis PC1.1, a Candidate Probiotic Strain Isolated from Human Feces.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Páraic O Cuív</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline S. Klaassens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendy J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Herve H. Blottiere</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Scott Durkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00160-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/gutjnl-2011-301805⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01004521v1</w:t>
+                <w:t xml:space="preserve">hal-02643385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The human gut microbiome and its dysfunctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas de Wouters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Dore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digestive Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 31 (3-4), pp.278-285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6323,51 +6323,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rober A. Kemperman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sam Possemiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6495,51 +6495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. R. Nimmo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. S. Sriprakash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 32 (8), pp.1083-90. </w:t>
@@ -6577,51 +6577,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altered gut microbiota composition in immune-impaired Nod2-/- mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérick F. Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6717,338 +6717,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01004740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of tissue bacteria in the onset of diabetes in humans: evidence for a concept.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highlighting New Phylogenetic Specificities of Crohn's Disease Microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Amar</w:t>
+                <w:t xml:space="preserve">S. S. Kang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Serino</w:t>
+                <w:t xml:space="preserve">J-Pierre J.-P. Furet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Lange</w:t>
+                <w:t xml:space="preserve">D. Aguirre D. A. de Carcer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Chabo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jason Iacovoni</w:t>
+                <w:t xml:space="preserve">C. C. Mcsweeney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00125-011-2329-8⟩</w:t>
+              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (1), pp.185 - 192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ibd.21436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00801269v1</w:t>
+                <w:t xml:space="preserve">hal-01000994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlighting New Phylogenetic Specificities of Crohn's Disease Microbiota</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">Involvement of tissue bacteria in the onset of diabetes in humans: evidence for a concept.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. S. Kang</w:t>
+                <w:t xml:space="preserve">Matteo Serino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-Pierre J.-P. Furet</w:t>
+                <w:t xml:space="preserve">Cécile Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Aguirre D. A. de Carcer</w:t>
+                <w:t xml:space="preserve">Chantal Chabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. C. Mcsweeney</w:t>
+                <w:t xml:space="preserve">Jason Iacovoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 17 (1), pp.185 - 192. </w:t>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 54 (12), pp.3055-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ibd.21436⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00125-011-2329-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01000994v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00801269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the human intestinal microbiota phylogenetic core</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Tap</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Levenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7284,51 +7284,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population structure of the fish-pathogenic bacterium Flavobacterium psychrophilum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Achaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7690,359 +7690,359 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ALPK1. Deletion protected from body weight gain and glucose intolerance induced by HFD</w:t>
+                <w:t xml:space="preserve">Identification of a novel bacterial strain with potentially beneficial probiotic properties in irritable bowel syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Rolland</w:t>
+                <w:t xml:space="preserve">Maillard Flore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Lashermes</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Florian Chain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meynier Maeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Galbert Chloé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Véronique Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Society for Clinical Nutrition and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">23 Colloque du Club des Bactéries Lactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04352091v1</w:t>
+                <w:t xml:space="preserve">hal-04344183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a novel bacterial strain with potentially beneficial probiotic properties in irritable bowel syndrome</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ALPK1. Deletion protected from body weight gain and glucose intolerance induced by HFD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meynier Maeva</w:t>
+                <w:t xml:space="preserve">Alice Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galbert Chloé</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Amandine Lashermes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23 Colloque du Club des Bactéries Lactiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">European Society for Clinical Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04344183v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etats stables alternatifs d’un holobiont : La relation entre le microbiote intestinal et l’hôte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten van de Guchte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian D. Burz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiangbo Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFEM 2019: Fonctions et diversité des microbiotes dans les environnements naturels et anthropisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Bussang, France</w:t>
@@ -8084,77 +8084,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations entre profils métabolomiques plasmatiques rmn et composition du microbiote intestinal au sein d’une population d’adultes francais en bonne santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Partula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Lecuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8166,1774 +8166,1786 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JFN 2018 Journées Francophones de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Nice, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nupar.2019.01.221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La concentration sanguine d'ADN bactérien prédit la survenue du diabète en population générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. J. Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. C. Chabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. C. Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. M. Serino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. J. Iacovoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Francophone du Diabète</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Genève, Suisse. pp.A21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01001550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a microbiota of intestinal origin in white adipose tissue and stroma vascular fraction from healthy and patients according to their BMI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. M. Serino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. E. Luche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. P. Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. C. Chabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier O. Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Francophone du Diabète</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Genève, Switzerland. pp.A32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01001551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenetic and Functional Specificities of Crohn’s Disease Microbiota</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joël Doré</w:t>
+                <w:t xml:space="preserve">Bactéries pathogènes des poissons du genre Flavobacterium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Duchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bernardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Kerouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chantry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Gastrointestinal Function</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2. Journées de la Recherche Filière Piscicole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Paris, France. 1 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00248-009-9496-x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03825735v1</w:t>
+                <w:t xml:space="preserve">hal-02823179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bactéries pathogènes des poissons du genre Flavobacterium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Chantry</w:t>
+                <w:t xml:space="preserve">Phylogenetic and Functional Specificities of Crohn’s Disease Microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Furet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées de la Recherche Filière Piscicole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Conference on Gastrointestinal Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Chicago, United States. pp. 562-588, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00248-009-9496-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02823179v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03825735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYMBIO-THERAPY TARGETING INFLAMMATION AND MICROBIOTA IN ULCERATIVE COLITIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten van de Guchte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Dore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4TH INTERNATIONAL WORLD OF MICROBIOME CONFERENCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Sofia, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of T cell receptor beta loci in salmonids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Boudinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Novas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jouneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Paule Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th congress of the International Society of Developmental and Comparative Immunology (ISDCI 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Wageningen, Netherlands. Developmental &amp; Comparative Immunology, 148, pp.104971, 2023, International Society of Developmental and Comparative Immunology 2023. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dci.2023.104971⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saccharomyces cerevisiae, candida albicans and adherent-invasive escherichia coli (AIEC) intestinal colonization is not associated with asca detection in Crohn's disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chevarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Sarter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iman Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UEGW 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, AMSTERDAM, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alternative stable states in the intestinal ecosystem: proof of concept and a perspective of therapeutic implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maarten van de Guchte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian D. Burz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiangbo Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">KEYSTONE SYMPOSIA. Microbiome: Therapeutic Implications (T1)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Killarney, Ireland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s40168-020-00933-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02888849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A porphyromonas-Pseudomonas aeruginosa &amp;quot;pas de deux&amp;quot; in the airways microbiota of cystic fibrosis patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Schutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Herv-Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">North American Cystic Fibrosis Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Denver, Colorado, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">de Bruijn, Frans J., Wiley-Blackwell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pediatric Pulmonology, 53, pp.2, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations entre les consommations alimentaires et la composition du microbiote intestinal au sein d’une population d’adultes français en bonne santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Partula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Deschasaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophone de Nutrition (JFN 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Nantes, France. , 2017, Journées Francophone de Nutrition - livre des résumés</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eating habits and intestinal microbiota composition of healthy french people: preliminary study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Habitudes alimentaires et composition du microbiote intestinal dans une population d'adultes français en bonne santé : étude préliminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szabo de Edelenyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd World congress on targeting microbiota</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Paris, France. , 2015</w:t>
+              <w:t xml:space="preserve">Colloque « Nutrition, microbiote, métabolisme et cancer »NACRe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Paris, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741758v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitudes alimentaires et composition du microbiote intestinal dans une population d'adultes français en bonne santé : étude préliminaire</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Eating habits and intestinal microbiota composition of healthy french people: preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marion Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szabo de Edelenyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Lantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Nutrition, microbiote, métabolisme et cancer »NACRe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Paris, France. , 2015</w:t>
+              <w:t xml:space="preserve">3rd World congress on targeting microbiota</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742332v1</w:t>
+                <w:t xml:space="preserve">hal-02741758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupes alimentaires et composition du microbiote intestinal chez des adultes français issus de la population générale : étude préliminaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kesse-Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Szabo de Edelenyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paule Latino Martel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Journées Francophones de Nutrition (JFN 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Marseille, France. , Nutrition Clinique et Métabolisme, 31, 2015, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nupar.2016.10.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population structure of the fish-pathogenic bacterium Flavobacterium psychrophilum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre P. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Achaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9965,51 +9977,51 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. International Congress of Bacteriology and Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2008, Istanbul, Turkey. 1 p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02818503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10019,145 +10031,145 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The human gut microbiome and its dysfunctions through the meta-omics prism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition and the Microbiome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1372, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BLACKWELL SCIENCE PUBL</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11, 2016, Annals of the New York Academy of Sciences, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nyas.13033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
-              <w:r>
-[...42 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10167,147 +10179,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methods for predicting the risk of developing pulmonary colonization/infection by pseudomonas aeruginosa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Hery-Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Antoine Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2019185778A1. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04084174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10317,157 +10329,157 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the interplay between the gut microbiota and its host : application to the analysis of diet impact on symbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Haghebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Sala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04287119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId389"/>
+      <w:footerReference w:type="default" r:id="rId390"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10614,51 +10626,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418639v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gabriel-Segard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heberden" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Mondot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Duquesnoy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Dicembre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2563701" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05169333v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombe Rous" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cadiou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Yazbek" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Monzel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh S Desai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01517-24" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401952v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouss&#233;ma Mejri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Ma" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amneh Aoudi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossama Labiad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.09.19.613869" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04961151v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Helissey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cavallero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Parnot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/48225" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649763v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Morr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Furstenheim" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mestdagh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Franciszkiewicz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Salou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.adi8954" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776452v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dop" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auvin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Esra Ilhan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycae123" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942206v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna S&#228;is&#228;-Borreill" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Davidson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kleiber" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Thevenot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Martin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-022-01109-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296491v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apurva Pande" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shvetank Sharma" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikas Khillan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archana Rastogi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Arora" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12072-022-10438-0" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04057783v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Maillard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Meynier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pepke" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Galbert" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11040906" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565300v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Roume" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saliou" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Fresne-Languille" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dor&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46062-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04272007v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jacouton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Berm&#250;dez-Humar&#225;n" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10101151" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04280847v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudinot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Novas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Lefranc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1238321" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296498v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Yssaad" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/38362" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812359v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gerard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Knoertzer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051167" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296502v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Lachkar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blotti&#232;re" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hanachi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41430-022-01116-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296513v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Di Lodovico" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mack" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2020.110114" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634959v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2021.08.057" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434949v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Stina Isabella Edholm" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Graham Fenton" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Hracky Paulssen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Lefranc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.753960" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073792v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Partula" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Deschasaux-Tanguy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Victor-Bala" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouchemal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114520004870" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230900v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Magadan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yniv Palti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangtu Gao" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2021.103998" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03971764v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rocheg&#252;e" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Astruc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Cazeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11113280" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364386v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poirier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abou-Bacar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Greigert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brunet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-96967-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02641647v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Deschasaux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Druesne-Pecollo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Latino-Martel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Desmetz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqaa063" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634946v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D Burz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangbo Wu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00933-7" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625944v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Keravec" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Guilloux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sarah Fangous" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjresp-2018-000374" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627698v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pigneur" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Schmitz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goulet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ecco-jcc/jjy207" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02173426v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion J. Torres" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz029" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02867815v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Krasnov" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Hadi-Saljoqi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Afanasyev" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02541" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02307232v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Scepanovic" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Hodel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allyson Byrd" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-019-0747-x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628164v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lantz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201948228" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860016v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Just" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Ecker" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Wegner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Rath" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0510-8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625841v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Ben Youssef" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tourret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Ghazarian" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Houdouin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20171739" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628510v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraic O. Cuiv" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Wouters" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabina Giri" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy J. Smith" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2017.06.002" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01598952v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Jaoui" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mat" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Koeth" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201700078" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533896v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-016-0927-9" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01347594v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Seksik" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Allez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Tr&#233;ton" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2015-309184" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533881v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J. Quereda" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dussurget" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Nahori" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenn Volant" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1523899113" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440245v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille C. Rankin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde J. H. Girard-Madoux" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Seillet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa A. Mielke" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Kerdiles" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.3332" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635805v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Teyton" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600674113" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01662502v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Cui" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne K Mburu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Le Bourhis" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI82424" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204436v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Daniel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Moghaddas Gholami" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berry" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Desmarchelier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Hahne" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.155" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631681v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda M. Rehaume" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aguirre de C&#225;rcer" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Velasco" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Benham" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.38773" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630498v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#225;raic O Cu&#237;v" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline S. Klaassens" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Scott Durkin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00022-14" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933734v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Kreil" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vaca" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2012-303786" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643385v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00160-12" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004521v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leclerc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Joossens" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Blottiere" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2011-301805" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-21HVKLZV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204289v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000354678" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003375v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rober A. Kemperman" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Gross" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Possemiers" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Marzorati" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2013.01.034" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSRF13SX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651654v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhang" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morrison" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. R. Nimmo" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. S. Sriprakash" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-013-1854-4" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004740v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick F. Barreau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Z. Al Nabhani" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. Dussaillant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Le Roux" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2011-300478" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-BWCGC18F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00801269v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Amar" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Serino" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lange" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chabo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Iacovoni" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-011-2329-8" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000994v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Kang" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Pierre J.-P. Furet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aguirre D. A. de Carcer" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Mcsweeney" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ibd.21436" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667864v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levenez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Caron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2009.01982.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D0BBDE8744017E80BDEE275864207B6EBC7FB6DC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667876v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Furet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Firmesse" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gourmelon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bridonneau" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2009.00671.x" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666961v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Achaz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouchenot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernardet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00244-08" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419599v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mondot" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchenot" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Bernardet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666599v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1313" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352091v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rolland" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04344183v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maillard Flore" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meynier Maeva" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galbert Chlo&#233;" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02888963v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D. Burz" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736028v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Torres" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lecuyer" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.221" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001550v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Amar" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Chabo" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Lange" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Serino" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Iacovoni" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001551v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Luche" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Klopp" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Bouchez" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03825735v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-009-9496-x" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4FNZ0PH3-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823179v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Kerouault" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305587v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05484226v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2023.104971" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046747v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chevarin" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sarter" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cornu" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Salem" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02888849v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733874v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guilloux" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schutz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Herv-Arnaud" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdf/10.1002/ppul.24150" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736974v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Torres" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741758v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marion Torres" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szabo de Edelenyi" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742332v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740195v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Latino Martel" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2016.10.057" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818503v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532591v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/371694.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.13033" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TG5LBTK0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084174v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Hery-Arnaud" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04287119v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Haghebaert" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Sala" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05169333v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colombe Rous" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cadiou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Yazbek" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Monzel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh S Desai" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.01517-24" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418639v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gabriel-Segard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heberden" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Mondot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Duquesnoy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Dicembre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2563701" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04961151v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Helissey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cavallero" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thery" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Parnot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/48225" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776452v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dop" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auvin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Esra Ilhan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismeco/ycae123" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649763v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara El Morr" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariela Furstenheim" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mestdagh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Franciszkiewicz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Salou" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.adi8954" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401952v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouss&#233;ma Mejri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Ma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amneh Aoudi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossama Labiad" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.09.19.613869" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04280847v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudinot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Novas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jouneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Lefranc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1238321" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04057783v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Maillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Meynier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pepke" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Galbert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11040906" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04272007v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jacouton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Berm&#250;dez-Humar&#225;n" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10101151" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04565300v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Roume" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Saliou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Fresne-Languille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dor&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-46062-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296498v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Yssaad" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/38362" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942206v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna S&#228;is&#228;-Borreill" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Davidson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kleiber" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Thevenot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Martin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-022-01109-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296491v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apurva Pande" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shvetank Sharma" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vikas Khillan" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archana Rastogi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Arora" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12072-022-10438-0" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812359v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gerard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Knoertzer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051167" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296502v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Lachkar" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blotti&#232;re" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Hanachi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41430-022-01116-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634959v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten van de Guchte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2021.08.057" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434949v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Stina Isabella Edholm" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Graham Fenton" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Hracky Paulssen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Lefranc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.753960" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04296513v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Di Lodovico" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mack" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2020.110114" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073792v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Partula" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Deschasaux-Tanguy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Victor-Bala" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouchemal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114520004870" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230900v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Magadan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yniv Palti" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangtu Gao" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2021.103998" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03971764v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Rocheg&#252;e" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Haenni" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Astruc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Cazeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11113280" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364386v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poirier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abou-Bacar" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Greigert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Brunet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-96967-4" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02641647v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Deschasaux" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Druesne-Pecollo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Latino-Martel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Desmetz" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqaa063" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03634946v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D Burz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiangbo Wu" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-020-00933-7" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02867815v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Krasnov" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Hadi-Saljoqi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Afanasyev" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02541" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02173426v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion J. Torres" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kesse-Guyot" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz029" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627698v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pigneur" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Schmitz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Goulet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ecco-jcc/jjy207" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628164v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lantz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201948228" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02307232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Scepanovic" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Hodel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allyson Byrd" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-019-0747-x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625944v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Keravec" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Guilloux" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sarah Fangous" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjresp-2018-000374" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01860016v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Just" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Ecker" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Wegner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Rath" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-018-0510-8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625841v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Ben Youssef" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tourret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Ghazarian" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Houdouin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20171739" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01598952v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaumont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Jaoui" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mat" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Koeth" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201700078" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628510v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraic O. Cuiv" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Wouters" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabina Giri" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy J. Smith" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anaerobe.2017.06.002" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533881v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J. Quereda" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dussurget" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Nahori" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenn Volant" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1523899113" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01347594v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Seksik" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Allez" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Tr&#233;ton" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2015-309184" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440245v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille C. Rankin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde J. H. Girard-Madoux" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Seillet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa A. Mielke" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Kerdiles" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni.3332" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635805v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Teyton" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600674113" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533896v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00251-016-0927-9" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01662502v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Cui" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne K Mburu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Le Bourhis" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI82424" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630498v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#225;raic O Cu&#237;v" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline S. Klaassens" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Scott Durkin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00022-14" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631681v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda M. Rehaume" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aguirre de C&#225;rcer" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jared Velasco" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Benham" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.38773" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933734v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Kreil" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauvallet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vaca" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2012-303786" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204436v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Daniel" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Moghaddas Gholami" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berry" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Desmarchelier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes Hahne" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.155" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004521v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leclerc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Joossens" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Blottiere" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2011-301805" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-21HVKLZV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643385v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00160-12" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204289v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000354678" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003375v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rober A. Kemperman" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Gross" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Possemiers" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Marzorati" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2013.01.034" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSRF13SX-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651654v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zhang" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morrison" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. R. Nimmo" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. S. Sriprakash" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-013-1854-4" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004740v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick F. Barreau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Z. Al Nabhani" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique M. Dussaillant" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Le Roux" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2011-300478" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-BWCGC18F-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000994v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. S. Kang" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Pierre J.-P. Furet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aguirre D. A. de Carcer" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Mcsweeney" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ibd.21436" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00801269v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Amar" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Serino" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lange" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chabo" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Iacovoni" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-011-2329-8" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667864v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levenez" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pelletier" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Caron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2009.01982.x" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D0BBDE8744017E80BDEE275864207B6EBC7FB6DC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667876v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Furet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Firmesse" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gourmelon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bridonneau" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2009.00671.x" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666961v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Nicolas" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Achaz" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bouchenot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bernardet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00244-08" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419599v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolas" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mondot" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouchenot" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Bernardet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666599v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mekki Boussaha" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Michel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nbt1313" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04344183v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maillard Flore" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chain" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meynier Maeva" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Galbert Chlo&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352091v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rolland" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02888963v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D. Burz" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736028v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Torres" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lecuyer" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2019.01.221" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HXQN46DF-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001550v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Amar" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Chabo" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Lange" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Serino" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Iacovoni" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001551v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. E. Luche" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. P. Klopp" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Bouchez" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823179v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Kerouault" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chantry" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03825735v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-009-9496-x" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4FNZ0PH3-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305587v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05484226v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2023.104971" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046747v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chevarin" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sarter" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Cornu" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Salem" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02888849v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733874v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guilloux" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schutz" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Herv-Arnaud" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/pdf/10.1002/ppul.24150" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736974v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Torres" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742332v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szabo de Edelenyi" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741758v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marion Torres" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740195v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paule Latino Martel" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2016.10.057" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818503v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532591v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/371694.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.13033" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TG5LBTK0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04084174v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Hery-Arnaud" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04287119v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Haghebaert" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Sala" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>