--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> sofiane belhabib </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring microstructural characteristics and tensile behaviour in 3D-Printed polyethylene terephthalate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Research and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39, pp.1168 - 1184. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmrt.2025.09.136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Printing Temperature on the Microstructure and Tensile Properties of Polylactic Acid–Magnetic Iron Composites Manufactured by Material Extrusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Melelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timm Weitkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (18), pp.2485. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym17182485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating microstructural features and tensile properties of 3D-printed co-polyester reinforced with carbon fibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaianth Vijayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Boller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Part C: Open Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcomc.2025.100604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Printing Angle on the Microstructure and Tensile Performance of Iron-Reinforced Polylactic Acid Composite Manufactured Using Fused Filament Fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing and Materials Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (2), pp.65. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jmmp8020065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05079104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and compressive behaviour of PLA/PHA-wood lattice structures processed using additive manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 141, pp.108612. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2024.108612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Microstructural Arrangement on the Failure Characteristics of 3D-Printed Polymers: Exploring Damage Behaviour in Acrylonitrile Butadiene Styrene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (11), pp.2699. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma17112699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Light Processing Route for 3D Printing of Acrylate-Modified PLA/Lignin Blends: Microstructure and Mechanical Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stephant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (10), pp.1342. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym16101342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital image correlation to reveal mechanical anisotropy in 3D printing of polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hachmi Ben Daly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 103 (3), pp.223-239. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14786435.2022.2140217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking material symmetry to control mechanical performance in 3D printed objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina d'Orlando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symmetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (28), pp.sym15010028. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sym15010028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Thermal and Mechanical Behaviour of Wood-PLA Composites Processed by Additive Manufacturing for Building Insulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Bahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (14), pp.3056. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym15143056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Microstructural Arrangement on the Mechanical Behavior of 3D Printed Polyamide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stephant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symmetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (12), pp.2119. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sym15122119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfacial Behaviour in Polymer Composites Processed Using Droplet-Based Additive Manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Abouzaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (5), pp.1-26. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym14051013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Thermal Properties of 3D Printed Polycarbonate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Bahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (10), pp.3686. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en15103686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infill Strategy in 3D Printed PLA Carbon Composites: Effect on Tensile Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (19), pp.4221. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym14194221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Image Correlation and Finite Element Computation to Reveal Mechanical Anisotropy in 3D Printing of Polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (23), pp.8382. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma15238382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Mechanical Performance of Polylactic Material Reinforced by Ceramic in Fused Filament Fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stephant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (14), pp.2924. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym14142924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of a Starchy Photosensitive Material for Additive Manufacturing of Composites Using Digital Light Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (17), pp.5375. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27175375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hygrothermal and Microstructural Investigation of PLA and PLA-Flax Printed Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Elias Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fibers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (3), pp.24. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fib10030024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Thermoplastic Filaments’ Sintering by Level Set Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Reguerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Key Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 926, pp.365 - 372. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/p-710m7b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additive manufacturing of biomaterials for bone tissue engineering – A critical review of the state of the art and new concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Michèle Germaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 130, pp.100963. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmatsci.2022.100963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of printing temperature on microstructure, thermal behavior and tensile properties of 3D printed nylon using fused deposition modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 138 (14), pp.50162. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/app.50162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Printing Parameters on Mechanical Behaviour of PLA-Flax Printed Structures by Fused Deposition Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Elias Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (19), pp.5883. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma14195883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Mechanical Behaviour of Biosourced Cellular Polymer Manufactured Using Fused Deposition Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), pp.2651. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym12112651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Tensile Behaviour of Bio-Sourced 3D-Printed Structures from a Microstructural Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Altin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (5), pp.1060. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym12051060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal cycling, microstructure and tensile performance of PLA-PHA polymer printed using fused deposition modelling technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Prototyping Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26 (1), pp.122-133. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/RPJ-06-2019-0151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02895025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal assembling of 3D printed features by modulation of interfacial behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Favero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Prototyping Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (1), pp.13-21. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/RPJ-11-2016-0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal mechanical characterization of copolyester for additive manufacturing using FDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Abouzaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Chouaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/smdo/2019011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure, Thermal and Mechanical Behavior of 3D Printed Acrylonitrile Styrene Acrylate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 304 (7), pp.1800793. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mame.201800793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension of Einstein's Law for Power-Law Fluid to Describe a Suspension of Spherical Particles: Application to Recycled Polymer Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Madec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Engineering and Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 59 (s2), </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pen.25070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the microstructural role of bio-sourced 3D printed structures on the tensile performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77, pp.105924. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2019.105924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printability and Tensile Performance of 3D Printed Polyethylene Terephthalate Glycol Using Fused Deposition Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (7), pp.1220. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym11071220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and Mechanical Performance of 3D Printed Wood-PLA/PHA Using Fused Deposition Modelling: Effect of Printing Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (11), pp.1778. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym11111778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Material extrusion of plant biopolymers: Opportunities & challenges for 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21, pp.220 - 233. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addma.2018.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printability of co-polyester using fused deposition modelling and related mechanical performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Abouzaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Chouaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 108, pp.262-273. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.08.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHBV Crystallization under Injection Molding Conditions: Influence of Packing Pressure and Mold Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Colomines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (3), pp.270-276. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7569/JRM.2017.634179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural defects induced by stereolithography and related compressive behaviour of polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Processing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 251, pp.37 - 46. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2017.08.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionally graded materials from topology optimisation and stereolithography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 108, pp.199-211. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.08.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of microstructure and mechanical performance of polymeric cellular structures designed using stereolithography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.72-82. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2017.10.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression performance of hollow structures: From topology optimisation to design 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 133, pp.728 - 739. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2017.09.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scale food process engineering — Challenges and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo de Vries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mikolajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Salmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Abecassis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46, pp.122-130. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2017.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a parametric procedure allowing efficient positioning of heat sources: application to high-temperature composites thermoforming process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine Jebara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Havet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.A12. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/smdo/2017005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the representative elementary size concept to evaluate the compatibilisation of a plasticised biopolymer blend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Favero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Decaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Reguerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 172, pp.120-129. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.05.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural imperfections in additive manufacturing perceived from the X-ray micro-tomography perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Processing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 234, pp.113 - 124. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2016.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining the Difference Between Real Part and Virtual Design of 3D Printed Porous Polymer at the Microstructural Level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ben Hassana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 301 (5), pp.566 - 576. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mame.201500360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation and numerical modeling of the thermal behavior of a micro-heater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lemeunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Plot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microsystem Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (1), pp.181 - 191. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00542-014-2373-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural design of biopolymer blends and related elasticity with imperfect interfacial bonding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Haddadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 138, pp.309 - 316. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.11.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anisotropic damage inferred to 3D printed polymers using fused deposition modelling and subject to severe compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ben Hassana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 85, pp.324-340. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2016.10.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Significance of pore percolation to drive anisotropic effects of 3D printed polymers revealed with X-ray μ-tomography and finite element computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81, pp.29 - 36. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymer.2015.10.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure influence on crystallization kinetics during injection molding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Cuong Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Nicolazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vachot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Processing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 211 (11), pp.1757 - 1763. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2011.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01458284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous tensile test on elastic -plastic metallic sheets: Comparison between FEM simulations and full-field strain measurements.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gasperini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Vacher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp. 14-21. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of deformation in the decay of $^{56}$Ni and $^{40}$Ca di-nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bhattacharya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Nouicer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 654, pp.841c-844c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00005211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Thermal Properties of Bio-Based Blends from Functionalized Lignin for Additive Manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahfoud Tahlaiti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Blends &amp; Eurofillers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the rheological behavior of polypropylene/polyethylene extruded mixture using an instrumented die Determination of the optimum coupling agent content for composites based on hemp and high density polyethylene AIP Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Madec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 32nd International Conference of the Polymer Processing Society PPS 32</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Lyon, France. pp.40005 - 50003, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5016715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control Applied to Thermal Regulation of Thermoforming Process Based on the ARMAX Linear Model and a Quadratic Criterion Formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine Jebara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Havet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Heat Transfer and Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des transferts thermiques mis en jeu dans un procédé d’impression par dépôt de fil fondu de thermoplastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Huou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Madec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHBV crystallization under injection molding conditions: influence of packing pressure and mold temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Colomines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Bioabsed Materials and Composites ICBMC 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de la conductivité thermique d'un polymère semi-cristallin en exploitant la mesure de température au coeur d'une pièce moulée par injection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Cuong Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Nicolazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vachot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03421359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Structural Investigation of Bio-Based Blends from Functionalized Lignin for Additive Manufacturing by 1Hand 13C variable temperature Solid-State NMR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination de la répartition spatiale optimale des sources thermiques dans un plateau chauffant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine Jebara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Havet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de Thermique (SFT 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId207"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> sofiane belhabib </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring microstructural characteristics and tensile behaviour in 3D-Printed polyethylene terephthalate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Research and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39, pp.1168 - 1184. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmrt.2025.09.136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Printing Temperature on the Microstructure and Tensile Properties of Polylactic Acid–Magnetic Iron Composites Manufactured by Material Extrusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessia Melelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timm Weitkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (18), pp.2485. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym17182485⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating microstructural features and tensile properties of 3D-printed co-polyester reinforced with carbon fibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaianth Vijayakumar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Boller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Composites Part C: Open Access</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcomc.2025.100604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Printing Angle on the Microstructure and Tensile Performance of Iron-Reinforced Polylactic Acid Composite Manufactured Using Fused Filament Fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Manufacturing and Materials Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (2), pp.65. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jmmp8020065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05079104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and compressive behaviour of PLA/PHA-wood lattice structures processed using additive manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ji-Hong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 141, pp.108612. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2024.108612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05051968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Microstructural Arrangement on the Failure Characteristics of 3D-Printed Polymers: Exploring Damage Behaviour in Acrylonitrile Butadiene Styrene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 17 (11), pp.2699. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma17112699⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Light Processing Route for 3D Printing of Acrylate-Modified PLA/Lignin Blends: Microstructure and Mechanical Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stephant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (10), pp.1342. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym16101342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital image correlation to reveal mechanical anisotropy in 3D printing of polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hachmi Ben Daly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Magazine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 103 (3), pp.223-239. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14786435.2022.2140217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking material symmetry to control mechanical performance in 3D printed objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélina d'Orlando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symmetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (28), pp.sym15010028. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sym15010028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03810363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Thermal and Mechanical Behaviour of Wood-PLA Composites Processed by Additive Manufacturing for Building Insulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Bahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (14), pp.3056. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym15143056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Microstructural Arrangement on the Mechanical Behavior of 3D Printed Polyamide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stephant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symmetry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (12), pp.2119. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/sym15122119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Thermal Properties of 3D Printed Polycarbonate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Bahar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (10), pp.3686. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en15103686⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interfacial Behaviour in Polymer Composites Processed Using Droplet-Based Additive Manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Abouzaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (5), pp.1-26. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym14051013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infill Strategy in 3D Printed PLA Carbon Composites: Effect on Tensile Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (19), pp.4221. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym14194221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Image Correlation and Finite Element Computation to Reveal Mechanical Anisotropy in 3D Printing of Polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (23), pp.8382. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma15238382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Additive manufacturing of biomaterials for bone tissue engineering – A critical review of the state of the art and new concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Michèle Germaini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Weiss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 130, pp.100963. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pmatsci.2022.100963⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03757427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Mechanical Performance of Polylactic Material Reinforced by Ceramic in Fused Filament Fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Hedjazi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Stephant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (14), pp.2924. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym14142924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03754132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of a Starchy Photosensitive Material for Additive Manufacturing of Composites Using Digital Light Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (17), pp.5375. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/molecules27175375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Thermoplastic Filaments’ Sintering by Level Set Method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Reguerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Key Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 926, pp.365 - 372. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/p-710m7b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hygrothermal and Microstructural Investigation of PLA and PLA-Flax Printed Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Elias Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fibers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (3), pp.24. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/fib10030024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03596643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of printing temperature on microstructure, thermal behavior and tensile properties of 3D printed nylon using fused deposition modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 138 (14), pp.50162. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/app.50162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Printing Parameters on Mechanical Behaviour of PLA-Flax Printed Structures by Fused Deposition Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassine Elias Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferhat Benmahiddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ameur El Amine Hamami</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (19), pp.5883. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ma14195883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03402740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Mechanical Behaviour of Biosourced Cellular Polymer Manufactured Using Fused Deposition Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Gomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), pp.2651. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym12112651⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Tensile Behaviour of Bio-Sourced 3D-Printed Structures from a Microstructural Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdullah Altin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (5), pp.1060. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym12051060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal cycling, microstructure and tensile performance of PLA-PHA polymer printed using fused deposition modelling technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Prototyping Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26 (1), pp.122-133. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/RPJ-06-2019-0151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02895025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal mechanical characterization of copolyester for additive manufacturing using FDM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Abouzaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Chouaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/smdo/2019011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal assembling of 3D printed features by modulation of interfacial behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Favero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapid Prototyping Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 25 (1), pp.13-21. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/RPJ-11-2016-0178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure, Thermal and Mechanical Behavior of 3D Printed Acrylonitrile Styrene Acrylate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 304 (7), pp.1800793. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mame.201800793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension of Einstein's Law for Power-Law Fluid to Describe a Suspension of Spherical Particles: Application to Recycled Polymer Flow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Madec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Engineering and Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 59 (s2), </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pen.25070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02464187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding the microstructural role of bio-sourced 3D printed structures on the tensile performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Testing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 77, pp.105924. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymertesting.2019.105924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printability and Tensile Performance of 3D Printed Polyethylene Terephthalate Glycol Using Fused Deposition Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (7), pp.1220. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym11071220⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and Mechanical Performance of 3D Printed Wood-PLA/PHA Using Fused Deposition Modelling: Effect of Printing Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (11), pp.1778. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/polym11111778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Material extrusion of plant biopolymers: Opportunities & challenges for 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Additive Manufacturing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21, pp.220 - 233. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addma.2018.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHBV Crystallization under Injection Molding Conditions: Influence of Packing Pressure and Mold Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Colomines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (3), pp.270-276. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7569/JRM.2017.634179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01823407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printability of co-polyester using fused deposition modelling and related mechanical performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaoula Abouzaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bassir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Chouaf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 108, pp.262-273. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.08.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural defects induced by stereolithography and related compressive behaviour of polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Processing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 251, pp.37 - 46. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2017.08.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of microstructure and mechanical performance of polymeric cellular structures designed using stereolithography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Tao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98, pp.72-82. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2017.10.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functionally graded materials from topology optimisation and stereolithography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tao Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihong Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weihong Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 108, pp.199-211. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2018.08.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02331704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression performance of hollow structures: From topology optimisation to design 3D printing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 133, pp.728 - 739. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2017.09.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01619578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small-scale food process engineering — Challenges and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo de Vries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mikolajczak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Salmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Abecassis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46, pp.122-130. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2017.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implementation of a parametric procedure allowing efficient positioning of heat sources: application to high-temperature composites thermoforming process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine Jebara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Havet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal for Simulation and Multidisciplinary Design Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, pp.A12. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/smdo/2017005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01826786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the representative elementary size concept to evaluate the compatibilisation of a plasticised biopolymer blend</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin Favero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Decaen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Reguerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 172, pp.120-129. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2017.05.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural imperfections in additive manufacturing perceived from the X-ray micro-tomography perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Processing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 234, pp.113 - 124. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2016.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explaining the Difference Between Real Part and Virtual Design of 3D Printed Porous Polymer at the Microstructural Level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ben Hassana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Materials and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 301 (5), pp.566 - 576. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mame.201500360⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation and numerical modeling of the thermal behavior of a micro-heater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Lemeunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Plot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microsystem Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22 (1), pp.181 - 191. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00542-014-2373-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural design of biopolymer blends and related elasticity with imperfect interfacial bonding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halim Haddadi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 138, pp.309 - 316. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.11.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anisotropic damage inferred to 3D printed polymers using fused deposition modelling and subject to severe compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Ben Hassana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Polymer Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 85, pp.324-340. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2016.10.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Significance of pore percolation to drive anisotropic effects of 3D printed polymers revealed with X-ray μ-tomography and finite element computation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Nouri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81, pp.29 - 36. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymer.2015.10.041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pressure influence on crystallization kinetics during injection molding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Cuong Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Nicolazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vachot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Processing Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 211 (11), pp.1757 - 1763. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2011.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01458284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous tensile test on elastic -plastic metallic sheets: Comparison between FEM simulations and full-field strain measurements.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Haddadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gasperini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Vacher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, pp. 14-21. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00710951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of deformation in the decay of $^{56}$Ni and $^{40}$Ca di-nuclei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bhattacharya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Rousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Rauch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Nouicer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Physics A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 654, pp.841c-844c</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00005211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and Thermal Properties of Bio-Based Blends from Functionalized Lignin for Additive Manufacturing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Nouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahfoud Tahlaiti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer Blends &amp; Eurofillers 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05059705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the rheological behavior of polypropylene/polyethylene extruded mixture using an instrumented die Determination of the optimum coupling agent content for composites based on hemp and high density polyethylene AIP Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa El Hajj Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Madec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 32nd International Conference of the Polymer Processing Society PPS 32</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Lyon, France. pp.40005 - 50003, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5016715⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PHBV crystallization under injection molding conditions: influence of packing pressure and mold temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghinwa Sleiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gael Colomines</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Deterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Conference on Bioabsed Materials and Composites ICBMC 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01636841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des transferts thermiques mis en jeu dans un procédé d’impression par dépôt de fil fondu de thermoplastiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Huou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Allanic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Madec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Thermique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Model Predictive Control Applied to Thermal Regulation of Thermoforming Process Based on the ARMAX Linear Model and a Quadratic Criterion Formulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine Jebara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Havet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Heat Transfer and Fluid Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de la conductivité thermique d'un polymère semi-cristallin en exploitant la mesure de température au coeur d'une pièce moulée par injection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Cuong Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Nicolazo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Vachot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03421359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Structural Investigation of Bio-Based Blends from Functionalized Lignin for Additive Manufacturing by 1Hand 13C variable temperature Solid-State NMR.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Bouchetara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Koubaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Guessasma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Oulu, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05189598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination de la répartition spatiale optimale des sources thermiques dans un plateau chauffant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moaine Jebara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofiane Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Boillereaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Havet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mousseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès français de Thermique (SFT 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId207"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494816v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Hedjazi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Belhabib" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2025.09.136" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376382v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bouchetara" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Melelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Perrin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Weitkamp" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17182485" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494703v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaianth Vijayakumar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcomc.2025.100604" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079104v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmmp8020065" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051968v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hong Zhu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2024.108612" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04754807v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17112699" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078807v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stephant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym16101342" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890170v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Abid" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Nouri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachmi Ben Daly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2022.2140217" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810363v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina d'Orlando" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15010028" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162859v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bahar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Hamami" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Benmahiddine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym15143056" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406594v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15122119" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629414v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Abouzaid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bassir" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14051013" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674958v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur El Amine Hamami" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103686" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132915v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14194221" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132941v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15238382" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754132v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14142924" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762374v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27175375" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596643v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Elias Belarbi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib10030024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747252v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Reguerre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-710m7b" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757427v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Mich&#232;le Germaini" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weiss" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmatsci.2022.100963" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155138v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belhabib" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.50162" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402740v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14195883" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155828v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gomes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12112651" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03188134v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Altin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12051060" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02895025v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RPJ-06-2019-0151" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331691v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Favero" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RPJ-11-2016-0178" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331702v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Chouaf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2019011" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973325v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201800793" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464187v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa El Hajj Sleiman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Madec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.25070" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331686v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2019.105924" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973317v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym11071220" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym11111778" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823436v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2018.03.016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-80DKZSXB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331706v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.034" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-684GKTB2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823407v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Colomines" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deterre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Leroy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7569/JRM.2017.634179" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619576v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihong Zhu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2017.08.014" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-391C3Q1V-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331704v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.038" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HLTFRMC2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331720v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Tao" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2017.10.034" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TNXT5LGM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619578v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2017.09.033" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-28LV4QV5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608579v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo de Vries" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mikolajczak" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Abecassis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.09.009" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826786v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine Jebara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Havet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sarda" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2017005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607362v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Decaen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.05.018" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCWQ797V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525748v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2016.03.019" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525731v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ben Hassana" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201500360" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RDM5SRN3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525734v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemeunier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-014-2373-7" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525735v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Haddadi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.11.063" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604357v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.10.030" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGN3GB6L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525740v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.10.041" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458284v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong Le" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicolazo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vachot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2011.05.017" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69JKGRF3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710951v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haddadi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasperini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vacher" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2007.05.009" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7WPB4H3K-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005211v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bhattacharya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rousseau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rauch" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nouicer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059705v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nouri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Tahlaiti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Koubaa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836974v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5016715" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833396v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618744v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Huou" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636841v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa Sleiman" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421359v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189598v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352944v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494816v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Hedjazi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Belhabib" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2025.09.136" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05376382v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bouchetara" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Melelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Perrin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timm Weitkamp" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17182485" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494703v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaianth Vijayakumar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Boller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcomc.2025.100604" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05079104v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmmp8020065" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051968v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hong Zhu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2024.108612" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04754807v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma17112699" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078807v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stephant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym16101342" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890170v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Abid" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Nouri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hachmi Ben Daly" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2022.2140217" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810363v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lina d'Orlando" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15010028" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162859v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Bahar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Hamami" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferhat Benmahiddine" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belarbi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym15143056" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406594v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15122119" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674958v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur El Amine Hamami" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103686" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629414v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Abouzaid" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bassir" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14051013" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132915v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14194221" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04132941v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15238382" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03757427v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Mich&#232;le Germaini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weiss" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmatsci.2022.100963" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03754132v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14142924" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762374v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27175375" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747252v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Reguerre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leroy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-710m7b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596643v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Elias Belarbi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib10030024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155138v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belhabib" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.50162" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402740v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14195883" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03155828v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Gomes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12112651" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03188134v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Altin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym12051060" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02895025v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RPJ-06-2019-0151" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331702v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Chouaf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2019011" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331691v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Favero" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/RPJ-11-2016-0178" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973325v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201800793" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02464187v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa El Hajj Sleiman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Petit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allanic" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Madec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pen.25070" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331686v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2019.105924" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02973317v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym11071220" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352865v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym11111778" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823436v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addma.2018.03.016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-80DKZSXB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823407v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Colomines" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Deterre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Leroy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7569/JRM.2017.634179" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331706v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.034" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-684GKTB2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619576v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihong Zhu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2017.08.014" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-391C3Q1V-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331720v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Tao" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2017.10.034" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TNXT5LGM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331704v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2018.08.038" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HLTFRMC2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01619578v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2017.09.033" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-28LV4QV5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608579v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo de Vries" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mikolajczak" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Salmon" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Abecassis" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.09.009" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826786v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moaine Jebara" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boillereaux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Havet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sarda" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/smdo/2017005" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607362v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Decaen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2017.05.018" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JCWQ797V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525748v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2016.03.019" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525731v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ben Hassana" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mame.201500360" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RDM5SRN3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525734v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lemeunier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mousseau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-014-2373-7" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525735v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Haddadi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.11.063" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604357v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2016.10.030" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XGN3GB6L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525740v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.10.041" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458284v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Cuong Le" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nicolazo" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vachot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2011.05.017" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-69JKGRF3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710951v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haddadi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasperini" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vacher" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2007.05.009" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7WPB4H3K-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005211v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bhattacharya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Rousseau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Beck" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rauch" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nouicer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059705v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nouri" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Tahlaiti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Koubaa" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836974v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5016715" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01636841v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa Sleiman" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618744v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Huou" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833396v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421359v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189598v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352944v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>