--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1880,693 +1880,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traditional cheeses: Rich and diverse microbiota with associated benefits</w:t>
+                <w:t xml:space="preserve">Use of microparticulated whey protein concentrate, exopolysaccharide-producing Streptococcus thermophilus, and adjunct cultures for making low-fat Italian Caciotta-type cheese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Montel</w:t>
+                <w:t xml:space="preserve">R. Di Cagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. de Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Vuitton</w:t>
+                <w:t xml:space="preserve">C. G. Rizzello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 177, pp.136-154. </w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97 (1), pp.72-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2014.02.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3168/jds.2013-7078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02086940v1</w:t>
+                <w:t xml:space="preserve">hal-02636931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial ecology dynamics reveal a succession in the core microbiota involved in the ripening of pasta filata caciocavallo pugliese cheese</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Raffaella Di Cagno</w:t>
+                <w:t xml:space="preserve">Traditional cheeses: Rich and diverse microbiota with associated benefits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Montel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès-Paus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.02097-14⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 177, pp.136-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2014.02.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632586v1</w:t>
+                <w:t xml:space="preserve">hal-02086940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of the Lactic Acid Bacterium and Yeast Microbiota in the Switch from Firm- to Liquid-Sourdough Fermentation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microbial ecology dynamics reveal a succession in the core microbiota involved in the ripening of pasta filata caciocavallo pugliese cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria de Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaella Di Cagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Gobbetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 80 (10), pp.3161 - 3172. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00309-14⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 80 (19), pp.6243 - 6255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.02097-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02638016v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic Responses of Lactobacillus plantarum Strains during Fermentation and Storage of Vegetable and Fruit Juices</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gianluigi Cardinali</w:t>
+                <w:t xml:space="preserve">Diversity of the Lactic Acid Bacterium and Yeast Microbiota in the Switch from Firm- to Liquid-Sourdough Fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Di Cagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlo Giuseppe Rizzello</w:t>
+                <w:t xml:space="preserve">Erica Pontonio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria de Angelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Lattanzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 80 (7), pp.2206-2215. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.03885-13⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 80 (10), pp.3161 - 3172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00309-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640774v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of microparticulated whey protein concentrate, exopolysaccharide-producing Streptococcus thermophilus, and adjunct cultures for making low-fat Italian Caciotta-type cheese</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metabolic Responses of Lactobacillus plantarum Strains during Fermentation and Storage of Vegetable and Fruit Juices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. de Pasquale</w:t>
+                <w:t xml:space="preserve">Pasquale Filannino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. de Angelis</w:t>
+                <w:t xml:space="preserve">Gianluigi Cardinali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Giuseppe Rizzello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. G. Rizzello</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 97 (1), pp.72-84. </w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 80 (7), pp.2206-2215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2013-7078⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/AEM.03885-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636931v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid-state 31P NMR, a relevant method to evaluate the distribution of phosphates in semi-hard cheeses</w:t>
               </w:r>
@@ -2814,562 +2814,562 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02598498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ancrage du produit au terroir par la diversité des pratiques agropastorales et des territoires : analyse exploratoire dans les systèmes caprins de l’AOP Pélardon</w:t>
+                <w:t xml:space="preserve">In vivo sodium release and saltiness perception in solid lipoprotein matrices. 1. Effect of composition and texture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Napoleone</w:t>
+                <w:t xml:space="preserve">Genica Lawrence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Achilleos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Genevet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Claire Agabriel</w:t>
+                <w:t xml:space="preserve">Florence Bérodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Septier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60 (21), pp.5287-5298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf204434t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00939552v1</w:t>
+                <w:t xml:space="preserve">hal-01222899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo sodium release and saltiness perception in solid lipoprotein matrices. 1. Effect of composition and texture</w:t>
+                <w:t xml:space="preserve">L’ancrage du produit au terroir par la diversité des pratiques agropastorales et des territoires : analyse exploratoire dans les systèmes caprins de l’AOP Pélardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genica Lawrence</w:t>
+                <w:t xml:space="preserve">Martine Napoleone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Genevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Chantal Septier</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 212 (212), pp.297-306</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01222899v1</w:t>
+                <w:t xml:space="preserve">hal-00939552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simplification of a complex microbial antilisterial consortium to evaluate the contribution of its flora in uncooked pressed cheese</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manufacture of Italian Caciotta-type cheeses with adjuncts and attenuated adjuncts of selected non-starter lactobacilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Di Cagno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria de Pasquale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria de Angelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile C. Callon</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maria Calasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2010.12.019⟩</w:t>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (4), pp.254-260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2010.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02644219v1</w:t>
+                <w:t xml:space="preserve">hal-02652014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manufacture of Italian Caciotta-type cheeses with adjuncts and attenuated adjuncts of selected non-starter lactobacilli</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maria de Angelis</w:t>
+                <w:t xml:space="preserve">Simplification of a complex microbial antilisterial consortium to evaluate the contribution of its flora in uncooked pressed cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile C. Callon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Saubusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Didienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.idairyj.2010.12.007⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 145 (2-3), pp.379-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2010.12.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02652014v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution and mobility of phosphates and sodium ions in cheese by solid-state 31P and double-quantum filtered 23Na NMR spectroscopy</w:t>
               </w:r>
@@ -3501,77 +3501,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of selected adjunct or attenuated non-starter lactobacilli to ripening of Italian caciotta cheese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Di Cagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. de Pasquale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. P. Calasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3908,350 +3908,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell-cell communication in sourdough lactic acid bacteria: a proteomic study in Lactobacillus sanfranciscensis CB1</w:t>
+                <w:t xml:space="preserve">Characterization of Italian Cheeses Ripened under non conventional conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaella Di Cagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia de Candia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabio Minervini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carmela Simonetti</w:t>
+                <w:t xml:space="preserve">Patrick F. Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmic.200700143⟩</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 90 (6), pp.2689-2704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3168/jds.2006-654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662595v1</w:t>
+                <w:t xml:space="preserve">hal-02660373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Italian Cheeses Ripened under non conventional conditions</w:t>
+                <w:t xml:space="preserve">Cell-cell communication in sourdough lactic acid bacteria: a proteomic study in Lactobacillus sanfranciscensis CB1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raffaella Di Cagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S Buchin</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria de Angelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Limitone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Minervini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia de Candia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick F. Fox</w:t>
+                <w:t xml:space="preserve">Carmela Simonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 7 (14), pp.2430-2446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmic.200700143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3168/jds.2006-654⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02660373v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compositional, microbiological, biochemical and volatile profile characterisation of Italian non-conventionally ripened cheese varieties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Di Cagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6274,743 +6274,743 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02579070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement des caractéristiques biologiques et sensorielles des fromages de chèvre. Etude interespèce par échange de la matière grasse et du lait écrémé de laits de vache et de chèvre</w:t>
+                <w:t xml:space="preserve">Influence of pasteurization and fat composition of milk on the volatile compounds and flavor characteristics of a semi-hard cheese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Delague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Berdague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lait</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 78, pp.673-687</w:t>
+              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 81, pp.3097-3108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02689115v1</w:t>
+                <w:t xml:space="preserve">hal-02687439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement des caractéristiques biochimiques et sensorielles des fromages de chèvre. Étude interespèce par échange de la matière grasse et du lait écrémé de laits de vache et de chèvre</w:t>
+                <w:t xml:space="preserve">Développement des caractéristiques biologiques et sensorielles des fromages de chèvre. Etude interespèce par échange de la matière grasse et du lait écrémé de laits de vache et de chèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Le Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémy Grappin</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Grappin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Lait</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 78 (6), pp.673-687</w:t>
+              <w:t xml:space="preserve">Lait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 78, pp.673-687</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00929625v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02689115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of pasteurization and fat composition of milk on the volatile compounds and flavor characteristics of a semi-hard cheese</w:t>
+                <w:t xml:space="preserve">Développement des caractéristiques biochimiques et sensorielles des fromages de chèvre. Étude interespèce par échange de la matière grasse et du lait écrémé de laits de vache et de chèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Le Quéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Berdague</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rémy Grappin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dairy Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 81, pp.3097-3108</w:t>
+              <w:t xml:space="preserve">Le Lait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 78 (6), pp.673-687</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02687439v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00929625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ripening and quality of Swiss-type cheese made from raw, pasteurized or microfiltered milk</w:t>
+                <w:t xml:space="preserve">Influence of raw milk microflora on the characteristics of Swiss-type cheeses : II. Biochemical and sensory characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Berthaud</w:t>
+                <w:t xml:space="preserve">Y Demarigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Cegarra</w:t>
+                <w:t xml:space="preserve">E Beuvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andre Dasen</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S Pochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Grappin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Dairy Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Lait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 77 (1), pp.151-167</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02696494v1</w:t>
+                <w:t xml:space="preserve">hal-00929508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of raw milk microflora on the charateristics of Swiss-type cheeses: II. Biochimical and sensory characteristics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ripening and quality of Swiss-type cheese made from raw, pasteurized or microfiltered milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Berthaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Demarigny</w:t>
+                <w:t xml:space="preserve">Sophie Cegarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Dasen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lait</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Dairy Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 7, pp.311-323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0958-6946(97)00015-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02695080v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02696494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of raw milk microflora on the characteristics of Swiss-type cheeses : II. Biochemical and sensory characteristics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E Beuvier</w:t>
+                <w:t xml:space="preserve">Influence of raw milk microflora on the charateristics of Swiss-type cheeses: II. Biochimical and sensory characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Demarigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R Grappin</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Pochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Grappin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Lait</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1997, 77 (1), pp.151-167</w:t>
+              <w:t xml:space="preserve">Lait</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 77, pp.151-167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00929508v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7514,359 +7514,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial diversity of French traditional cheeses: sensory and health benefits associated with food safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique A. Vuitton</w:t>
+                <w:t xml:space="preserve">Effet de différentes formes d'apport d'omégas 3 sur le profil en acides gras des laits de vaches et les propriétés sensorielles des fromages et des beurres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Vanbergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Desmasures</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Duboz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Beuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International conference on tempe and its related products: appreciating biodiversity of traditional fermented foods through biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Yogyakarta, Indonesia</w:t>
+              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Nutrition (SFN). FRA., Dec 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795583v1</w:t>
+                <w:t xml:space="preserve">hal-02738734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de différentes formes d'apport d'omégas 3 sur le profil en acides gras des laits de vaches et les propriétés sensorielles des fromages et des beurres</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elise Vanbergue</w:t>
+                <w:t xml:space="preserve">Microbial diversity of French traditional cheeses: sensory and health benefits associated with food safety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique A. Vuitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eric Beuvier</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Mallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès-Paus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Desmasures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Nutrition (SFN). FRA., Dec 2015, Marseille, France</w:t>
+              <w:t xml:space="preserve">International conference on tempe and its related products: appreciating biodiversity of traditional fermented foods through biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Yogyakarta, Indonesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738734v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02795583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traditional Cheeses: rich and diverse microbiota with associated sensorial and health benefits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique A. Vuitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Delbès-Paus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Desmasures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Korean Society of Food Science and Technology (KoSFoST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Séoul, South Korea</w:t>
@@ -7895,64 +7895,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of composition and texture on in-mouth sodium release and saltiness perception during consumption of semi-hard cheeses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genica Lawrence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Achilleos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8033,51 +8033,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring dynamics of odorant binding to odorant binding protein under physiological conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genica G. Lawrence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine C. Achilleos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8234,808 +8234,808 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of lactobacilli strains can modulate the anti-hypertensive activity in hard cooked cheeses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The characteristics of hard cooked cheeses are affected by thermophilic starter combinations, milk and technological parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bérodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Duboz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+                <w:t xml:space="preserve">Francis Faurie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Palme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24th April 2009, Rennes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454055v1</w:t>
+                <w:t xml:space="preserve">hal-01454041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics of soft, hard and hard-cooked cheeses according to the animal diet ripening stage</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Phosphopetides in hard cooked type cheeses are only partially degraded by peptidases of thermophilic lactic acid bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Colloque International des Fromages d'Alpage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Sainte-Eulalie, France. 1 p</w:t>
+              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24 th April 2009, Rennes, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02814303v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How microbial populations can inhibit Listeria monocytogenes in the core of cheeses</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Combination of lactobacilli strains can modulate the anti-hypertensive activity in hard cooked cheeses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24 th April 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24th April 2009, Rennes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752146v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How microbial populations can inhibit Listeria monocytogenes in the core of cheeses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile C. Callon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Didienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24 th April 2009, Rennes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunoproteomics of peptidases from Lactobacillus helveticus</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characteristics of soft, hard and hard-cooked cheeses according to the animal diet ripening stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Conference on Agri-Food Antibodies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Wageningen, Netherlands. 1 p</w:t>
+              <w:t xml:space="preserve">9. Colloque International des Fromages d'Alpage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Sainte-Eulalie, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454171v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02814303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The characteristics of hard cooked cheeses are affected by thermophilic starter combinations, milk and technological parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How microbial populations can inhibit Listeria monocytogenes in the core of cheeses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile C. Callon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert R. Didienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24th April 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24 th April 2009, Rennes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454038v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is microbial diversity a trump for inhibiting Listeria monocytogenes in a raw milk cheeses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Retureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile C. Callon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert R. Didienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Montel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24th April 2009, Rennes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9054,1066 +9054,1066 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02751282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphopetides in hard cooked type cheeses are only partially degraded by peptidases of thermophilic lactic acid bacteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The characteristics of hard cooked cheeses are affected by thermophilic starter combinations, milk and technological parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Bérodier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Duboz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A. Ferré</w:t>
+                <w:t xml:space="preserve">Francis Faurie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Palme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24 th April 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24th April 2009, Rennes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454043v1</w:t>
+                <w:t xml:space="preserve">hal-01454038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’alimentation des vaches sur les caractéristiques sensorielles des fromages selon les types de technologie (pâte molle, pressée ou pressée demi-cuite)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pradel</w:t>
+                <w:t xml:space="preserve">Immunoproteomics of peptidases from Lactobacillus helveticus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rolet-Répécaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Piot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Mollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">10. International Conference on Agri-Food Antibodies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Wageningen, Netherlands. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751190v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunoproteomics of peptidases from Lactobacillus helveticus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
+                <w:t xml:space="preserve">Phosphopetides in hard cooked type cheeses are only partially degraded by peptidases of thermophilic lactic acid bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mollé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Conference on Agri-Food Antibodies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24 th April 2009, Rennes, France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454138v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinaison of strains of Lactobacillus helveticus and Lactobacillus delbrueckii modify the antihypertensive activity in Swip-type cheeses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
+                <w:t xml:space="preserve">Immunoproteomics of peptidases from Lactobacillus helveticus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rolet-Répécaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mollé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium in Drobak, Healf Aspects of Cheese</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Drobak, Norway</w:t>
+              <w:t xml:space="preserve">10. International Conference on Agri-Food Antibodies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454172v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The characteristics of hard cooked cheeses are affected by thermophilic starter combinations, milk and technological parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet de l’alimentation des vaches sur les caractéristiques sensorielles des fromages selon les types de technologie (pâte molle, pressée ou pressée demi-cuite)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Romain Palme</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24th April 2009, Rennes, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454041v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02751190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphopetides in hard cooked type cheeses are only partially degraded by peptidases of thermophilic lactic acid bacteria</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
+                <w:t xml:space="preserve">Combinaison of strains of Lactobacillus helveticus and Lactobacillus delbrueckii modify the antihypertensive activity in Swip-type cheeses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gagnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Piot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Mollé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Ferré</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4.IDF Dairy Science and Technology Week, 20-24 th April 2009, Rennes, France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Rennes, France</w:t>
+              <w:t xml:space="preserve">Symposium in Drobak, Healf Aspects of Cheese</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Drobak, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454087v1</w:t>
+                <w:t xml:space="preserve">hal-01454172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing salt level in food : an integrated study of salt release and perception in model and real food systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification and quantification of phosphorus in cheeses - methodological investigations by solid-state 31P NMR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mallory Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Mietton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Salles</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Céline Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDF/INRA 1st International Symposium on MINERALS and DAIRY PRODUCTS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">9th International Conference on the Applications of Magnetic Resonance in Food Science "Challenges in a changing world", September 15th -17th 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Reykjavík, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01195426v1</w:t>
+                <w:t xml:space="preserve">hal-02756831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and quantification of phosphorus in cheeses - methodological investigations by solid-state 31P NMR spectroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bernard Mietton</w:t>
+                <w:t xml:space="preserve">Reducing salt level in food : an integrated study of salt release and perception in model and real food systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Trelea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Floury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Moreau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascal Schlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on the Applications of Magnetic Resonance in Food Science "Challenges in a changing world", September 15th -17th 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Reykjavík, Iceland</w:t>
+              <w:t xml:space="preserve">IDF/INRA 1st International Symposium on MINERALS and DAIRY PRODUCTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02756831v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The variability of Lactobacillus delbrueckii growth dynamics during cheese-making generated a high diversity within swiss-type cheeses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10181,51 +10181,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophilic starters influence the sensory characteristics of swiss-type cheeses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10633,51 +10633,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet des systèmes de production hivernaux sur les caratéristiques sensorielles du Beaufort</w:t>
+                <w:t xml:space="preserve">Effets des systèmes de production sur la qualité sensorielle des fromages Etude à l'échelle d'une coopérative produisant du Beaufort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
@@ -10695,306 +10695,306 @@
                 </w:rPr>
                 <w:t xml:space="preserve">A. Hauwuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Laurent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Colloque Fromages d'Alpage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Arèches, France</w:t>
+              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761941v1</w:t>
+                <w:t xml:space="preserve">hal-02762609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbe et typicité des produits laitiers de montagne</w:t>
+                <w:t xml:space="preserve">Effet des systèmes de production hivernaux sur les caratéristiques sensorielles du Beaufort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hauwuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INRA-ENITAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2002, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">5. Colloque Fromages d'Alpage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Arèches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02763296v1</w:t>
+                <w:t xml:space="preserve">hal-02761941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets des systèmes de production sur la qualité sensorielle des fromages Etude à l'échelle d'une coopérative produisant du Beaufort</w:t>
+                <w:t xml:space="preserve">Herbe et typicité des produits laitiers de montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Cornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2003, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque INRA-ENITAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2002, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02762609v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02763296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do terpenes influence the flavour of cheeses ?</w:t>
               </w:r>
@@ -11069,554 +11069,554 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02829197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du lien entre terroir et produit dans le cas des fromages AOC : influence de la composition floristique des fourrages sur les caractéristiques chimiques et sensorielles des fromages affinés</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+                <w:t xml:space="preserve">Composition en acides gras des laits alpins. Relation avec la composition en acides gras des pâturages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bugaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Chabrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hauwuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christine Viallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Rencontres autour des recherches sur les ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2000, Paris, France</w:t>
+              <w:t xml:space="preserve">Qualité et valorisation des productions animales de montagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2000, Luz St. Sauveur, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02766300v1</w:t>
+                <w:t xml:space="preserve">hal-02842112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La spécificité des fromages au lait cru : le rôle de la microflore naturelle du lait</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Composition en composés volatils de végétations : premiers éléments de caractérisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bugaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hauwuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bornard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Rencontres autour des recherches sur les ruminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2000, Paris, France</w:t>
+              <w:t xml:space="preserve">, Dec 2000, Paris, France. pp.309</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02765661v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02840215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La composition des plantes en composés volatils est liée à la famille botanique et à la zone de pâturage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du lien entre terroir et produit dans le cas des fromages AOC : influence de la composition floristique des fourrages sur les caractéristiques chimiques et sensorielles des fromages affinés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste J. B. Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Verdier-Metz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.C. Salmon</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Viallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qualité et valorisation des productions animales de montagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2000, Luz St. Sauveur, France. 2 p</w:t>
+              <w:t xml:space="preserve">7. Rencontres autour des recherches sur les ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02840216v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02766300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition en acides gras des laits alpins. Relation avec la composition en acides gras des pâturages</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La spécificité des fromages au lait cru : le rôle de la microflore naturelle du lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qualité et valorisation des productions animales de montagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2000, Luz St. Sauveur, France. 2 p</w:t>
+              <w:t xml:space="preserve">7. Rencontres autour des recherches sur les ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2000, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02842112v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02765661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Composition en composés volatils de végétations : premiers éléments de caractérisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La composition des plantes en composés volatils est liée à la famille botanique et à la zone de pâturage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hauwuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bugaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Bornard</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Salmon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Rencontres autour des recherches sur les ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2000, Paris, France. pp.309</w:t>
+              <w:t xml:space="preserve">Qualité et valorisation des productions animales de montagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2000, Luz St. Sauveur, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02840215v1</w:t>
+                <w:t xml:space="preserve">hal-02840216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du lien entre terroir et produit dans le cas des fromages et des vins</w:t>
               </w:r>
@@ -11992,51 +11992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Munier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Beuvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fermented Milk and Dairy Products: Global Perspectives.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CABI editor, Wallingford, United Kingdom, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12311,51 +12311,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sodium release and saltiness perception in dairy product systems: influence of food composition and oral parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genica G. Lawrence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine C. Achilleos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12557,299 +12557,299 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gelation of fava bean protein and impact of gelling agent on rheological properties of the gels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alban Fiscarelli</w:t>
+                <w:t xml:space="preserve">Levains thermophiles naturels et sélectionnés : quelles dynamiques dans le fromage Comté pendant l'affinage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Lutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dufrene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvette Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rémi Saurel</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Achilleos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29ème édition du Forum des Jeunes Chercheurs (FJC)</w:t>
+              <w:t xml:space="preserve">24ème colloque du club des bactéries lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05246922v1</w:t>
+                <w:t xml:space="preserve">hal-04900437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Levains thermophiles naturels et sélectionnés : quelles dynamiques dans le fromage Comté pendant l'affinage ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yvette Bouton</w:t>
+                <w:t xml:space="preserve">Gelation of fava bean protein and impact of gelling agent on rheological properties of the gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Fiscarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christine Achilleos</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème colloque du club des bactéries lactiques</w:t>
+              <w:t xml:space="preserve">29ème édition du Forum des Jeunes Chercheurs (FJC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04900437v1</w:t>
+                <w:t xml:space="preserve">hal-05246922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Levains thermophiles naturels et sélectionnés : quel impact sur les composés d’arôme des fromages Comté ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lutin Jade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14064,51 +14064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Palme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14224,51 +14224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9. meeting of the French Society of Chemoinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Paris, France. 1 p., 2019</w:t>
@@ -14543,103 +14543,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mediterranean forage resources and Pélardon cheese content of terpenes and fatty acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Agabriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ferlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Napoleone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Genevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Meeting of the "Mountain Pastures, Mediterranean Forage Resources (FAO-CIHEAM) and Mountain Cheese" networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Clermont-Ferrand, France. CIHEAM - Centre International de Hautes Etudes Agronomiques Méditerranéennes, Options Méditerranéennes. Série A : Séminaires Méditerranéens, 109, 843 p., 2014, Forage Resources and Ecosystem Services Provided by Mountain and Mediterranean Grasslands and Rangelands</w:t>
@@ -14800,381 +14800,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de combinaisons d’aliments riches en acides gras oméga 3 sur le profil en acides gras du lait et les caractéristiques physico-chimiques et sensorielles d’un fromage de type pâte pressée cuite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+                <w:t xml:space="preserve">Modulating the bioactive peptides content in Swiss cheeses by combinations of thermophilic Lactobacilli strains and species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Lortal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Beuvier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Rencontres Recherches Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Paris, France. Institut de l'Elevage - INRA, Rencontres autour des Recherches sur les Ruminants, 441 p., 2012, Rencontres autour des Recherches sur les Ruminants</w:t>
+              <w:t xml:space="preserve">6. IDF Cheese Ripening &amp; Technology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Madison, United States. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210380v1</w:t>
+                <w:t xml:space="preserve">hal-01209675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les bactéries lactiques et propioniques ont une influence majeure sur les esters produits dans les fromages à pâte pressée cuite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet de combinaisons d’aliments riches en acides gras oméga 3 sur le profil en acides gras du lait et les caractéristiques physico-chimiques et sensorielles d’un fromage de type pâte pressée cuite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.C. Licon</w:t>
+                <w:t xml:space="preserve">F. Berodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Duboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Beuvier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème édition du colloque du Club des Bactéries Lactiques (CBL 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Clermont-Ferrand, France. , 2012</w:t>
+              <w:t xml:space="preserve">19. Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Paris, France. Institut de l'Elevage - INRA, Rencontres autour des Recherches sur les Ruminants, 441 p., 2012, Rencontres autour des Recherches sur les Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209465v1</w:t>
+                <w:t xml:space="preserve">hal-01210380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulating the bioactive peptides content in Swiss cheeses by combinations of thermophilic Lactobacilli strains and species</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Gagnaire</w:t>
+                <w:t xml:space="preserve">Les bactéries lactiques et propioniques ont une influence majeure sur les esters produits dans les fromages à pâte pressée cuite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Lortal</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C.C. Licon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Duboz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dufrene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. IDF Cheese Ripening &amp; Technology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Madison, United States. 2012</w:t>
+              <w:t xml:space="preserve">18ème édition du colloque du Club des Bactéries Lactiques (CBL 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Clermont-Ferrand, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209675v1</w:t>
+                <w:t xml:space="preserve">hal-01209465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sodium release and saltiness perception in dairy product systems: influence of food composition and oral parameters</w:t>
               </w:r>
@@ -15186,51 +15186,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genica G. Lawrence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhananjay D. Zope</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Bérodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine C. Achilleos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15285,77 +15285,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensory perception influenced by food structure and balance of tastants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genica G. Lawrence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Schlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15505,64 +15505,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compositional, microbiological, biochemical and volatile profile characterisation of Italian non-conventionally ripened cheese varieties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Di Cagno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. de Angelis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15980,51 +15980,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1AEB00B0"/>
+    <w:nsid w:val="F573EE4E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16211,51 +16211,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/solange-buchin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7826-6998" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/194131300" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407244v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Achilleos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Lutin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dufrene" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guyot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Palme" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111530" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289225v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104521" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666955v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andriot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Noirot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29143412" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150274v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuvier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rolet-R&#233;p&#233;caud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Trentesaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;tin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury G&#233;rard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020334" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04173237v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas-Danguin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Buchin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Perret" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillemin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.106971" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197788v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2021.105039" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972723v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fretin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Desserre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Lavigne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15534" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628714v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria de Pasquale" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Di Cagno" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Angelis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gobbetti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.10.024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02043246v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Ibanescu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Allard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Fonseca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Dervaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.01.003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626479v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2018.03.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622260v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Salmon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-017-2899-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640365v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153213" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086940v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Montel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mallet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s-Paus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vuitton" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2014.02.019" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632586v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02097-14" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638016v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Pontonio" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lattanzi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00309-14" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640774v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Filannino" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Cardinali" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Giuseppe Rizzello" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03885-13" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636931v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Di Cagno" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Pasquale" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Angelis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G. Rizzello" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7078" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879059v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Gobet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mietton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12161-013-9571-2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598498v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guichard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939552v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Genevet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agabriel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222899v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genica Lawrence" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B&#233;rodier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf204434t" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644219v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile C. Callon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Saubusse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Didienne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Montel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.12.019" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652014v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Calasso" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2010.12.007" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJ7MG8FW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667795v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2576" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/312991E07A29501F711B7ECAE1BCC5849EF8BC3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660792v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Calasso" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667934v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalinda F. Surico" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Paradiso" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2008.10.017" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TX4BFJF6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660824v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Bouton" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Pochet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2008.09.002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3WQH7JP3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662595v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Limitone" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Minervini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Simonetti" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200700143" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZSGNFMR8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660373v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia de Candia" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F. Fox" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2006-654" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654042v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Candia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.F. Fox" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679771v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Coulon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/ASC50800205" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682048v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauwuy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.25.67-75" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676772v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674033v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tessier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bugaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674053v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. No&#235;l" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681117v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Salmon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Carnat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Berger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681800v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678728v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895376v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bugaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hauwuy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Coulon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001162" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680240v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pochet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895349v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande No&#235;l" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tessier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001152" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681055v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697675v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bornard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579241v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salmon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699068v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauwu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Chamba" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696697v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579070v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689115v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grappin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929625v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Grappin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687439v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delague" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Berdague" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696494v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Berthaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cegarra" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Dasen" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0958-6946(97)00015-0" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HTP8PF15-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695080v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Demarigny" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929508v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Demarigny" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Beuvier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pochet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Grappin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517345v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Fiscarelli" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131392v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Munier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Licandro" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923649v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Wuillemin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dibie-Barthelemy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Manfredotti" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01771-2_27" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795583v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique A. Vuitton" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Desmasures" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738734v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795573v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594417v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courcoux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752813v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genica G. Lawrence" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Achilleos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757957v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454055v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piot" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814303v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752146v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751247v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454171v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnould" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454038v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faurie" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751282v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Retureau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454043v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferr&#233;" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751190v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454138v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454172v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454041v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454087v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195426v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Salles" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Trelea" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Floury" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Schlich" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756831v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moreau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757058v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Charlet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754308v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750774v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750473v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753517v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753507v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-565-9" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761941v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763296v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762609v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829197v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766300v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viallon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765661v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840216v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842112v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Chabrot" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840215v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770791v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Asselin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Barbeau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Morlat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771700v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Brunschwig" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842243v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05514795v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cachon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Munier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131509v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Arias-Roth" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-P Bachmann" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-T Fr&#246;lich-Wyder" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R-S Schmidt" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wechsler" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818766-1.00248-8" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726649v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/encyclopedia-of-dairy-sciences/mcsweeney/978-0-12-818766-1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820784v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/42319.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821267v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246922v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900437v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900694v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutin Jade" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04051542v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04338205v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245189v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Petitpas" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129709v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828825v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127333v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130594v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678815v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jeannin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnould" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Palme" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dufrene" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678797v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129776v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jeannin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5346105" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790943v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02943843v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Duployer" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742152v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210788v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Peyronnet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lamy" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210380v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berodier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209465v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Licon" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209675v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820626v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhananjay D. Zope" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816726v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.J. van den Oever" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819226v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819476v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341446v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5128616" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02816300v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/solange-buchin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7826-6998" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/194131300" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407244v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Achilleos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Lutin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dufrene" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guyot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Palme" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111530" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05289225v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104521" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666955v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Andriot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Peltier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Noirot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29143412" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150274v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuvier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rolet-R&#233;p&#233;caud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Trentesaux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03579395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fr&#233;tin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury G&#233;rard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10020334" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04173237v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas-Danguin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Buchin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Perret" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillemin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.106971" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197788v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2021.105039" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972723v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fretin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Desserre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Lavigne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2018-15534" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628714v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria de Pasquale" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Di Cagno" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria de Angelis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gobbetti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2018.10.024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02043246v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Ibanescu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Allard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Fonseca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Dervaux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2019.01.003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626479v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2018.03.002" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622260v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Salmon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00217-017-2899-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640365v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153213" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636931v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Di Cagno" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. de Pasquale" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Angelis" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. G. Rizzello" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-7078" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02086940v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Montel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Mallet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s-Paus" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vuitton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2014.02.019" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632586v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.02097-14" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638016v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Pontonio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lattanzi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00309-14" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640774v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Filannino" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Cardinali" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Giuseppe Rizzello" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03885-13" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879059v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Gobet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mietton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12161-013-9571-2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598498v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guichard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222899v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genica Lawrence" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B&#233;rodier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf204434t" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939552v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Genevet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Agabriel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652014v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Calasso" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2010.12.007" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MJ7MG8FW-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile C. Callon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Saubusse" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert R. Didienne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Montel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.12.019" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667795v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2576" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/312991E07A29501F711B7ECAE1BCC5849EF8BC3A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660792v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. P. Calasso" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667934v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalinda F. Surico" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Paradiso" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2008.10.017" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TX4BFJF6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660824v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Bouton" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Pochet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2008.09.002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3WQH7JP3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660373v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia de Candia" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick F. Fox" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2006-654" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662595v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Limitone" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Minervini" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Simonetti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200700143" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZSGNFMR8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654042v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Candia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.F. Fox" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679771v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Verdier-Metz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste J. B. Coulon" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/ASC50800205" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682048v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauwuy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/sda.25.67-75" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676772v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674033v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tessier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bugaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674053v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. No&#235;l" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681117v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Salmon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Carnat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Berger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681800v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678728v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895376v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bugaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hauwuy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Coulon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001162" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680240v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pochet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00895349v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolande No&#235;l" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tessier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lait:2001152" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681055v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697675v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bornard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579241v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Salmon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699068v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauwu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Chamba" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696697v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02579070v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687439v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delague" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Berdague" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689115v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grappin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929625v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Grappin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00929508v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Demarigny" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Beuvier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pochet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Grappin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696494v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Berthaud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cegarra" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Dasen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0958-6946(97)00015-0" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HTP8PF15-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695080v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Demarigny" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05517345v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Fiscarelli" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131392v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Munier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Licandro" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923649v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Wuillemin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Dibie-Barthelemy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Manfredotti" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01771-2_27" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738734v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795583v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique A. Vuitton" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Desmasures" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795573v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594417v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Courcoux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752813v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genica G. Lawrence" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine C. Achilleos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757957v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454041v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faurie" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454087v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Piot" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moll&#233;" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferr&#233;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454055v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751247v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814303v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752146v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751282v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Retureau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454038v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454171v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Arnould" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454043v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454138v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751190v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pradel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454172v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756831v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Moreau" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195426v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Salles" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Trelea" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Floury" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Schlich" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757058v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Charlet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754308v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Berthier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750774v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750473v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753517v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753507v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-565-9" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762609v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurent" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761941v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763296v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Cornu" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829197v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842112v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Chabrot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840215v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766300v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Viallon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765661v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840216v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770791v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Asselin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Barbeau" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Morlat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771700v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Brunschwig" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842243v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05514795v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cachon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Munier" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131509v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Arias-Roth" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H-P Bachmann" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-T Fr&#246;lich-Wyder" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R-S Schmidt" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wechsler" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-818766-1.00248-8" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03726649v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/books/encyclopedia-of-dairy-sciences/mcsweeney/978-0-12-818766-1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820784v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/42319.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821267v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900437v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246922v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04900694v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutin Jade" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04051542v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04338205v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05245189v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Petitpas" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129709v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828825v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127333v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130594v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678815v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jeannin" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnould" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Palme" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dufrene" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678797v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129776v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jeannin" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5346105" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790943v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02943843v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Duployer" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742152v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210788v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Peyronnet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Lamy" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209675v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210380v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berodier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209465v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.C. Licon" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820626v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhananjay D. Zope" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816726v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.J. van den Oever" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819226v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819476v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341446v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5128616" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02816300v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>