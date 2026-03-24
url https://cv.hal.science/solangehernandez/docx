--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -415,204 +415,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04647414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tourisme durable et résilience des territoires face aux risques de catastrophes naturelles : quel rôle pour les labels « tourisme durable » ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gouvernance des pôles de compétitivité dans un contexte post révolutionnaire (Tunisie) : l’émergence du manager acrobate ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camélia Hamlaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jossou Markolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Colloque International sur l'Intelligence des Produits, des Marques et des Labels (COBLI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Angers, France</w:t>
+              <w:t xml:space="preserve">12e Colloque international AIRMAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIRMAP, May 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329994v1</w:t>
+                <w:t xml:space="preserve">hal-04143384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouvernance des pôles de compétitivité dans un contexte post révolutionnaire (Tunisie) : l’émergence du manager acrobate ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tourisme durable et résilience des territoires face aux risques de catastrophes naturelles : quel rôle pour les labels « tourisme durable » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tiberghien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camélia Hamlaoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Solange Hernandez</w:t>
+                <w:t xml:space="preserve">Jossou Markolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Colloque international AIRMAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AIRMAP, May 2023, Dijon, France</w:t>
+              <w:t xml:space="preserve">3ème Colloque International sur l'Intelligence des Produits, des Marques et des Labels (COBLI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04143384v1</w:t>
+                <w:t xml:space="preserve">hal-04329994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tourisme durable et résilience des territoires face aux risques de catastrophes naturelles : quel rôle pour les labels « tourisme durable » ?</w:t>
               </w:r>
@@ -883,211 +883,211 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Villes intelligentes et inégalités territoriales : quelles actions menées pour lutter contre les inégalités ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Chergui-Darif</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chergui-Darif, M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Tiberghien</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiberghien B.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e Colloque international AIRMAP</w:t>
+              <w:t xml:space="preserve">10ème Colloque AIRMAP, « Proximités et territoires aux défis du management public »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969102v1</w:t>
+                <w:t xml:space="preserve">hal-03323998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Villes intelligentes et inégalités territoriales : quelles actions menées pour lutter contre les inégalités ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chergui-Darif, M.</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Chergui-Darif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tiberghien B.</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tiberghien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Colloque AIRMAP, « Proximités et territoires aux défis du management public »</w:t>
+              <w:t xml:space="preserve">10e Colloque international AIRMAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03323998v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution des chaînes de valeur dans le champ agro-alimentaire. Un éclairage par le travail institutionnel</w:t>
               </w:r>
@@ -1352,407 +1352,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03968146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une caractérisation des territoires résilients : Quels sont les apports d’une perspective par les compétences organisationnelles ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Communication stratégique territoriale et villes intelligentes : une analyse croisée de territoires français et québecois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tiberghien</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIème Colloque International Gestion des Connaissances, Société et Organisation G.E.C.S.O</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">8ème colloque de l’Association Internationale de Recherche en Management Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02468459v1</w:t>
+                <w:t xml:space="preserve">hal-02473068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication stratégique territoriale et villes intelligentes : une analyse croisée de territoires français et québecois</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une caractérisation des territoires résilients : Quels sont les apports d’une perspective par les compétences organisationnelles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markolf Jossou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tiberghien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème colloque de l’Association Internationale de Recherche en Management Public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">XIIème Colloque International Gestion des Connaissances, Société et Organisation G.E.C.S.O</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02473068v1</w:t>
+                <w:t xml:space="preserve">hal-02468459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initiation of an interorganizational network in the sustainable agri-food field : an embedded case study of a transnational North-Mediterranean cooperation project</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flore Tissone</w:t>
+                <w:t xml:space="preserve">La culture du risque d’une population : Quelle caractérisation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markolf Jossou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tiberghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Moustier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Euro Mediterranean Dialogue on Public Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IIAS, Oct 2018, Grenade (Espagne), France</w:t>
+              <w:t xml:space="preserve">1ère Biennale de l’ENSOSP « L'acceptabilité des risques : une approche pluridisciplinaire »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENSOSP, Jun 2018, Aix-en -Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03968020v1</w:t>
+                <w:t xml:space="preserve">hal-04795550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La culture du risque d’une population : Quelle caractérisation ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Tiberghien</w:t>
+                <w:t xml:space="preserve">Initiation of an interorganizational network in the sustainable agri-food field : an embedded case study of a transnational North-Mediterranean cooperation project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Tissone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Moustier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ère Biennale de l’ENSOSP « L'acceptabilité des risques : une approche pluridisciplinaire »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENSOSP, Jun 2018, Aix-en -Provence, France</w:t>
+              <w:t xml:space="preserve">9th Euro Mediterranean Dialogue on Public Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IIAS, Oct 2018, Grenade (Espagne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795550v1</w:t>
+                <w:t xml:space="preserve">hal-03968020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management territorial et projets innovants dans l’agriculture et l’alimentation durables. Comparaison des initiatives de l’agriculture urbaine et périurbaine de six métropoles nord-méditerranéennes</w:t>
               </w:r>
@@ -1827,299 +1827,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03967933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable agri-food field and network: what perspectives in Northern Mediterranean?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La participation citoyenne dans la gouvernance locale, une manifestation d’idéologie territoriale ? Une illustration tunisienne : le cas de la municipalité du Bardo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Moustier</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camélia Hamlaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Euro-Mena Dialogue on Public Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Group for Public Administration, Oct 2018, Granada, Spain</w:t>
+              <w:t xml:space="preserve">IXe Symposium International « Regard croisés sur les transformations de la gestion et des organisations publiques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Tunis (Tunisia), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01915080v1</w:t>
+                <w:t xml:space="preserve">hal-03967799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management territorial et projets innovants dans l’agriculture et l’alimentation durables : comparaison des initiatives de l’agriculture urbaine et périurbaine (AUP) de six métropoles nord-méditerranéennes</w:t>
+                <w:t xml:space="preserve">Sustainable agri-food field and network: what perspectives in Northern Mediterranean?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flore Tissone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Moustier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Colloque de l’Association Internationale de Recherche en Management Public (AIRMAP) : « Un management public innovant ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Biarritz, France</w:t>
+              <w:t xml:space="preserve">2nd Euro-Mena Dialogue on Public Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Group for Public Administration, Oct 2018, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01859554v1</w:t>
+                <w:t xml:space="preserve">hal-01915080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La participation citoyenne dans la gouvernance locale, une manifestation d’idéologie territoriale ? Une illustration tunisienne : le cas de la municipalité du Bardo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Management territorial et projets innovants dans l’agriculture et l’alimentation durables : comparaison des initiatives de l’agriculture urbaine et périurbaine (AUP) de six métropoles nord-méditerranéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Tissone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Camélia Hamlaoui</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Moustier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IXe Symposium International « Regard croisés sur les transformations de la gestion et des organisations publiques »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Tunis (Tunisia), France</w:t>
+              <w:t xml:space="preserve">7ème Colloque de l’Association Internationale de Recherche en Management Public (AIRMAP) : « Un management public innovant ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Biarritz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03967799v1</w:t>
+                <w:t xml:space="preserve">hal-01859554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paradoxes et management de la biodiversité, Interactions Hommes-­Milieux. Études de cas.</w:t>
               </w:r>
@@ -2289,519 +2289,519 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03967691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextes institutionnels et sensibilité à la question de la biodiversité par les acteurs publics et privés du territoire Bassin Minier de Provence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Batteau</w:t>
+                <w:t xml:space="preserve">LA RÉCEPTIVITÉ HABITANTE : QUELLES INNOVATIONS MANAGÉRIALES CONCRÈTES POUR PASSER DE L'INTENTION À LA PRATIQUE ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Boutin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Raynal</w:t>
+                <w:t xml:space="preserve">Ibrahima-Maty Kane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Trets, France</w:t>
+              <w:t xml:space="preserve">VIIe Symposium International « Regard croisés sur les transformations de la gestion et des organisations publiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Montpellier (34000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623255v1</w:t>
+                <w:t xml:space="preserve">hal-03967636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LA RÉCEPTIVITÉ HABITANTE : QUELLES INNOVATIONS MANAGÉRIALES CONCRÈTES POUR PASSER DE L'INTENTION À LA PRATIQUE ?</w:t>
+                <w:t xml:space="preserve">Politiques et actions de développement durable dans les organisations publiques locales : où en est-on ? Une analyse lexicale multidimensionnelle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahima-Maty Kane</w:t>
+                <w:t xml:space="preserve">Fiore Camille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIe Symposium International « Regard croisés sur les transformations de la gestion et des organisations publiques"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Montpellier (34000), France</w:t>
+              <w:t xml:space="preserve">4ème colloque AIRMAP : Les nouveaux territoires du management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association internationale de Recherche en Management Public, May 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03967636v1</w:t>
+                <w:t xml:space="preserve">hal-05005969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Politiques et actions de développement durable dans les organisations publiques locales : où en est-on ? Une analyse lexicale multidimensionnelle.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contextes institutionnels et sensibilité à la question de la biodiversité par les acteurs publics et privés du territoire Bassin Minier de Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Batteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fiore Camille</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème colloque AIRMAP : Les nouveaux territoires du management public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association internationale de Recherche en Management Public, May 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire annuel de restitution de l’Observatoire Hommes-Milieux du Bassin Minier de Provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Trets, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05005969v1</w:t>
+                <w:t xml:space="preserve">hal-04623255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La politique alimentaire française (2000-2013): une analyse de la combinaison des instruments publics, entre coopération et concurrence des acteurs publics et privés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Which consideration of biodiversity in the positioning and arguments of stakeholders ? A dynamic analysis of secondary data. The case of the biomass project (Gardanne-Meyreuil, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Batteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leïla Messaoudène</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julie Olivero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Repenser la responsabilité et la reddition des comptes de l’administration publique à l’heure de la globalisation, la décentralisation et la privatisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Congrès de l’IISA-IIAS Jun 2014, Ifrane, Maroc</w:t>
+              <w:t xml:space="preserve">Journée « Énergie – Biomasse »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01309471v1</w:t>
+                <w:t xml:space="preserve">hal-04627198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which consideration of biodiversity in the positioning and arguments of stakeholders ? A dynamic analysis of secondary data. The case of the biomass project (Gardanne-Meyreuil, France)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Gachet</w:t>
+                <w:t xml:space="preserve">La politique alimentaire française (2000-2013): une analyse de la combinaison des instruments publics, entre coopération et concurrence des acteurs publics et privés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Messaoudène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée « Énergie – Biomasse »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Repenser la responsabilité et la reddition des comptes de l’administration publique à l’heure de la globalisation, la décentralisation et la privatisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Congrès de l’IISA-IIAS Jun 2014, Ifrane, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04627198v1</w:t>
+                <w:t xml:space="preserve">hal-01309471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capitales culturelles : quelles attentes en termes de retombées collectives ? Une analyse lexicale multidimensionnelle : Tlemcen 2011 et Marseille 2013</w:t>
               </w:r>
@@ -3001,165 +3001,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01309425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le management territorial : le renouvellement des modes d'intervention publics</w:t>
+                <w:t xml:space="preserve">Au cœur du paradoxe : les contraintes inhérentes aux pratiques de management territorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Colloque International PMP "Public : Nouvelles figures ? Nouvelles frontières ?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Revue Politiques et Management Public, Mar 2007, Florence, Italie</w:t>
+              <w:t xml:space="preserve">XLIIIè colloque de l’ASRDLF : Les dynamiques territoriales : débats et enjeux entre les différentes approches disciplinaires </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASRDLF, Jul 2007, Grenoble-Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01309479v1</w:t>
+                <w:t xml:space="preserve">hal-01310129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au cœur du paradoxe : les contraintes inhérentes aux pratiques de management territorial</w:t>
+                <w:t xml:space="preserve">Le management territorial : le renouvellement des modes d'intervention publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XLIIIè colloque de l’ASRDLF : Les dynamiques territoriales : débats et enjeux entre les différentes approches disciplinaires </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASRDLF, Jul 2007, Grenoble-Chambéry, France</w:t>
+              <w:t xml:space="preserve">16ème Colloque International PMP "Public : Nouvelles figures ? Nouvelles frontières ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Revue Politiques et Management Public, Mar 2007, Florence, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01310129v1</w:t>
+                <w:t xml:space="preserve">hal-01309479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whirling paradoxes: the management of metropolitan public organizations</w:t>
               </w:r>
@@ -3627,51 +3627,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apprentissage expérientiel en situation extrême : le cas de l'École nationale supérieure des officiers de sapeurs-pompiers pour la gestion de l'accueil et de l'hébergement des rapatriés de Wuhan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jossou Markolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gautier Anaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3729,109 +3729,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03967271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Contrats à Impact Social (CIS) en France, une innovation entre discours performatifs et recul démocratique ?</w:t>
+                <w:t xml:space="preserve">Les Contrats à Impact Social (CIS) en France, une innovation entre discours performatifs et recul démocratique?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Pinos</w:t>
+                <w:t xml:space="preserve">Pinos F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Vol. 24 - n°4, pp.18</w:t>
+              <w:t xml:space="preserve">, 2020, 24 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03121167v1</w:t>
+                <w:t xml:space="preserve">hal-03082886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bonheur est-il dans le champ? Initiatives locales et soutenables dans l’agri-alimentaire urbain et périurbain: émergence d’un travail institutionnel de redéfinition des espaces.</w:t>
               </w:r>
@@ -3906,109 +3906,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03082896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Contrats à Impact Social (CIS) en France, une innovation entre discours performatifs et recul démocratique?</w:t>
+                <w:t xml:space="preserve">Les Contrats à Impact Social (CIS) en France, une innovation entre discours performatifs et recul démocratique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pinos F.</w:t>
+                <w:t xml:space="preserve">Fabienne Pinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 24 (4)</w:t>
+              <w:t xml:space="preserve">, 2020, Vol. 24 - n°4, pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03082886v1</w:t>
+                <w:t xml:space="preserve">hal-03121167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les acteurs de la résilience territoriale</w:t>
               </w:r>
@@ -4089,51 +4089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflits environnementaux, milieux naturels et décisions publiques : Étude de deux cas industriels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Batteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4232,51 +4232,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement durable pour tous, tous pour le développement durable! Quelle traduction par les organisations publiques territoriales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiore Camille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4565,51 +4565,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La communication sociale, un levier de performance organisationnelle ? Le cas des politiques de santé publique en matière de nutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Messaoudène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4773,51 +4773,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La territorialisation de la politique alimentaire française : le regard des acteurs publics sur la gouvernance du PNNS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leïla Messaoudène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 35 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4845,183 +4845,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01839508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An archetypal approach to bureaucratic and post bureaucratic managements: the case study of a French public service establishment</w:t>
+                <w:t xml:space="preserve">Paradoxes et management stratégique des territoires : Étude comparée de métropoles européennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Public Sector Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 1 (2), </w:t>
+              <w:t xml:space="preserve">Vie et Sciences de l'Entreprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 178 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1504/IJPSPM.2008.018916⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/vse.178.0054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01839509v1</w:t>
+                <w:t xml:space="preserve">hal-01839510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paradoxes et management stratégique des territoires : Étude comparée de métropoles européennes</w:t>
+                <w:t xml:space="preserve">An archetypal approach to bureaucratic and post bureaucratic managements: the case study of a French public service establishment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie et Sciences de l'Entreprise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 178 (1), </w:t>
+              <w:t xml:space="preserve">International Journal of Public Sector Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/vse.178.0054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1504/IJPSPM.2008.018916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01839510v1</w:t>
+                <w:t xml:space="preserve">hal-01839509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenge of the change management in an information and management systems unit: what strategy to manage the human resources?</w:t>
               </w:r>
@@ -5293,526 +5293,646 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economie et Humanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 370</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01401773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dessiner le management public autrement. Bilan et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lamouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edina Soldo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Provence. 2023, Collection Espaces Publics</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04143442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manager les paradoxes, pour une adaptation des pratiques et outils de gestion</w:t>
+                <w:t xml:space="preserve">Durabilité et transition environnementale, quels arbitrages pour quelles politiques publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurine Basse</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiore Camille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Moustier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flore Tissone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Provence. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dessiner le management public autrement. Bilan et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Collection Espaces Publics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04143469v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04143460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Durabilité et transition environnementale, quels arbitrages pour quelles politiques publiques</w:t>
+                <w:t xml:space="preserve">Manager les paradoxes, pour une adaptation des pratiques et outils de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Flore Tissone</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Serval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Boulmakoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Basse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Provence. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dessiner le management public autrement. Bilan et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Collection Espaces Publics</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04143460v1</w:t>
+                <w:t xml:space="preserve">hal-04143469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire une action collective environnementale au sein des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiore Camille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dynamiques collectives &amp; Territoires : 9 défis pour des territoires compétitifs, innovants et durables.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Série : Entrepreneuriat, territoires et innovation, 2023, Innovation, entrepreneuriat et gestion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Et si on parlait de l’attractivité du métier d’enseignant-chercheur en gestion?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Therese Albertini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bereni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La disputatio au cœur du management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Provence, pp.109 - 123, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pup.56404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04145000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Through the Looking Glass: What does strategic planning reveal in French local governments?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Carmouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5827,133 +5947,133 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strategic planning in local communities. A cross-national study in 8 countries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02277944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La coordination inter-organisationnelle, une solution face aux tensions paradoxales ? Le cas de la politique de la qualité de l’air dans la Métropole du Grand Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiore Camille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manager les paradoxes dans le secteur public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02483437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5963,237 +6083,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permanence et renouveau de la relation savoir(s)-pouvoir(s) : enseignements et recommandations en politiques et management publics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gourbier Léonard Anberrée Alice, Bejean Mathias,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politiques et Management public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 40 (2), 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04143360v1</w:t>
-              </w:r>
-[...118 lines deleted...]
-                <w:t xml:space="preserve">hal-04143442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6205,165 +6205,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territoire</w:t>
+                <w:t xml:space="preserve">Coopération décentralisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Benzerafa-Alilat M., Lamarque D., Orange G (dir.) (2022), Encyclopédie du management public, IGPDE, Collection : Gestion publique.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.662-666</w:t>
+              <w:t xml:space="preserve">, 2022, pp.207-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969230v1</w:t>
+                <w:t xml:space="preserve">hal-03969216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coopération décentralisée</w:t>
+                <w:t xml:space="preserve">Territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Benzerafa-Alilat M., Lamarque D., Orange G (dir.) (2022), Encyclopédie du management public, IGPDE, Collection : Gestion publique.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, pp.207-210</w:t>
+              <w:t xml:space="preserve">, 2022, pp.662-666</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969216v1</w:t>
+                <w:t xml:space="preserve">hal-03969230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6885,51 +6885,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404753v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cardi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Hernandez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Moustier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saint Jonsson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberghien B." TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04948134v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tiberghien" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Turc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647414v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Rodriguez-Tabarquino -" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberghien Bruno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329994v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossou Markolf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143384v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Hamlaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795449v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markolf Jossou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792072v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Serval" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Potz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969179v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Chergui-Darif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323998v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chergui-Darif, M." TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083069v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Tissone" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustier E." TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468457v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468459v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473068v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968020v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795550v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967933v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915080v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859554v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967799v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gachet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Batteau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Raynal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967691v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623255v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boutin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967636v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima-Maty Kane" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005969v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiore Camille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309471v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Messaoud&#232;ne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627198v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Olivero" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309450v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Belkaid" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309508v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309425v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309479v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310129v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309346v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316795v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-fcjy-bchj" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04909342v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.hs1.0029" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552236v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr2.0163" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167901v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967271v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Ana&#239;s" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernandez Solange" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121167v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pinos" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082896v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082886v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinos F." TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082881v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429033v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.36.2019.00011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01794431v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839503v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852316662530" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401959v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hollandts" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839505v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.063.0145" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839506v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.061.0146" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839507v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edina Soldo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Marais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/044660ar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839508v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.035.0235" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839509v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPSPM.2008.018916" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839510v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.178.0054" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839512v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839513v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Keramidas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475024v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401773v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143469v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boulmakoul" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Basse" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143460v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329962v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145000v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Albertini" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bereni" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.56404" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02277944v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carmouze" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02483437v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143360v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourbier L&#233;onard Anberr&#233;e Alice, Bejean Mathias," TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143442v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamouroux" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969230v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969216v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795596v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01178052v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Arnaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01318087v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404753v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cardi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Hernandez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Moustier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saint Jonsson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberghien B." TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04948134v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tiberghien" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Turc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04647414v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Rodriguez-Tabarquino -" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberghien Bruno" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143384v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam&#233;lia Hamlaoui" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329994v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jossou Markolf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795449v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markolf Jossou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792072v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Serval" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Potz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969179v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Chergui-Darif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323998v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chergui-Darif, M." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969102v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03083069v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Tissone" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustier E." TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468457v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968146v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473068v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468459v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795550v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968020v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967933v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967799v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915080v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859554v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623633v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boutin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gachet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Batteau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Raynal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967691v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967636v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima-Maty Kane" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005969v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiore Camille" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623255v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boutin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627198v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Olivero" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309471v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Messaoud&#232;ne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309450v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esma Belkaid" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309508v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309425v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01310129v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309479v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309346v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316795v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59876/a-fcjy-bchj" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04909342v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.hs1.0029" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552236v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr2.0163" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167901v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967271v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Ana&#239;s" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernandez Solange" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082886v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinos F." TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082896v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121167v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pinos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082881v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429033v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gachet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.36.2019.00011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01794431v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839503v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852316662530" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401959v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aubert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hollandts" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839505v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.063.0145" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839506v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.061.0146" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839507v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edina Soldo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Marais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/044660ar" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839508v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.035.0235" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839510v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.178.0054" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839509v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJPSPM.2008.018916" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839512v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839513v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Keramidas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475024v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Buisson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01401773v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143442v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lamouroux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143460v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143469v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Boulmakoul" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Basse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329962v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04145000v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Therese Albertini" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bereni" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.56404" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02277944v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carmouze" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02483437v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04143360v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourbier L&#233;onard Anberr&#233;e Alice, Bejean Mathias," TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969216v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03969230v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795596v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01178052v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Arnaud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01318087v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>