--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -166,3184 +166,3318 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global tracking of marine megafauna space use reveals how to achieve conservation targets</w:t>
+                <w:t xml:space="preserve">Unveiling the Genetic Structure of New Caledonian Dugongs Using a Multiscale Genetic Approach: Conservation Challenges for an Isolated Population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Sequeira</w:t>
+                <w:t xml:space="preserve">Paolo Verger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Rodríguez</w:t>
+                <w:t xml:space="preserve">Claire Garrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Marley</w:t>
+                <w:t xml:space="preserve">Claire Daisy Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah Calich</w:t>
+                <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirjam van der Mheen</w:t>
+                <w:t xml:space="preserve">Marc Oremus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 388 (6751), pp.1086-1097. </w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/science.adl0239⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ece3.72168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05100798v1</w:t>
+                <w:t xml:space="preserve">hal-05557631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the skin Microbiome of free-ranging Dugong dugon in new Caledonia</w:t>
+                <w:t xml:space="preserve">Global tracking of marine megafauna space use reveals how to achieve conservation targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Louis Stenger</w:t>
+                <w:t xml:space="preserve">Ana Sequeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Daisy Bonneville</w:t>
+                <w:t xml:space="preserve">Jorge Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Anton-Leberre</w:t>
+                <w:t xml:space="preserve">Sarah Marley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Cleguer</w:t>
+                <w:t xml:space="preserve">Hannah Calich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Fauvelot</w:t>
+                <w:t xml:space="preserve">Mirjam van der Mheen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 172 (9), pp.139. </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 388 (6751), pp.1086-1097. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00227-025-04696-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.adl0239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05268075v1</w:t>
+                <w:t xml:space="preserve">hal-05100798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnerability of marine megafauna to global at‐sea anthropogenic threats</w:t>
+                <w:t xml:space="preserve">Exploring the skin Microbiome of free-ranging Dugong dugon in new Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Vancompernolle</w:t>
+                <w:t xml:space="preserve">Pierre-Louis Stenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Daisy Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliet Morris</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sarah Marley</w:t>
+                <w:t xml:space="preserve">Véronique Anton-Leberre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cleguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Fauvelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cobi.70147⟩</w:t>
+              <w:t xml:space="preserve">Marine Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 172 (9), pp.139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00227-025-04696-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05368009v1</w:t>
+                <w:t xml:space="preserve">hal-05268075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aerial Video Surveys and Spatial Prioritization Reveal Conservation Opportunities for Endangered Dugongs in New Caledonia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vulnerability of marine megafauna to global at‐sea anthropogenic threats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Seguin</w:t>
+                <w:t xml:space="preserve">Michelle Vancompernolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Mouillot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Juliet Morris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Calich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Rodríguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Marley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 34 (8), </w:t>
+              <w:t xml:space="preserve">Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/aqc.4237⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cobi.70147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04689829v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05368009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C and N stable isotopes enlighten the trophic behaviour of the dugong (Dugong dugon)</w:t>
+                <w:t xml:space="preserve">Aerial Video Surveys and Spatial Prioritization Reveal Conservation Opportunities for Endangered Dugongs in New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Thibault</w:t>
+                <w:t xml:space="preserve">Laura Mannocci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Letourneur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Cleguer</w:t>
+                <w:t xml:space="preserve">Raphael Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Bonneville</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David Mouillot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-50578-3⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 34 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aqc.4237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440379v1</w:t>
+                <w:t xml:space="preserve">hal-04689829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring indirect effects of a classic trophic cascade between urchins and kelp on zooplankton and whales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">C and N stable isotopes enlighten the trophic behaviour of the dugong (Dugong dugon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Hildebrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Solène Derville</w:t>
+                <w:t xml:space="preserve">Yves Letourneur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cleguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ines Hildebrand</w:t>
+                <w:t xml:space="preserve">Claire Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leigh Torres</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marine J Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.9815. </w:t>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.896. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-59964-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-50578-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04563650v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urgent assessment needed to evaluate potential impacts on cetaceans from deep seabed mining</w:t>
+                <w:t xml:space="preserve">Exploring indirect effects of a classic trophic cascade between urchins and kelp on zooplankton and whales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirsten Thompson</w:t>
+                <w:t xml:space="preserve">Lisa Hildebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathryn Miller</w:t>
+                <w:t xml:space="preserve">Ines Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jake Wacker</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leigh Torres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1095930⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.9815. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-59964-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419626v1</w:t>
+                <w:t xml:space="preserve">hal-04563650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure of whales to entanglement risk in Dungeness crab fishing gear in Oregon, USA, reveals distinctive spatio-temporal and climatic patterns</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Urgent assessment needed to evaluate potential impacts on cetaceans from deep seabed mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirsten Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathryn Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jake Wacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Hayslip</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christopher Laing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2023.109989⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1095930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04398293v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term stability in the circumpolar foraging range of a Southern Ocean predator between the eras of whaling and rapid climate change</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Exposure of whales to entanglement risk in Dungeness crab fishing gear in Oregon, USA, reveals distinctive spatio-temporal and climatic patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Leigh Torres</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.V. Buell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seth Newsome</w:t>
+                <w:t xml:space="preserve">K.C. Corbett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Somes</w:t>
+                <w:t xml:space="preserve">C. Hayslip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciano Valenzuela</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L.G. Torres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 120 (10), pp.e2214035120. </w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 281, pp.109989. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2214035120⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2023.109989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04398452v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04398293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Whales and climate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long-term stability in the circumpolar foraging range of a Southern Ocean predator between the eras of whaling and rapid climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Derville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan-Olaf Meynecke</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Solène Derville</w:t>
+                <w:t xml:space="preserve">Seth Newsome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Russell Richards</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christopher Somes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Valenzuela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1347360⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (10), pp.e2214035120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2214035120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419619v1</w:t>
+                <w:t xml:space="preserve">hal-04398452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine mammal strandings recorded in New Caledonia, South West Pacific Ocean, 1877 to 2022</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Editorial: Whales and climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Olaf Meynecke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paco Bustamante</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Russell Richards</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pacific Conservation Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/PC23016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1347360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04333926v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecoregional and temporal dynamics of dugong habitat use in a complex coral reef lagoon ecosystem</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Marine mammal strandings recorded in New Caledonia, South West Pacific Ocean, 1877 to 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maële Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paco Bustamante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-04412-3⟩</w:t>
+              <w:t xml:space="preserve">Pacific Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1071/PC23016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419670v1</w:t>
+                <w:t xml:space="preserve">hal-04333926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal, Annual, and Decadal Distribution of Three Rorqual Whale Species Relative to Dynamic Ocean Conditions Off Oregon, USA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ecoregional and temporal dynamics of dugong habitat use in a complex coral reef lagoon ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">L G Torres</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cleguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.552. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2022.868566⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-04412-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04398394v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trade-offs in prey quantity and quality in gray whale foraging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lisa Hildebrand</w:t>
+                <w:t xml:space="preserve">Seasonal, Annual, and Decadal Distribution of Three Rorqual Whale Species Relative to Dynamic Ocean Conditions Off Oregon, USA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Sullivan</w:t>
+                <w:t xml:space="preserve">D R Barlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hayslip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachael Orben</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Leigh Gabriela Torres</w:t>
+                <w:t xml:space="preserve">L G Torres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/meps14115⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2022.868566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419644v1</w:t>
+                <w:t xml:space="preserve">hal-04398394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nation-wide hierarchical and spatially-explicit framework to characterize seagrass meadows in New-Caledonia, and its potential application to the Indo-Pacific</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trade-offs in prey quantity and quality in gray whale foraging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Hildebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sullivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Andréfouët</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Rachael Orben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Buttin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leigh Gabriela Torres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.113036⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 695, pp.189-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps14115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04419694v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Structure, Habitat Use and Injuries of Indo-Pacific Bottlenose Dolphins (Tursiops aduncus) Reveal Isolated, Coastal, and Threatened Communities in the South Pacific</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Nation-wide hierarchical and spatially-explicit framework to characterize seagrass meadows in New-Caledonia, and its potential application to the Indo-Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Andréfouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Buttin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jolanda Luksenburg</w:t>
+                <w:t xml:space="preserve">Guillaume Dirberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Oremus</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Colette C.C. Wabnitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8, pp.606975. </w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 173, pp.113036. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.606975⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.113036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04419713v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioral responses of humpback whales to biopsy sampling on a breeding ground: the influence of age‐class, reproductive status, social context, and repeated sampling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Social Structure, Habitat Use and Injuries of Indo-Pacific Bottlenose Dolphins (Tursiops aduncus) Reveal Isolated, Coastal, and Threatened Communities in the South Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Daisy Bonneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Derville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jolanda Luksenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Oremus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Garrigue</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Mammal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mms.12848⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.606975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.606975⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04419674v1</w:t>
+                <w:t xml:space="preserve">hal-04419713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching for humpback whales in a historical whaling hotspot of the Coral Sea, South Pacific</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Behavioral responses of humpback whales to biopsy sampling on a breeding ground: the influence of age‐class, reproductive status, social context, and repeated sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Garrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endangered Species Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/esr01038⟩</w:t>
+              <w:t xml:space="preserve">Marine Mammal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.102-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mms.12848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02878285v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horizontal and vertical movements of humpback whales inform the use of critical pelagic habitats in the western South Pacific</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Searching for humpback whales in a historical whaling hotspot of the Coral Sea, South Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bonneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Scott Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leigh G Torres</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">T. Cheeseman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-61771-z⟩</w:t>
+              <w:t xml:space="preserve">Endangered Species Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42, pp.67-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/esr01038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04419728v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02878285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reproductive capacity of an endangered and recovering population of humpback whales in the Southern Hemisphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Horizontal and vertical movements of humpback whales inform the use of critical pelagic habitats in the western South Pacific</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Derville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh G Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Chero</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre N Zerbini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Oremus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garrigue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/meps13329⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.4871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-61771-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924219v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04419728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From land and sea, long-term data reveal persistent humpback whale (Megaptera novaeangliae) breeding habitat in New Caledonia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Reproductive capacity of an endangered and recovering population of humpback whales in the Southern Hemisphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Pradel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Leigh Gabriela Torres</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bonneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Dodémont</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aqc.3127⟩</w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 643, pp.219-227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/meps13329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962096v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whales in warming water: Assessing breeding habitat diversity and adaptability in Oceania's changing climate</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">From land and sea, long-term data reveal persistent humpback whale (Megaptera novaeangliae) breeding habitat in New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Leigh Torres</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh Gabriela Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Dodémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Perard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renee Albertson</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Garrigue Claire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.14563⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aqc.3127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02152631v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social segregation of humpback whales in contrasted coastal and oceanic breeding habitats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Whales in warming water: Assessing breeding habitat diversity and adaptability in Oceania's changing climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renee Albertson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olive Andrews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Scott Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jmammal/gyx185⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (4), pp.1466-1481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.14563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01742720v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02152631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finding the right fit: Comparative cetacean distribution models using multiple data sources and statistical approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leigh G. Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corina Iovan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Garrigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity and Distributions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ddi.12782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01829624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Social segregation of humpback whales in contrasted coastal and oceanic breeding habitats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Derville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh G Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Garrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Mammalogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 99 (1), pp.41-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jmammal/gyx185⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01742720v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Long-Term Monitoring of Green Turtle Nesting on Tromelin Island Demonstrates Stable Reproduction and Population Parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mayeul Dalleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Ciccione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chelonian Conservation and Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 14 (1), pp.11-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2744/ccab-14-01-11-20.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04200614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3353,114 +3487,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial ecology of humpback whales in breeding areas : habitats, distribution and movements in the South Pacific</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Derville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biodiversity and Ecology. Sorbonne Université, 2018. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018SORUS374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02865352v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId131"/>
+      <w:footerReference w:type="default" r:id="rId134"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3528,51 +3662,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EE389E2F"/>
+    <w:nsid w:val="4ECD251E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3759,51 +3893,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/solene-derville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0380-7921" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100798v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sequeira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Marley" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Calich" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam van der Mheen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adl0239" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05268075v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Stenger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Daisy Bonneville" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Anton-Leberre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cleguer" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fauvelot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04696-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368009v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vancompernolle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Morris" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.70147" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689829v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mannocci" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Derville" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Seguin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.4237" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04440379v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Thibault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Letourneur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonneville" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine J Briand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-50578-3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563650v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hildebrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Hildebrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Torres" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-59964-x" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419626v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Thompson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Miller" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Wacker" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Laing" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1095930" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398293v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.V. Buell" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.C. Corbett" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hayslip" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Torres" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.109989" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398452v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Newsome" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Somes" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Valenzuela" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2214035120" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419619v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Olaf Meynecke" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Richards" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1347360" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333926v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garrigue" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;le Brisset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/PC23016" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419670v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-04412-3" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398394v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D R Barlow" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G Torres" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.868566" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419644v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sullivan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Orben" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Gabriela Torres" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps14115" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419694v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Andr&#233;fou&#235;t" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Buttin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dirberg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette C.C. Wabnitz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.113036" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419713v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Luksenburg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oremus" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.606975" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419674v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.12848" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878285v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonneville" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scott Baker" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cheeseman" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01038" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419728v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh G Torres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre N Zerbini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61771-z" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924219v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chero" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pradel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gimenez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13329" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02962096v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dod&#233;mont" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Perard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrigue Claire" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3127" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152631v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renee Albertson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olive Andrews" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14563" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01742720v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyx185" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01829624v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh G. Torres" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Iovan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12782" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200614v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jean" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Dalleau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Gal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ciccione" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2744/ccab-14-01-11-20.1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02865352v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SORUS374" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/solene-derville" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0380-7921" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557631v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Verger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Garrigue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Daisy Bonneville" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Derville" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Oremus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.72168" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100798v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sequeira" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Marley" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Calich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam van der Mheen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adl0239" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-05268075v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Stenger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Anton-Leberre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cleguer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fauvelot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-025-04696-3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368009v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Vancompernolle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Morris" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.70147" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689829v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mannocci" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Seguin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mouillot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.4237" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04440379v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Thibault" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Letourneur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonneville" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine J Briand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-50578-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563650v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hildebrand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Hildebrand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Torres" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-59964-x" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419626v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirsten Thompson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Miller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Wacker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Laing" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1095930" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398293v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.V. Buell" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.C. Corbett" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hayslip" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Torres" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.109989" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398452v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seth Newsome" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Somes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Valenzuela" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2214035120" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419619v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Olaf Meynecke" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Richards" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1347360" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333926v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;le Brisset" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paco Bustamante" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/PC23016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419670v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-04412-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04398394v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D R Barlow" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G Torres" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.868566" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419644v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sullivan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Orben" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Gabriela Torres" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps14115" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419694v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Andr&#233;fou&#235;t" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Buttin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dirberg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette C.C. Wabnitz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.113036" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419713v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolanda Luksenburg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.606975" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419674v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mms.12848" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878285v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonneville" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Scott Baker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cheeseman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01038" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419728v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh G Torres" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre N Zerbini" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61771-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924219v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chero" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pradel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gimenez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps13329" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02962096v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dod&#233;mont" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Perard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrigue Claire" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.3127" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152631v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renee Albertson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olive Andrews" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14563" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01829624v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh G. Torres" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Iovan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12782" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01742720v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jmammal/gyx185" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04200614v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jean" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Dalleau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Gal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Ciccione" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2744/ccab-14-01-11-20.1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02865352v2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SORUS374" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>