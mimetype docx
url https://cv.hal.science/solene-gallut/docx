--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -669,258 +669,258 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Gallut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine du droit pénal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Association Française de Droit Pénal (AFDP) - Institut François Gény (IFG), Jan 2026, NANCY, France</w:t>
+              <w:t xml:space="preserve">, Association Française de Droit Pénal (AFDP) - Institut François Gény (IFG), Jan 2026, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Propos conclusifs</w:t>
+                <w:t xml:space="preserve">Peines et infractions sexuelles : vers un changement de paradigme ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Gallut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 50 ans de sciences criminelles à Pau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, Sep 2025, PAU, France</w:t>
+              <w:t xml:space="preserve">Colloque Regards croisés sur un droit en mouvement : l'évolution des infractions sexuelles en droit comparé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, Joana Falxa (dir.), Oct 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05499484v1</w:t>
+                <w:t xml:space="preserve">hal-05499475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peines et infractions sexuelles : vers un changement de paradigme ?</w:t>
+                <w:t xml:space="preserve">Propos conclusifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Gallut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Regards croisés sur un droit en mouvement : l'évolution des infractions sexuelles en droit comparé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, Joana Falxa (dir.), Oct 2025, PAU, France</w:t>
+              <w:t xml:space="preserve">Colloque 50 ans de sciences criminelles à Pau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Pau et des Pays de l'Adour - IFTJ, Sep 2025, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05499475v1</w:t>
+                <w:t xml:space="preserve">hal-05499484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le contrôle de la surpopulation carcérale en droit français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Gallut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès sur l'exécution des peines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université de Rio de Janeiro, Jun 2025, Rio de Janeiro (BR), Brésil</w:t>
+              <w:t xml:space="preserve">, Université de Rio de Janeiro, Jun 2025, Rio de Janeiro, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1014,51 +1014,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Gallut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix ans d'application de la loi pénitentiaire. Bilan et perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jean-Paul Céré; Ludivine Grégoire, Jul 2021, Pau (UPPA), France</w:t>
+              <w:t xml:space="preserve">, Jean-Paul Céré; Ludivine Grégoire, Jul 2021, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04170582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1192,601 +1192,444 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04170679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le procès pénal à l'épreuve de la pandémie</w:t>
+                <w:t xml:space="preserve">Le rôle de l'assesseur citoyen devant la commission de discipline en prison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Frambéry-Iacobone</w:t>
+                <w:t xml:space="preserve">Muriel Giacopelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clemence Faugere</w:t>
+                <w:t xml:space="preserve">Yan Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joana Falxa</w:t>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Thierry</w:t>
+                <w:t xml:space="preserve">Jules Cistac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Brégi</w:t>
+                <w:t xml:space="preserve">Margaux Dominati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2024, Bibliothèques de droit, 978-2-336-48115-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04454558v1</w:t>
+                <w:t xml:space="preserve">hal-04794475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle de l'assesseur citoyen devant la commission de discipline en prison</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Le rôle de l’assesseur citoyen devant la commission de discipline</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Giacopelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Céré</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Cistac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Dominati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L'Harmattan, 2024, Bibliothèques de droit, 978-2-336-48115-9</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Ouvrages</w:t>
+              <w:t xml:space="preserve">20.20, IERDJ - Institut des Études et de la Recherche sur le Droit et la Justice. 2024, pp.300</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04794475v1</w:t>
+                <w:t xml:space="preserve">hal-05157012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle de l’assesseur citoyen devant la commission de discipline</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lutte contre la surpopulation carcérale et droit européen des droits de l'homme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Gallut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Droit. Université de Pau et des Pays de l ’Adour, 2023. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...187 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05499482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId41"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1854,51 +1697,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="77D33AFD"/>
+    <w:nsid w:val="2FBED0B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2085,51 +1928,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/solene-gallut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-7068-2139" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/272182818" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499467v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gallut" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247871v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247983v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170647v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170630v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253456v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499479v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499484v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499475v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499487v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170711v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170582v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170615v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170679v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454558v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Framb&#233;ry-Iacobone" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Faugere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Falxa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Thierry" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Br&#233;gi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04794475v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Giacopelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Carpentier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul C&#233;r&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Cistac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Dominati" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157012v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05499482v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/solene-gallut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-7068-2139" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/272182818" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499467v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gallut" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247871v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247983v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170647v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170630v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05253456v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499479v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499475v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499484v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499487v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170711v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170582v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170615v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04170679v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://upf.hal.science/hal-04794475v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Giacopelli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Carpentier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul C&#233;r&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Cistac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Dominati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157012v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05499482v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>