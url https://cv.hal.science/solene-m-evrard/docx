--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -770,278 +770,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04416149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive bone marrow involvement with blastic cells does not always define an acute leukaemia</w:t>
+                <w:t xml:space="preserve">DICER1 syndrome and embryonal rhabdomyosarcoma of the cervix: a case report and literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Coster</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Solène Evrard</w:t>
+                <w:t xml:space="preserve">Alexandre Stambouli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Schuppe</w:t>
+                <w:t xml:space="preserve">Audrey Cartault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Rieu</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Oliver Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène M. Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Mery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/abc.2023.1788⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Pediatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.1150418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fped.2023.1150418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04938033v1</w:t>
+                <w:t xml:space="preserve">hal-04938034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DICER1 syndrome and embryonal rhabdomyosarcoma of the cervix: a case report and literature review</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Massive bone marrow involvement with blastic cells does not always define an acute leukaemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Oliver Petit</w:t>
+                <w:t xml:space="preserve">Lucie Coster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène M. Evrard</w:t>
+                <w:t xml:space="preserve">Laurie Schuppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliane Mery</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Baptiste Rieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pediatrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11, pp.1150418. </w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 81 (1), pp.101-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fped.2023.1150418⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/abc.2023.1788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04938034v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04938033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast Gene Fusion Assessment for Nonsquamous NSCLC</w:t>
               </w:r>
@@ -2227,278 +2227,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03365480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ALK-positive histiocytosis associated with chronic lymphocytic leukaemia/small lymphocytic lymphoma: a multitarget response under ibrutinib</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Syrykh</w:t>
+                <w:t xml:space="preserve">Acute myeloid leukemia with myelodysplasia-related changes and basophilic differentiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Ysebaert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sarah Péricart</w:t>
+                <w:t xml:space="preserve">Laetitia Largeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Vergez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Evrard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virchows Archiv</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">Blood research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 55 (3), pp.130-130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00428-020-02937-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5045/br.2020.2020095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03073859v1</w:t>
+                <w:t xml:space="preserve">hal-04938029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute myeloid leukemia with myelodysplasia-related changes and basophilic differentiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Baptiste Rieu</w:t>
+                <w:t xml:space="preserve">ALK-positive histiocytosis associated with chronic lymphocytic leukaemia/small lymphocytic lymphoma: a multitarget response under ibrutinib</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Syrykh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Largeaud</w:t>
+                <w:t xml:space="preserve">Loic Ysebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Péricart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Vergez</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabienne Meggetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 55 (3), pp.130-130. </w:t>
+              <w:t xml:space="preserve">Virchows Archiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5045/br.2020.2020095⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00428-020-02937-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04938029v1</w:t>
+                <w:t xml:space="preserve">hal-03073859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frequency of isolated cutaneous involvement in adult mastocytosis</w:t>
               </w:r>
@@ -3032,51 +3032,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicenter Evaluation of the Fully Automated PCR-Based Idylla EGFR Mutation Assay on Formalin-Fixed, Paraffin-Embedded Tissue of Human Lung Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène M. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Taranchon-Clermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8351,51 +8351,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MEMOIRE D’HABILITATION À DIRIGER DES RECHERCHES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène M. Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Toulouse III - Paul Sabatier (UPS), FRA., 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8445,51 +8445,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication du TGF-β1 dans les anomalies vasculaires associées aux fibroses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène M. Evrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. UNIVERSITÉ PARIS VII-DENIS DIDEROT, 2012. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8685,51 +8685,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05247379v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cabello-Aguilar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vendrell" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evrard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thomas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.labinv.2025.104117" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938407v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Rusidz&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Poumeaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Akiki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Valentin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Ferron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-025-04034-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938403v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ousset" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Carr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Protin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gadaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.19910" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938400v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Villeneuve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hermant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Borgne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Murris" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Plat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pulmoe.2024.02.003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro-Coste" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tauzi&#232;de-Espariat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubucs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Christian Chiforeanu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Siegfried" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13223" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938033v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coster" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Schuppe" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rieu" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2023.1788" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938034v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stambouli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cartault" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Oliver Petit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne M. Evrard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Mery" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2023.1150418" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490508v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Hofman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Heeke" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bontoux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Chalabreysse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barritault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtocrr.2022.100457" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823200v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Deshors" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arnauduc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Bo&#235;lle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cohen-Jonathan Moyal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Courtade-Sa&#239;di" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14061551" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663313v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Ili&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mazi&#232;res" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chamorey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Benzaquen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtho.2021.01.1617" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03763697v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jendoubi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shourick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Negretto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurent" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Apoil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.20098" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04789132v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Syrykh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gorez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P&#233;ricart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2021005249" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03628345v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Salvator" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Tcherakian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Maillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Milin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.05.056" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920717v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertorello" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sesen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narcan/zcaa020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04814632v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fabry" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gerdelat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Acket" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.00342" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365480v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rossi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tosolini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gravelle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pericart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Kanoun" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2020.263194" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073859v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ysebaert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Meggetto" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-020-02937-y" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938029v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Largeaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vergez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5045/br.2020.2020095" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526959v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fradet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tournier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Andr&#233; Apoil" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.15638" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823190v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malric" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monferran" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delmas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Dahan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-18-0386" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04794157v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Amara" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2018.198572" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938013v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Godeau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pages-Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maella Severino-Freire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guinard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tauber" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2019.03.009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CD96WT0B-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489064v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Taranchon-Clermont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouquette" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Murray" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Dintner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmoldx.2019.06.010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02549949v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudie" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles van Goethem" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie A Vendrell" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vigier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz797" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914378v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Basset" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D&#8217;aure" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11121912" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920735v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Toulas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-2055-6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937988v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barats" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Evrard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Collin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vergez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gell&#233;e" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2017.06.003" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284412v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline A. Casassa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mailhol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tournier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laurent" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Degboe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alit.2018.07.003" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337031v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Paupert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Espinosa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cenac" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Robert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Laharrague" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1701751" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937998v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Abravanel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pique" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Couturier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dimeglio" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2018.06.007" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5VT8Z6K-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937991v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meilleroux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Daniel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Aziza" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique d'Aure" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Quintyn-Ranty" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncy.21999" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937983v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Meilleroux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daniel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Basset" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lacoste-Collin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cyt.12427" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846504v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Taurand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Martinez-Gala" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-15-2058" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937972v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Evrard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lecce" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Michelis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Nomura-Kitabayashi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Pandey" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11853" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937979v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courtade-Sa&#239;di" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aziza" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. d'Aure" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. B&#233;rard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cyt.12332" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B9DN0PB2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01300965v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#8217;audigier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Yon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Meidi Alili" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10456-013-9413-2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937969v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dangas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maehara" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sartori" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Li" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/jet139" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937957v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Evrard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mauge" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Isra&#235;l-Biet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Guerin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bieche" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1538-7836.2012.04644.x" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937944v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Kovacic" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lee" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Baber" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rucha Karajgikar" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2011.11.020" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937963v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K-Raman Purushothaman" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meerarani Purushothaman" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Levy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lento" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2012.04.011" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937934v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smadja" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment d'Audigier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bi&#232;che" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mauge" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.110.220624" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938475v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bluteau" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Tulliez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rameau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gonin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2010-07-294447" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142796v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Smadja" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Bastien Weiswald" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Badoual" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dangles-Marie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.110.213751" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934887v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Skander Larakeb" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rielle Louillet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#233;sa Kwon" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadji Djaffar" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-008-0967-y" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941317v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne M Evrard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941327v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941323v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bataillon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941291v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941298v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941305v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941308v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941251v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Tulliez" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Zetterberg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Palmblad" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Vainchenker" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941258v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Larakeb" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Schlegel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiral" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Deschenes" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894137v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gcc.23245" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893267v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Courtade-Saidi" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04831090v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Oberic" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940439v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Deshors" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Malric" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arnauduc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemari&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cohen-Jonathan-Moyal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04831138v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kanoun" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940496v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940586v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Zetterberg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Palmblad" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Vainchenker" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852304v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2021.05.039" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940450v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rice Escudi&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2019.10.013" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940504v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2016.07.031" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941241v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Israel-Biet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Guerin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2015.09.005" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05026722v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05026685v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05247379v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cabello-Aguilar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Vendrell" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evrard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Thomas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Roch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.labinv.2025.104117" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938407v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Rusidz&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Poumeaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Akiki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Valentin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Ferron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-025-04034-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938403v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Ousset" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Carr&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Protin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gadaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjh.19910" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938400v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Villeneuve" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hermant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Borgne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Murris" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Plat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pulmoe.2024.02.003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro-Coste" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Tauzi&#232;de-Espariat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dubucs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Christian Chiforeanu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Siegfried" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13223" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938034v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stambouli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cartault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Oliver Petit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne M. Evrard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Mery" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2023.1150418" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938033v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coster" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Schuppe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2023.1788" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490508v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Hofman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Heeke" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bontoux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Chalabreysse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barritault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtocrr.2022.100457" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823200v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Deshors" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arnauduc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Bo&#235;lle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cohen-Jonathan Moyal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Courtade-Sa&#239;di" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14061551" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663313v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Ili&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mazi&#232;res" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chamorey" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Benzaquen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtho.2021.01.1617" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03763697v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jendoubi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Shourick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Negretto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laurent" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Apoil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.20098" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04789132v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Syrykh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gorez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P&#233;ricart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grand" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudi&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/bloodadvances.2021005249" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03628345v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Salvator" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Tcherakian" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Maillard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Milin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.05.056" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920717v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bertorello" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sesen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narcan/zcaa020" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04814632v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fabry" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Gerdelat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Acket" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Cintas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Rousseau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2020.00342" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365480v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Rossi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tosolini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gravelle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pericart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Kanoun" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2020.263194" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938029v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Largeaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vergez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5045/br.2020.2020095" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073859v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ysebaert" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Meggetto" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00428-020-02937-y" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526959v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fradet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tournier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol-Andr&#233; Apoil" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.15638" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823190v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malric" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monferran" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delmas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Dahan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-18-0386" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04794157v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Amara" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2018.198572" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938013v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Godeau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pages-Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maella Severino-Freire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guinard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tauber" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2019.03.009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CD96WT0B-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489064v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Taranchon-Clermont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouquette" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Murray" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Dintner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmoldx.2019.06.010" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02549949v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Escudie" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles van Goethem" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie A Vendrell" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vigier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz797" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04914378v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Basset" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D&#8217;aure" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11121912" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920735v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Toulas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-2055-6" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937988v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barats" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Evrard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Collin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vergez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gell&#233;e" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2017.06.003" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284412v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline A. Casassa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mailhol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tournier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laurent" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Degboe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alit.2018.07.003" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337031v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Paupert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Espinosa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cenac" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Robert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Laharrague" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1701751" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937998v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Abravanel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pique" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Couturier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicot" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dimeglio" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2018.06.007" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5VT8Z6K-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937991v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meilleroux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Daniel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Aziza" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique d'Aure" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Quintyn-Ranty" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncy.21999" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937983v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Meilleroux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Daniel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Basset" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lacoste-Collin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cyt.12427" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846504v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Taurand" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Martinez-Gala" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.can-15-2058" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937972v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Evrard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lecce" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Michelis" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Nomura-Kitabayashi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Pandey" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms11853" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937979v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courtade-Sa&#239;di" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aziza" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. d'Aure" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. B&#233;rard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cyt.12332" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B9DN0PB2-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01300965v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#8217;audigier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Yon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Meidi Alili" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10456-013-9413-2" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937969v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dangas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maehara" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sartori" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Li" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjci/jet139" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937957v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.M. Evrard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mauge" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Isra&#235;l-Biet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Guerin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bieche" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1538-7836.2012.04644.x" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937944v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Kovacic" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lee" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Baber" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rucha Karajgikar" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2011.11.020" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937963v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K-Raman Purushothaman" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meerarani Purushothaman" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Levy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lento" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2012.04.011" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937934v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Smadja" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment d'Audigier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Bi&#232;che" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mauge" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.110.220624" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938475v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bluteau" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Tulliez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rameau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gonin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2010-07-294447" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142796v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Smadja" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Bastien Weiswald" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Badoual" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dangles-Marie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.110.213751" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934887v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Skander Larakeb" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;rielle Louillet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#233;sa Kwon" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadji Djaffar" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-008-0967-y" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941317v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne M Evrard" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941327v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941323v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bataillon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941291v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941298v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941305v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941308v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941251v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Tulliez" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Zetterberg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Palmblad" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Vainchenker" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941258v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Larakeb" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Schlegel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiral" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Deschenes" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894137v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gcc.23245" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893267v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Courtade-Saidi" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04831090v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Oberic" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940439v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Deshors" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Malric" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arnauduc" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemari&#233;" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cohen-Jonathan-Moyal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04831138v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kanoun" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940496v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940586v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Zetterberg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Palmblad" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Vainchenker" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852304v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2021.05.039" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940450v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rice Escudi&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2019.10.013" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940504v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2016.07.031" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941241v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Israel-Biet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Guerin" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2015.09.005" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05026722v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05026685v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>