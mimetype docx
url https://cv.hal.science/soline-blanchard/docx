--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1921,183 +1921,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le benchmarking au service de l’égalité ?</w:t>
+                <w:t xml:space="preserve">The market for gender-equality expertise: providing services to public and private organisations in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 7 (4), pp.39-61. </w:t>
+              <w:t xml:space="preserve">European Journal of Politics and Gender</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2 (1), pp.93-111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gap.184.0039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1332/251510819X15471289106022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04058559v1</w:t>
+                <w:t xml:space="preserve">hal-04058597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The market for gender-equality expertise: providing services to public and private organisations in France</w:t>
+                <w:t xml:space="preserve">Le benchmarking au service de l’égalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Politics and Gender</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 2 (1), pp.93-111. </w:t>
+              <w:t xml:space="preserve">Gouvernement &amp; action publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (4), pp.39-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1332/251510819X15471289106022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/gap.184.0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04058597v1</w:t>
+                <w:t xml:space="preserve">hal-04058559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cause des femmes dans les institutions</w:t>
               </w:r>
@@ -3443,51 +3443,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380456v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Blanchard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sautier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulaval.com/livres/feminisme-et-management-etat-et-enjeux-de-la-recherche-francophone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160792v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/gender-equality-and-policy-implementation-in-the-corporate-world-9780198865216?cc=fr&amp;amp;lang=en&amp;#" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198865216.003.0011" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708104v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.syllepse.net/le-genre-au-travail-_r_87_i_823.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726889v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/7873/quantifier-l-egalite-au-travail" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707913v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chappert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707875v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pochic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753581524/quantifier-l-egalite-au-travail" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708600v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chauvin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Kapferer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kradolfer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Kuehni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entremonde.net/travail-gratuit-et-greves-feministes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954799v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726865v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726872v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726877v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726875v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707697v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058631v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Epiney" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Reitz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058633v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwao.12770" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480172v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Boni-Le Goff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Puech" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058626v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Clash" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.391.0162" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058559v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.184.0039" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058597v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/251510819X15471289106022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283123v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacquemart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Romerio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.223.0004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058556v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.039.0141" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058553v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.162.0013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056650v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.089.0101" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Tob&#237;as Olarte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18172/brocar.1604" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058550v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045672ar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056982v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky Le Feuvre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Metso" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.151.0072" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057017v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Chaker" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dammame" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fougeyrollas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Falquet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cedref.644" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066720v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068183v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708581v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380456v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Blanchard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Sautier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521236v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulaval.com/livres/feminisme-et-management-etat-et-enjeux-de-la-recherche-francophone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160792v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://global.oup.com/academic/product/gender-equality-and-policy-implementation-in-the-corporate-world-9780198865216?cc=fr&amp;amp;lang=en&amp;#" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oso/9780198865216.003.0011" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708104v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.syllepse.net/le-genre-au-travail-_r_87_i_823.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726889v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/7873/quantifier-l-egalite-au-travail" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707913v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Chappert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707875v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pochic" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/ean/9782753581524/quantifier-l-egalite-au-travail" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708600v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chauvin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Kapferer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Kradolfer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Kuehni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entremonde.net/travail-gratuit-et-greves-feministes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954799v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726865v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726872v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726868v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726882v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726877v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726875v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707697v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058631v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Epiney" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Reitz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058633v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwao.12770" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480172v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Boni-Le Goff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delage" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Puech" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.046.0027" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058626v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collectif Clash" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nqf.391.0162" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058597v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/251510819X15471289106022" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058559v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.184.0039" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283123v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Jacquemart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Romerio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.223.0004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058556v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.039.0141" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058553v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grh.162.0013" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056650v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.089.0101" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Tob&#237;as Olarte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18172/brocar.1604" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058550v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/045672ar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056982v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky Le Feuvre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Metso" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.151.0072" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057017v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saloua Chaker" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dammame" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fougeyrollas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Falquet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cedref.644" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066720v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068183v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708581v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chauvin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>