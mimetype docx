--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -205,157 +205,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term impact of wastewater effluent discharge on groundwater: identification of contaminant plume by geochemical, isotopic, and organic tracers' approach</w:t>
+                <w:t xml:space="preserve">Removal efficiencies for 52 pesticides and pharmaceuticals from wastewater effluent by coupling solar heterogeneous photo-oxidation with TiO2 and infiltration in saturated soil column</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bonnière</w:t>
+                <w:t xml:space="preserve">Guillaume Trommetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julie Mendret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Verdoux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stephan Brosillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 257, pp.121637. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 956, pp.177278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.watres.2024.121637⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.177278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04565589v1</w:t>
+                <w:t xml:space="preserve">hal-04810141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of a pool-type photoreactor operating in continuous mode under solar irradiation for the treatment of pollutants contained in wastewater</w:t>
               </w:r>
@@ -380,64 +384,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Reoyo-Prats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 285, pp.119470. </w:t>
@@ -469,217 +473,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04452083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Removal efficiencies for 52 pesticides and pharmaceuticals from wastewater effluent by coupling solar heterogeneous photo-oxidation with TiO2 and infiltration in saturated soil column</w:t>
+                <w:t xml:space="preserve">Long-term impact of wastewater effluent discharge on groundwater: identification of contaminant plume by geochemical, isotopic, and organic tracers' approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Trommetter</w:t>
+                <w:t xml:space="preserve">Antoine Bonnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Somar Khaska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Mendret</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
+                <w:t xml:space="preserve">Pascale Louvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Brosillon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick Verdoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 956, pp.177278. </w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 257, pp.121637. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.177278⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2024.121637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04810141v1</w:t>
+                <w:t xml:space="preserve">hal-04565589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal of 39 contaminants of emerging concern found in wastewater effluent by coupling nanofiltration and infiltration into saturated soil column.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Trommetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Brosillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -795,51 +795,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Gal Lassalle Corinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 221, pp.118777. </w:t>
@@ -890,64 +890,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the occurrence of 455 pharmaceutical compounds in sludge according to their physical and chemical properties: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Sellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 426, pp.128104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -994,51 +994,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the contributing area to river discharge during low-flow periods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1262,51 +1262,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative isotopic method to evaluate bioaccumulation of As and MTEs in Vitis vinifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1392,51 +1392,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arsenic and metallic trace elements cycling in the surface water-groundwater-soil continuum down-gradient from a reclaimed mine area: Isotopic imprints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1526,64 +1526,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate Change Impact on the Mineralization of Karst Groundwater in a Mediterranean Context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Verdoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17, pp.976-979. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1630,77 +1630,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial distribution of triazine residues in a shallow alluvial aquifer linked to groundwater residence time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Sassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Verdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Meffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1898,64 +1898,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking natural and anthropogenic origins of dissolved arsenic during surface and groundwater interaction in a post-closure mining context: Isotopic constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Verdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Boutin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2441,51 +2441,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of Salinity in a Coastal Karst System: La Clape Massif, SE France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2558,90 +2558,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of groundwater salinity (current seawater vs. saline deep water) in a coastal karst aquifer based on Sr and Cl isotopes. Case study of the La Clape massif (southern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amad Mohamad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Verdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 37, pp.212-227 (IF 1,708). </w:t>
@@ -2705,51 +2705,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization, vulnerability, and exploitability of confined aquifers : a transdisciplinary approach from the DEESAC project</w:t>
+                <w:t xml:space="preserve">Caractérisation, vulnérabilité et exploitabilité des aquifères captifs ou sous couverture sédimentaire : approche transdisciplinaire du projet DEESAC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Lions</w:t>
@@ -2784,51 +2784,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pryet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29e édition de la Réunion des Sciences de la Terre</w:t>
+              <w:t xml:space="preserve">29. Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Géologique de France, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05256864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2849,77 +2849,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation of contaminant levels in distributed water depending on the origin of the water within the same catchment area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jean-Baptiste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Verdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bonniere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2961,77 +2961,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of porous and permeable layers in an argillaceous formation: Preliminary results on groundwater residence time based – an isotopic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Verdoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Michelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3095,103 +3095,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groundwater resources vulnerability assessment in an alluvial aquifer subjected to strong anthropogenic contamination: geochemical and multi-isotopic fingerprinting approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bonnière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sebilo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Louvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAHS-AISH Scientific Assembly 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Montpellier, France. </w:t>
@@ -3255,77 +3255,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Verdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
@@ -3399,51 +3399,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential of nature-based solutions to enhance groundwater recharge in conditions of high water stress : application to the Vistrenque aquifer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iman Soukrate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3677,51 +3677,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Bouroubi-Ouadfel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Khiari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounira Djebbar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3826,77 +3826,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the contributing area to river discharge during low-flow period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Le Gal La Salle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Somar Khaska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4100,51 +4100,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565589v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonni&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somar Khaska" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Le Gal La Salle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Verdoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2024.121637" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452083v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plantard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Reoyo-Prats" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Sellier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2023.119470" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810141v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Trommetter" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mendret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Brosillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177278" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04700115v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brosillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goetz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.142705" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reoyo-Prats Brice" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Weiss" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Gal Lassalle Corinne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.118777" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063153v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.128104" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03478641v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khaska" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-25-6261-2021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849846v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bouroubi Ouadfel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Said Benzagouta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Khiari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Souffi Moulla" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ait Ouali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41207-021-00278-z" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178777v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khaska" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sassine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bruguier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.SCITOTENV.2018.09.222" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01701958v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Sassine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cary" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.01.031" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178811v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2017.01.059" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544262v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meffre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7224-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01203447v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergnaud-Ayraud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Armandine Les Landes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauwels" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Davy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep14132" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178835v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Boutin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2015.03.008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31QGSWF6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785432v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ressouche" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lancelot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.02.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01458860v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khaska" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Gal La Salle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Videau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Flinois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frape" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.10.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1QX8GMX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01053410v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Benabderraziq" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Elkhattabi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gourcy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Parmentier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2014.07.014" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178847v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lancelot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S.T.E.R. Team" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2013.03.200" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845178v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amad Mohamad" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.07.006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256864v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marlin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lions" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Gon&#231;alv&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pryet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178881v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jean-Baptiste" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonniere" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870370v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Michelot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aster Team" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-757" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870346v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sebilo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-736" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588222v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069721v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Soukrate" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ducros" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843026v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Thil" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tisn&#233;rat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Phouybanhdyt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Leno&#235;l" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Noret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178667v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bouroubi-Ouadfel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Djebbar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01572-5_86" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263936v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810141v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Trommetter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mendret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somar Khaska" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Le Gal La Salle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Brosillon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177278" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452083v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Plantard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Reoyo-Prats" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Sellier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2023.119470" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565589v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonni&#232;re" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Verdoux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2024.121637" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04700115v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brosillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goetz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.142705" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962781v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reoyo-Prats Brice" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Weiss" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Gal Lassalle Corinne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.118777" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063153v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.128104" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03478641v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gillet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Khaska" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-25-6261-2021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849846v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bouroubi Ouadfel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Said Benzagouta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Khiari" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Souffi Moulla" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ait Ouali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41207-021-00278-z" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178777v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khaska" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sassine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bruguier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.SCITOTENV.2018.09.222" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01701958v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Sassine" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Cary" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bruguier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2018.01.031" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178811v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2017.01.059" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544262v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Meffre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-016-7224-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01203447v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Aquilina" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vergnaud-Ayraud" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Armandine Les Landes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pauwels" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Davy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep14132" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178835v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Boutin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2015.03.008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-31QGSWF6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785432v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ressouche" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Simler" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lancelot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2015.02.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01458860v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khaska" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Gal La Salle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Videau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Flinois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frape" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.10.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D1QX8GMX-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01053410v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Benabderraziq" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Elkhattabi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gourcy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Parmentier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2014.07.014" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178847v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lancelot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S.T.E.R. Team" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2013.03.200" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845178v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amad Mohamad" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.07.006" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256864v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Marlin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lions" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Gon&#231;alv&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pryet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178881v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jean-Baptiste" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bonniere" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870370v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Michelot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aster Team" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-757" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870346v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sebilo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/iahs2022-736" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588222v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069721v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iman Soukrate" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ducros" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843026v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Thil" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Tisn&#233;rat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Phouybanhdyt" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Leno&#235;l" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Noret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178667v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Bouroubi-Ouadfel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounira Djebbar" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01572-5_86" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263936v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>