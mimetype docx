--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -66,2587 +66,3381 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of electrospray ionization-lithium adduct formation and atmospheric pressure chemical ionization for lipid analysis by normal phase liquid chromatography</w:t>
+                <w:t xml:space="preserve">Long-Circulating Liposomes Codelivering Amphotericin B and Retinoic Acid for Cutaneous Leishmaniasis Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Abreu</w:t>
+                <w:t xml:space="preserve">Thais Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Prost</w:t>
+                <w:t xml:space="preserve">Eduardo Lages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+                <w:t xml:space="preserve">Tiago Ricotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Chaminade</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Leandro de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2025.466058⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (41), pp.48514-48530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.5c06156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328597v1</w:t>
+                <w:t xml:space="preserve">hal-05302818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Circulating Liposomes Codelivering Amphotericin B and Retinoic Acid for Cutaneous Leishmaniasis Treatment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of electrospray ionization-lithium adduct formation and atmospheric pressure chemical ionization for lipid analysis by normal phase liquid chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Lages</w:t>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiago Ricotta</w:t>
+                <w:t xml:space="preserve">Bastien Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leandro de Oliveira</w:t>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guilherme Ramos</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (41), pp.48514-48530. </w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1756, pp.466058. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsomega.5c06156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2025.466058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05302818v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05328597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Deletion of Genes of the Nitrogen Metabolism on Triacylglycerol, Cardiolipin and Actinorhodin Biosynthesis in Streptomyces coelicolor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The double-edged role of FASII regulator FabT in Streptococcus pyogenes infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Lejeune</w:t>
+                <w:t xml:space="preserve">Clara Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle David</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+                <w:t xml:space="preserve">Marine Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐joelle Virolle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paprapach Wongdontree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bachmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Hautcoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms12081560⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.8593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-52637-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04790016v1</w:t>
+                <w:t xml:space="preserve">hal-04792052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Analysis of a Variant of Streptomyces coelicolor M145 with High Lipid Content and Poor Ability to Synthetize Antibiotics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Impact of the Deletion of Genes of the Nitrogen Metabolism on Triacylglycerol, Cardiolipin and Actinorhodin Biosynthesis in Streptomyces coelicolor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐joelle Virolle</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 11 (6), pp.1470. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms11061470⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 12 (8), pp.1560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12081560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04272608v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of release and pharmacokinetics from nanoscale lipid prodrugs of dexamethasone with variable linkage chemistry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franceline Reynaud</w:t>
+                <w:t xml:space="preserve">Consequences of the deletion of the major specialized metabolite biosynthetic pathways of Streptomyces coelicolor on the metabolome and lipidome of this strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sinda Lepetre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+                <w:t xml:space="preserve">Florence Guérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Askora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2023.06.031⟩</w:t>
+              <w:t xml:space="preserve">Microbial Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (8), pp.e14538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1751-7915.14538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04157123v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04782021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mannosylation Of Budesonide Palmitate Nanoprodrugs For Improved Macrophage Targeting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genome Analysis of a Variant of Streptomyces coelicolor M145 with High Lipid Content and Poor Ability to Synthetize Antibiotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franceline Reynaud</w:t>
+                <w:t xml:space="preserve">Thierry Dulermo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Desmaële</w:t>
+                <w:t xml:space="preserve">Ece Aybeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Moine</w:t>
+                <w:t xml:space="preserve">Jean Bleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 170, pp.112-120. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (6), pp.1470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2021.12.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms11061470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03475936v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04272608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipid Readjustment in Yarrowia lipolytica Odd-Chain Fatty Acids Producing Strains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Modulation of release and pharmacokinetics from nanoscale lipid prodrugs of dexamethasone with variable linkage chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mujeeb Ur-Rehman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franceline Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sinda Lepetre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (8), pp.1026. </w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 360, pp.293-303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom12081026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2023.06.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090347v1</w:t>
+                <w:t xml:space="preserve">hal-04157123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid assessment of fatty acyls chains of phospholipids and plasmalogens by atmospheric pressure chemical ionization in positive mode and high-resolution mass spectrometry using in-source generated monoacylglycerol like fragments intensities</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mannosylation Of Budesonide Palmitate Nanoprodrugs For Improved Macrophage Targeting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Héron</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bastien Prost</w:t>
+                <w:t xml:space="preserve">Ludmila Pinheiro Do Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Dalloux-Chioccioli</w:t>
+                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franceline Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Desmaële</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Moine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2022.463093⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 170, pp.112-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpb.2021.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03689632v1</w:t>
+                <w:t xml:space="preserve">hal-03475936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of phosphate availability on membrane lipid content of the model strains, Streptomyces lividans and Streptomyces coelicolor</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Lipid Readjustment in Yarrowia lipolytica Odd-Chain Fatty Acids Producing Strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Young-Kyoung Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilla Pires de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chaminade</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michelle David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.623919⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (8), pp.1026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom12081026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03148724v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid assessment of triacylglycerol fatty acyls composition by LC-APPI+-HRMS using monoacylglycerols like fragments intensities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Rapid assessment of fatty acyls chains of phospholipids and plasmalogens by atmospheric pressure chemical ionization in positive mode and high-resolution mass spectrometry using in-source generated monoacylglycerol like fragments intensities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Solgadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Tchapla</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Dalloux-Chioccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338809⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1673, pp.463093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2022.463093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056575v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03689632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Rachet</w:t>
+                <w:t xml:space="preserve">Impact of phosphate availability on membrane lipid content of the model strains, Streptomyces lividans and Streptomyces coelicolor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Dulermo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.623919. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2021.623919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04293065v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Rachet</w:t>
+                <w:t xml:space="preserve">Rapid assessment of triacylglycerol fatty acyls composition by LC-APPI+-HRMS using monoacylglycerols like fragments intensities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Heron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Joffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tchapla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytica Chimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1178, pp.338809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aca.2021.338809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-03119866v1</w:t>
+                <w:t xml:space="preserve">hal-04056575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Negative Correlation between Lipid Content and Antibiotic Activity in Streptomyces: General Rule and Exceptions</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Leblond</w:t>
+                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Lan Linh Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Laloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Brusini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Rachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (1), pp.91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antibiotics9060280⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02624260v1</w:t>
+                <w:t xml:space="preserve">hal-04293065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The inhibition of antibiotic production in Streptomyces coelicolor over-expressing the TetR regulator SCO3201 IS correlated with changes in the lipidome of the strain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Nanoparticle Formulation for Cyclosporin A: In Vitro Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gendron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jun Zhang</w:t>
+                <w:t xml:space="preserve">Natalie Lan Linh Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qiting Liang</w:t>
+                <w:t xml:space="preserve">Julie Laloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhongheng Xu</w:t>
+                <w:t xml:space="preserve">Romain Brusini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miao Cui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Qizhong Zhang</w:t>
+                <w:t xml:space="preserve">Aurélie Rachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (1), pp.91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics13010091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01399⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02892684v1</w:t>
+                <w:t xml:space="preserve">cea-03119866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoscale Lipophilic Prodrugs of Dexamethasone with Enhanced Pharmacokinetics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Negative Correlation between Lipid Content and Antibiotic Activity in Streptomyces: General Rule and Exceptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Lorscheider</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
+                <w:t xml:space="preserve">Annabelle Thibessard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosana Simón-Vázquez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Noureddine Ghermani</w:t>
+                <w:t xml:space="preserve">Pierre Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00237⟩</w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics9060280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02323659v1</w:t>
+                <w:t xml:space="preserve">hal-02624260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dexamethasone palmitate nanoparticles: An efficient treatment for rheumatoid arthritis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mujeeb Ur-Rehman</w:t>
+                <w:t xml:space="preserve">The inhibition of antibiotic production in Streptomyces coelicolor over-expressing the TetR regulator SCO3201 IS correlated with changes in the lipidome of the strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiting Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Gaudin</w:t>
+                <w:t xml:space="preserve">Zhongheng Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivana Stolfa</w:t>
+                <w:t xml:space="preserve">Miao Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qizhong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2019.01.015⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.1399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323608v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02892684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid Lipid Polymer Nanoparticles for Combined Chemo- and Photodynamic Therapy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nanoscale Lipophilic Prodrugs of Dexamethasone with Enhanced Pharmacokinetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Vergnaud-Gauduchon</w:t>
+                <w:t xml:space="preserve">Mathilde Lorscheider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Nicolas</w:t>
+                <w:t xml:space="preserve">Rosana Simón-Vázquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Faure</w:t>
+                <w:t xml:space="preserve">Nicolas Guiblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Denis</w:t>
+                <w:t xml:space="preserve">Noureddine Ghermani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 16 (9), pp.4045-4058. </w:t>
+              <w:t xml:space="preserve">, 2019, 16 (7), pp.2999-3010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00797⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04269472v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02323659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of electrospray ionization, atmospheric pressure chemical ionization and atmospheric pressure photoionization for a lipidomic analysis of Leishmania donovani.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dexamethasone palmitate nanoparticles: An efficient treatment for rheumatoid arthritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lorscheider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tsapis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mujeeb Ur-Rehman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Imbert</w:t>
+                <w:t xml:space="preserve">Françoise Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Gaudin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sonia Abreu</w:t>
+                <w:t xml:space="preserve">Ivana Stolfa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2012.04.035⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 296, pp.179-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2019.01.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00705293v1</w:t>
+                <w:t xml:space="preserve">hal-02323608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hybrid Lipid Polymer Nanoparticles for Combined Chemo- and Photodynamic Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marline N’diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Vergnaud-Gauduchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (9), pp.4045-4058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.9b00797⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04269472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycophenolate Mofetil and Rapamycin Induce Apoptosis in the Human Monocytic U937 Cell Line Through Two Different Pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Nowak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Tardivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thao Nguyen-Khoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Allaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cellular Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 118 (10), pp.3480-3487. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcb.26007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of normal phase chromatographic conditions for lipid analysis and comparison of associated detection techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1514, pp.54-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2017.07.063⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrospray mass spectrometry as a tool to characterize phospholipid composition of plant cakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Buré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Solgadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Yen-Nicolaÿ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Bardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Libong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Lipid Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 118 (9), pp.1282-1292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejlt.201500345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alternative solvents for improving the greenness of normal phase liquid chromatography of lipid classes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sassiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chaminade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1464, pp.55-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2016.07.083⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of electrospray ionization, atmospheric pressure chemical ionization and atmospheric pressure photoionization for a lipidomic analysis of Leishmania donovani.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Libong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Touboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Abreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1242, pp.75-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2012.04.035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00705293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impact of Polyunsaturated Fatty Acids on Oxidized Low Density Lipoprotein-Induced U937 Cell Apoptosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Nowak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Tardivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Sayegrih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Atherosclerosis and Thrombosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 18 (6), pp.494 - 503</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02647197v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2656,154 +3450,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénéfice d’un apport nutritionnel en acides gras polyinsaturés n-3 sur le remodelage et les altérations fonctionnelles du cœur hypertrophié suite à une hypertension chez le rat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Guinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Gueugneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Auchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25. Congrès du G.R.R.C. (Groupe de Réflexion sur la Recherche Cardiovasculaire)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2008, Montpellier, France. , 2008, 25ème Congrès du GRRC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02755402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2813,147 +3607,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The double-edged role of FASII regulator FabT in Streptococcus pyogenes infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bachmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Hautcoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2963,114 +3757,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination de la composition en acyles gras des glycérolipides et glycérophospholipides par techniques séparatives couplées à la spectrométrie de masse haute résolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Abreu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie analytique. Université Paris-Saclay, 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023UPASF033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04279242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId118"/>
+      <w:footerReference w:type="default" r:id="rId143"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3217,51 +4011,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328597v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Abreu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaminade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466058" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302818v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Santos" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Lages" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ricotta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Ramos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c06156" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790016v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lejeune" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;joelle Virolle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081560" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272608v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dulermo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bleton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11061470" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157123v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujeeb Ur-Rehman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franceline Reynaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Lepetre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2023.06.031" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475936v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Pinheiro Do Nascimento" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tsapis" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desma&#235;le" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2021.12.001" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090347v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Kyoung Park" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Pires de Souza" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Vidal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12081026" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689632v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dalloux-Chioccioli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2022.463093" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148724v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.623919" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056575v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Joffre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338809" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293065v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gendron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Lan Linh Tran" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laloy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brusini" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rachet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13010091" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03119866v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02624260v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Thibessard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leblond" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9060280" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892684v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiting Liang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongheng Xu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Cui" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qizhong Zhang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01399" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323659v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lorscheider" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Sim&#243;n-V&#225;zquez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guiblin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Ghermani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00237" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323608v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaudin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Stolfa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.01.015" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269472v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marline N&#8217;diaye" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vergnaud-Gauduchon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Faure" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00797" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705293v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Imbert" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaudin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Libong" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.04.035" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLWL5TZR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647197v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nowak" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Tardivel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Sayegrih" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755402v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guinot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Gueugneau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Auch&#232;re" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292618v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lambert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bachmann" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gaillard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hautcoeur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gloux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04279242v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023UPASF033" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302818v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Lages" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ricotta" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro de Oliveira" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Ramos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.5c06156" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328597v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Abreu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Prost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Solgadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chaminade" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2025.466058" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792052v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lambert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gaillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paprapach Wongdontree" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bachmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hautcoeur" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52637-3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790016v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lejeune" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle David" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;joelle Virolle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12081560" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782021v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gu&#233;rard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Askora" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14538" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272608v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dulermo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ece Aybeke" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bleton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11061470" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04157123v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mujeeb Ur-Rehman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franceline Reynaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Lepetre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2023.06.031" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475936v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Pinheiro Do Nascimento" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tsapis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Desma&#235;le" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Moine" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2021.12.001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04090347v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Kyoung Park" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Pires de Souza" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Vidal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12081026" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689632v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;ron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Dalloux-Chioccioli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2022.463093" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148724v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.623919" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056575v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Heron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Joffre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tchapla" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2021.338809" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293065v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gendron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Lan Linh Tran" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Laloy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Brusini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rachet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics13010091" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03119866v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02624260v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Thibessard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leblond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics9060280" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892684v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Zhang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiting Liang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhongheng Xu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Cui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qizhong Zhang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01399" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323659v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lorscheider" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Sim&#243;n-V&#225;zquez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guiblin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Ghermani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00237" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323608v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gaudin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Stolfa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2019.01.015" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269472v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marline N&#8217;diaye" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vergnaud-Gauduchon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nicolas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Faure" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Denis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.9b00797" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529791v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nowak" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Tardivel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thao Nguyen-Khoa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Allaoui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcb.26007" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529765v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2017.07.063" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529804v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Bur&#233;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Yen-Nicola&#255;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Bardeau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Libong" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201500345" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7S0F7LGL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04529781v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Prache" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sassiat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Thi&#233;baut" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2016.07.083" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-79NFD87X-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00705293v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Imbert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gaudin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Touboul" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.04.035" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FLWL5TZR-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647197v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Sayegrih" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755402v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guinot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Gueugneau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Auch&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292618v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gloux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04279242v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023UPASF033" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>