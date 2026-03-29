--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (59)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -368,453 +368,453 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05120520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Magnetic Monopoles with the Complete ANTARES Dataset</w:t>
+                <w:t xml:space="preserve">Search for Diffuse Galactic Neutrinos with the Full ANTARES Telescope Dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Andre</w:t>
+                <w:t xml:space="preserve">M André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JHEAp</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 50, pp.100500. </w:t>
+              <w:t xml:space="preserve">, 2026, 53, pp.100565. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jheap.2025.100500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jheap.2026.100565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05109851v1</w:t>
+                <w:t xml:space="preserve">hal-05363214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the atmospheric $\nu_{\mu}$ flux with six detection units of KM3NeT/ORCA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Search for Magnetic Monopoles with the Complete ANTARES Dataset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M Alshamsi</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Alves Garre</w:t>
+                <w:t xml:space="preserve">M Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ardid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 85 (8), pp.871. </w:t>
+              <w:t xml:space="preserve">JHEAp</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 50, pp.100500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14513-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jheap.2025.100500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05039109v1</w:t>
+                <w:t xml:space="preserve">hal-05109851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ANTARES detector: two decades of neutrino searches in the Mediterranean Sea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Observation of an ultra-high-energy cosmic neutrino with KM3NeT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S Alves</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R Alhebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M André</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S Ardid</w:t>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 1121-1124, pp.1-46. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 638 (8050), pp.376-382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physrep.2025.04.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-024-08543-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05057403v1</w:t>
+                <w:t xml:space="preserve">hal-04944817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Searches for Dark Matter with the KM3NeT Neutrino Telescopes</w:t>
+                <w:t xml:space="preserve">Study of tau neutrinos and non-unitary neutrino mixing with the first six detection units of KM3NeT/ORCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
@@ -828,127 +828,127 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Alves Garre</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCAP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/058⟩</w:t>
+              <w:t xml:space="preserve">JHEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 07, pp.213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP07(2025)213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04806442v1</w:t>
+                <w:t xml:space="preserve">hal-04954057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing invisible neutrino decay with the first six detection units of KM3NeT/ORCA</w:t>
+                <w:t xml:space="preserve">Measurement of the atmospheric $\nu_{\mu}$ flux with six detection units of KM3NeT/ORCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
@@ -962,261 +962,261 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 85 (8), pp.871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-025-14513-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP04(2025)105⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04917600v1</w:t>
+                <w:t xml:space="preserve">hal-05039109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for non-standard neutrino interactions with the first six detection units of KM3NeT/ORCA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The ANTARES detector: two decades of neutrino searches in the Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Alves Garre</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ardid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCAP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physics Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1121-1124, pp.1-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physrep.2025.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2025/02/073⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04829671v1</w:t>
+                <w:t xml:space="preserve">hal-05057403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observation of an ultra-high-energy cosmic neutrino with KM3NeT</w:t>
+                <w:t xml:space="preserve">Probing invisible neutrino decay with the first six detection units of KM3NeT/ORCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
@@ -1230,127 +1230,127 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JHEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 04, pp.105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP04(2025)105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-024-08543-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04944817v1</w:t>
+                <w:t xml:space="preserve">hal-04917600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of tau neutrinos and non-unitary neutrino mixing with the first six detection units of KM3NeT/ORCA</w:t>
+                <w:t xml:space="preserve">First Searches for Dark Matter with the KM3NeT Neutrino Telescopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
@@ -1364,395 +1364,395 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S Alves Garre</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 07, pp.213. </w:t>
+              <w:t xml:space="preserve">JCAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 03, pp.058. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP07(2025)213⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04954057v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04806442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KM3NeT Constraint on Lorentz-Violating Superluminal Neutrino Velocity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Search for non-standard neutrino interactions with the first six detection units of KM3NeT/ORCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (1), pp.457. </w:t>
+              <w:t xml:space="preserve">JCAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 02, pp.073. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42005-025-02347-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2025/02/073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04975438v1</w:t>
+                <w:t xml:space="preserve">hal-04829671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for quantum decoherence in neutrino oscillations with six detection units of KM3NeT/ORCA</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the potential cosmogenic origin of the ultra-high-energy event KM3-230213A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Adriani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 03, pp.039. </w:t>
+              <w:t xml:space="preserve">Astrophys.J.Lett.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 984 (2), pp.L41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/2041-8213/adcc29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04726675v1</w:t>
+                <w:t xml:space="preserve">hal-04958853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the potential cosmogenic origin of the ultra-high-energy event KM3-230213A</w:t>
+                <w:t xml:space="preserve">KM3NeT Constraint on Lorentz-Violating Superluminal Neutrino Velocity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Adriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
@@ -1787,106 +1787,106 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 984 (2), pp.L41. </w:t>
+              <w:t xml:space="preserve">Commun.Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/2041-8213/adcc29⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42005-025-02347-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04958853v1</w:t>
+                <w:t xml:space="preserve">hal-04975438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">gSeaGen code by KM3NeT: an efficient tool to propagate muons simulated with CORSIKA</w:t>
+                <w:t xml:space="preserve">Search for quantum decoherence in neutrino oscillations with six detection units of KM3NeT/ORCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
@@ -1900,950 +1900,950 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Alves Garre</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comput.Phys.Commun.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 314, pp.109660. </w:t>
+              <w:t xml:space="preserve">JCAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 03, pp.039. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cpc.2025.109660⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2025/03/039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777125v1</w:t>
+                <w:t xml:space="preserve">hal-04726675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ultra-high-energy event KM3-230213A within the global neutrino landscape</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">gSeaGen code by KM3NeT: an efficient tool to propagate muons simulated with CORSIKA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.R Alhebsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review X</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (3), pp.031016. </w:t>
+              <w:t xml:space="preserve">Comput.Phys.Commun.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 314, pp.109660. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/yypk-zmb8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2025.109660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04958806v1</w:t>
+                <w:t xml:space="preserve">hal-04777125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic Positioning for Deep Sea Neutrino Telescopes with a System of Piezo Sensors Integrated into Glass Spheres</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The ultra-high-energy event KM3-230213A within the global neutrino landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Adriani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S Ardid</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R Alhebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Astronomy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 59 (1), pp.6. </w:t>
+              <w:t xml:space="preserve">Phys.Rev.X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (3), pp.031016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10686-024-09971-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/yypk-zmb8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04585097v1</w:t>
+                <w:t xml:space="preserve">hal-04958806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for proton decay via $p\rightarrow{e^+\eta}$ and $p\rightarrow{\mu^+\eta}$ with a 0.37 Mton-year exposure of Super-Kamiokande</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C Bronner</w:t>
+                <w:t xml:space="preserve">Acoustic Positioning for Deep Sea Neutrino Telescopes with a System of Piezo Sensors Integrated into Glass Spheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ardid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.110.112011⟩</w:t>
+              <w:t xml:space="preserve">Experimental Astronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10686-024-09971-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737903v1</w:t>
+                <w:t xml:space="preserve">hal-04585097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embedded software of the KM3NeT central logic board</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Ambrosone</w:t>
+                <w:t xml:space="preserve">Search for proton decay via $p\rightarrow{e^+\eta}$ and $p\rightarrow{\mu^+\eta}$ with a 0.37 Mton-year exposure of Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Taniuchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Asaoka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comput.Phys.Commun.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cpc.2023.109036⟩</w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (11), pp.112011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.110.112011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04181856v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraints on the energy spectrum of the diffuse cosmic neutrino flux from the ANTARES neutrino telescope</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Embedded software of the KM3NeT central logic board</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M André</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S Ardid</w:t>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Aly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 08, pp.038. </w:t>
+              <w:t xml:space="preserve">Comput.Phys.Commun.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 296, pp.109036. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/08/038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2023.109036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642288v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of neutrino oscillation parameters with the first six detection units of KM3NeT/ORCA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Constraints on the energy spectrum of the diffuse cosmic neutrino flux from the ANTARES neutrino telescope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Alves Garre</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ardid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JHEP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10, pp.206. </w:t>
+              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 08, pp.038. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/JHEP10(2024)206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/08/038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679229v1</w:t>
+                <w:t xml:space="preserve">hal-04642288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solar neutrino measurements using the full data period of Super-Kamiokande-IV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2914,1367 +2914,1367 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04372051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospects for combined analyses of hadronic emission from $\gamma$-ray sources in the Milky Way with CTA and KM3NeT</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Search for Neutrino Emission from GRB 221009A using the KM3NeT ARCA and ORCA detectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12279-z⟩</w:t>
+              <w:t xml:space="preserve">JCAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 08, pp.006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/08/006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04212497v1</w:t>
+                <w:t xml:space="preserve">hal-04557495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Neutrino Emission from GRB 221009A using the KM3NeT ARCA and ORCA detectors</w:t>
+                <w:t xml:space="preserve">The Power Board of the KM3NeT Digital Optical Module: design, upgrade, and production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Aly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCAP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/08/006⟩</w:t>
+              <w:t xml:space="preserve">Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (11), pp.2044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/electronics13112044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04557495v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Power Board of the KM3NeT Digital Optical Module: design, upgrade, and production</w:t>
+                <w:t xml:space="preserve">Measurement of neutrino oscillation parameters with the first six detection units of KM3NeT/ORCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.R Alhebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alves Garre</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/electronics13112044⟩</w:t>
+              <w:t xml:space="preserve">JHEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/JHEP10(2024)206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04323210v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric muons measured with the KM3NeT detectors in comparison with updated numeric predictions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prospects for combined analyses of hadronic emission from $\gamma$-ray sources in the Milky Way with CTA and KM3NeT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Unbehaun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Mohrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Funk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 84 (7), pp.696. </w:t>
+              <w:t xml:space="preserve">, 2024, 84 (2), pp.112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13018-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-12279-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04555851v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospects for realtime characterization of core-collapse supernova and neutrino properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexis Coleiro</w:t>
+                <w:t xml:space="preserve">Atmospheric muons measured with the KM3NeT detectors in comparison with updated numeric predictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/02/008⟩</w:t>
+              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 84 (7), pp.696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13018-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289111v1</w:t>
+                <w:t xml:space="preserve">hal-04555851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Methods and Simulations for Cosmogenic Induced Spallation Removal in Super-Kamiokande-IV</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Hayato</w:t>
+                <w:t xml:space="preserve">Prospects for realtime characterization of core-collapse supernova and neutrino properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Bendahman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Goos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Bugli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Coleiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 02, pp.008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/02/008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03597953v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Sensitivity of the KM3NeT/ARCA detector to a diffuse neutrino flux and to point-like source emission: Exploring the case of the Starburst Galaxies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Z Aly</w:t>
+                <w:t xml:space="preserve">New Methods and Simulations for Cosmogenic Induced Spallation Removal in Super-Kamiokande-IV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Locke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Coffani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astropart.Phys.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 162, pp.102990. </w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 110 (3), pp.032003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2024.102990⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.110.032003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04593919v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03597953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astronomy potential of KM3NeT/ARCA</w:t>
+                <w:t xml:space="preserve">Differential Sensitivity of the KM3NeT/ARCA detector to a diffuse neutrino flux and to point-like source emission: Exploring the case of the Starburst Galaxies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 84 (9), pp.885. </w:t>
+              <w:t xml:space="preserve">Astropart.Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 162, pp.102990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13137-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2024.102990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04480224v1</w:t>
+                <w:t xml:space="preserve">hal-04593919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searches for neutrino counterparts of gravitational waves from the LIGO/Virgo third observing run with KM3NeT</w:t>
+                <w:t xml:space="preserve">Astronomy potential of KM3NeT/ARCA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Aly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 04, pp.026. </w:t>
+              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 84 (9), pp.885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/04/026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-13137-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289100v1</w:t>
+                <w:t xml:space="preserve">hal-04480224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searches for neutrinos in the direction of radio-bright blazars with the ANTARES telescope</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Searches for neutrino counterparts of gravitational waves from the LIGO/Virgo third observing run with KM3NeT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M André</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S Ardid</w:t>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Aly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 964 (1), pp.3. </w:t>
+              <w:t xml:space="preserve">JCAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 04, pp.026. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ad1f5b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2024/04/026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04229327v1</w:t>
+                <w:t xml:space="preserve">hal-04289100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Results of the follow-up of ANTARES neutrino alerts</w:t>
               </w:r>
@@ -4286,51 +4286,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4388,3462 +4388,3596 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04504775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KM3NeT broadcast optical data transport system</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Ambrosone</w:t>
+                <w:t xml:space="preserve">Searches for neutrinos in the direction of radio-bright blazars with the ANTARES telescope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ardid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/18/02/T02001⟩</w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 964 (1), pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ad1f5b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03992048v1</w:t>
+                <w:t xml:space="preserve">hal-04229327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hint for a TeV neutrino emission from the Galactic Ridge with ANTARES</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
+                <w:t xml:space="preserve">KM3NeT broadcast optical data transport system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S. Ardid</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Aly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137951⟩</w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (02), pp.T02001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/18/02/T02001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03927662v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03992048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First observation of the cosmic ray shadow of the Moon and the Sun with KM3NeT/ORCA</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Ambrosone</w:t>
+                <w:t xml:space="preserve">Hint for a TeV neutrino emission from the Galactic Ridge with ANTARES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ardid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 83 (4), pp.344. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 841, pp.137951. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11401-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2023.137951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04087888v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03927662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for neutrino counterparts to the gravitational wave sources from O3 catalogues with the ANTARES detector</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Ardid</w:t>
+                <w:t xml:space="preserve">First observation of the cosmic ray shadow of the Moon and the Sun with KM3NeT/ORCA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Aly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ambrosone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 04, pp.004. </w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 83 (4), pp.344. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1475-7516/2023/04/004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-023-11401-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04006663v1</w:t>
+                <w:t xml:space="preserve">hal-04087888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Cosmic-ray Boosted Sub-GeV Dark Matter using Recoil Protons at Super-Kamiokande</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Ikeda</w:t>
+                <w:t xml:space="preserve">Search for neutrino counterparts to the gravitational wave sources from O3 catalogues with the ANTARES detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ardid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.Lett.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.031802⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 04, pp.004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1475-7516/2023/04/004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03831778v1</w:t>
+                <w:t xml:space="preserve">hal-04006663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of the cosmogenic neutron yield in Super-Kamiokande with gadolinium loaded water</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Search for Cosmic-ray Boosted Sub-GeV Dark Matter using Recoil Protons at Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hiraide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">K. Hosokawa</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ieki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ikeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.107.092009⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.Lett.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 130 (3), pp.031802. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.130.031802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03927145v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching for Supernova Bursts in Super-Kamiokande IV</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Measurement of the cosmogenic neutron yield in Super-Kamiokande with gadolinium loaded water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Shinoki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hiraide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">K. Ieki</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hosokawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac8f41⟩</w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (9), pp.092009. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.107.092009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03820395v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03927145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-supernova Alert System for Super-Kamiokande</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Searching for Supernova Bursts in Super-Kamiokande IV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Mori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hiraide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ieki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Astrophysical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 935 (1), pp.40. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac7f9c⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 938 (1), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac8f41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03687638v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First gadolinium loading to Super-Kamiokande</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Pre-supernova Alert System for Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.N. Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hiraide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Ikeda</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ieki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1027, pp.166248. </w:t>
+              <w:t xml:space="preserve">The Astrophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 935 (1), pp.40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2021.166248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac7f9c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03546104v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03687638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation and first results of the KM3NeT real-time core-collapse supernova neutrino search</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Z. Aly</w:t>
+                <w:t xml:space="preserve">First gadolinium loading to Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hayato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hiraide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ikeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10137-y⟩</w:t>
+              <w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1027, pp.166248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2021.166248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03715679v1</w:t>
+                <w:t xml:space="preserve">hal-03546104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for proton decay via &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;→&amp;lt;/mo&amp;gt;&amp;lt;msup&amp;gt;&amp;lt;mi&amp;gt;μ&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;/msup&amp;gt;&amp;lt;msup&amp;gt;&amp;lt;mi&amp;gt;K&amp;lt;/mi&amp;gt;&amp;lt;mn&amp;gt;0&amp;lt;/mn&amp;gt;&amp;lt;/msup&amp;gt;&amp;lt;/math&amp;gt; in 0.37 megaton-years exposure of Super-Kamiokande</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Ieki</w:t>
+                <w:t xml:space="preserve">Implementation and first results of the KM3NeT real-time core-collapse supernova neutrino search</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.106.072003⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 82 (4), pp.317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-022-10137-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03778201v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The KM3NeT multi-PMT optical module</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Z. Aly</w:t>
+                <w:t xml:space="preserve">Search for proton decay via &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mi&amp;gt;p&amp;lt;/mi&amp;gt;&amp;lt;mo stretchy=&amp;quot;false&amp;quot;&amp;gt;→&amp;lt;/mo&amp;gt;&amp;lt;msup&amp;gt;&amp;lt;mi&amp;gt;μ&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;+&amp;lt;/mo&amp;gt;&amp;lt;/msup&amp;gt;&amp;lt;msup&amp;gt;&amp;lt;mi&amp;gt;K&amp;lt;/mi&amp;gt;&amp;lt;mn&amp;gt;0&amp;lt;/mn&amp;gt;&amp;lt;/msup&amp;gt;&amp;lt;/math&amp;gt; in 0.37 megaton-years exposure of Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Matsumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hayato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hiraide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ieki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17, pp.P07038. </w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (7), pp.072003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/17/07/P07038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.106.072003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03737840v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanobeacon: A time calibration device for the KM3NeT neutrino telescope</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
+                <w:t xml:space="preserve">The KM3NeT multi-PMT optical module</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Aiello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alves Garre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1040, pp.167132. </w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17, pp.P07038. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2022.167132⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/17/07/P07038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778342v1</w:t>
+                <w:t xml:space="preserve">hal-03737840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutron tagging following atmospheric neutrino events in a water Cherenkov detector</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Ieki</w:t>
+                <w:t xml:space="preserve">Nanobeacon: A time calibration device for the KM3NeT neutrino telescope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aiello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alves Garre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Aly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JINST</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/17/10/P10029⟩</w:t>
+              <w:t xml:space="preserve">Nucl.Instrum.Meth.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1040, pp.167132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2022.167132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03796038v1</w:t>
+                <w:t xml:space="preserve">hal-03778342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for solar electron anti-neutrinos due to spin-flavor precession in the Sun with Super-Kamiokande-IV</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Neutron tagging following atmospheric neutrino events in a water Cherenkov detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Haga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ikeda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">S. Imaizumi</w:t>
+                <w:t xml:space="preserve">K. Hiraide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ieki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astroparticle Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2022.102702⟩</w:t>
+              <w:t xml:space="preserve">JINST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (10), pp.P10029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/17/10/P10029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03210480v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03796038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for tens of MeV neutrinos associated with gamma-ray bursts in Super-Kamiokande</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Search for solar electron anti-neutrinos due to spin-flavor precession in the Sun with Super-Kamiokande-IV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ikeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Imaizumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PTEP</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ptep/ptab081⟩</w:t>
+              <w:t xml:space="preserve">Astroparticle Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 139, pp.102702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.astropartphys.2022.102702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143669v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03210480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutron-antineutron oscillation search using a 0.37 megaton-years exposure of Super-Kamiokande</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Search for neutrinos in coincidence with gravitational wave events from the LIGO-Virgo O3a Observing Run with the Super-Kamiokande detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ikeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Imaizumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.103.012008⟩</w:t>
+              <w:t xml:space="preserve">Astrophys.J.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 918 (2), pp.78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac0d5a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143606v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffuse supernova neutrino background search at Super-Kamiokande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hiraide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ikeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 104 (12), pp.122002. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevD.104.122002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03500459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for neutrinos in coincidence with gravitational wave events from the LIGO-Virgo O3a Observing Run with the Super-Kamiokande detector</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Neutron-antineutron oscillation search using a 0.37 megaton-years exposure of Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ikeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Imaizumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astrophys.J.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/ac0d5a⟩</w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (1), pp.012008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.103.012008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217630v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supernova Model Discrimination with Hyper-Kamiokande</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Search for tens of MeV neutrinos associated with gamma-ray bursts in Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Orii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">I. Alekseev</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hayato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ikeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astrophys.J.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3847/1538-4357/abf7c4⟩</w:t>
+              <w:t xml:space="preserve">PTEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (10), pp.103F01. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ptep/ptab081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03136680v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for proton decay into three charged leptons in 0.37 megaton-years exposure of the Super-Kamiokande</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Supernova Model Discrimination with Hyper-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">M. Ikeda</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Adrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Aihara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Akutsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Alekseev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052011⟩</w:t>
+              <w:t xml:space="preserve">Astrophys.J.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 916 (1), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-4357/abf7c4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000288v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indirect search for dark matter from the Galactic Center and halo with the Super-Kamiokande detector</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Search for proton decay into three charged leptons in 0.37 megaton-years exposure of the Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Tanaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ikeda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Imaizumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (7), pp.072002. </w:t>
+              <w:t xml:space="preserve">, 2020, 101 (5), pp.052011. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.102.072002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.101.052011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628096v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for proton decay via $p\to e^+\pi^0$ and $p\to \mu^+\pi^0$ with an enlarged fiducial volume in Super-Kamiokande I-IV</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId94" w:history="1">
+                <w:t xml:space="preserve">Indirect search for dark matter from the Galactic Center and halo with the Super-Kamiokande detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bronner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Haga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ikeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Imaizumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (11), pp.112011. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.102.112011⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 102 (7), pp.072002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.102.072002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03022678v1</w:t>
+                <w:t xml:space="preserve">hal-02628096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whac-a-constraint with anomaly-free dark matter models</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Search for proton decay via $p\to e^+\pi^0$ and $p\to \mu^+\pi^0$ with an enlarged fiducial volume in Super-Kamiokande I-IV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Takenaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hayato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ikeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SciPost Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.6.2.020⟩</w:t>
+              <w:t xml:space="preserve">Physical Review D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (11), pp.112011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.102.112011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880966v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dark matter amnesia in out-of-equilibrium scenarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joshua Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djuna Croon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joshua Berger</w:t>
+                <w:t xml:space="preserve">Sonia El Hedri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djuna Croon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sonia El Hedri</w:t>
+                <w:t xml:space="preserve">Karsten Jedamzik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashley Perko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cosmology and Astroparticle Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 02, pp.051. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1475-7516/2019/02/051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01975314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Whac-a-constraint with anomaly-free dark matter models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia El Hedri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Nordström</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SciPost Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6 (2), pp.020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21468/SciPostPhys.6.2.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01880966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Towards an understanding of the correlations in jet substructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Adams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Asquith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Backovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Barillari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal C: Particles and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 75 (9), pp.1-52. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epjc/s10052-015-3587-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01198979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7853,832 +7987,832 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Detector Analyses for CCSN Neutrino Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Bendahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Goos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Bugli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coleiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">African Conference on High Energy Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Rabat, Morocco. pp.21-28, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-88933-2_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05313613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Core-collapse supernovae: from “nu” physics to new physics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Bendahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Barrère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Buellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Bugli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao A.B Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Nagoya, Japan. pp.1151, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.444.1151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04185318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting synergies between neutrino telescopes for the next galactic core-collapse supernova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Bendahman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Buellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Bugli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Coleiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Roma International Conference on Astroparticle Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Roma, Italy. pp.05002, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202328005002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04041667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Hyper-Kamiokande Experiment - Snowmass LOI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Adrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Aihara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Akutsu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Alekseev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Snowmass 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Seattle, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02946179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffuse Supernova Neutrino Background Search at Super-Kamiokande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia El Hedri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yosuke Ashida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Giampaolo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th International Cosmic Ray Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Berlin, Germany. pp.1139, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.22323/1.395.1139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03373391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing the potential of KM3NeT in detecting core-collapse supernovae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Adriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. R. Alhebsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alshalloudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alshamsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05387507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterising Candidate Blazar Counterparts of the Ultra-High-Energy Event KM3-230213A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Adriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8730,73 +8864,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04967769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraining gamma-ray burst parameters with the first ultra-high energy neutrino event KM3-230213A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Adriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8848,73 +8982,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05293972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Potential Galactic Origin of the Ultra-High-Energy Event KM3-230213A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Adriani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8966,113 +9100,113 @@
                 </w:rPr>
                 <w:t xml:space="preserve">M Alshamsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04958808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for Diffuse Galactic Neutrinos with the Full ANTARES Telescope Dataset</w:t>
+                <w:t xml:space="preserve">Search for steady and flaring neutrino emission from cosmic sources using the complete ANTARES dataset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9084,419 +9218,301 @@
                 </w:rPr>
                 <w:t xml:space="preserve">S Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05363214v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05385017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for steady and flaring neutrino emission from cosmic sources using the complete ANTARES dataset</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S Ardid</w:t>
+                <w:t xml:space="preserve">Testing Non-Standard Interactions Between Solar Neutrinos and Quarks with Super-Kamiokande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Weatherly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Abe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bronner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Hayato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hiraide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05385017v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03630615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing Non-Standard Interactions Between Solar Neutrinos and Quarks with Super-Kamiokande</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+                <w:t xml:space="preserve">Searching for neutrinos from solar flares across solar cycles 23 and 24 with the Super-Kamiokande detector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Okamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Abe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Hayato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hiraide</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hosokawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId223"/>
+      <w:footerReference w:type="default" r:id="rId224"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9643,51 +9659,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325684v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Adriani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Albert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R Alhebsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alshalloudi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Alshamsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2026)080" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120520v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Aiello" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.171097" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109851v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alves" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Andre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ardid" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ardid" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jheap.2025.100500" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039109v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves Garre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14513-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057403v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Andr&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2025.04.001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806442v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/058" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917600v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2025)105" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829671v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/02/073" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944817v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08543-1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954057v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alves Garre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)213" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975438v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02347-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726675v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/039" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958853v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/adcc29" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777125v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109660" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958806v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/yypk-zmb8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585097v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-024-09971-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737903v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Taniuchi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Asaoka" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bronner" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.112011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181856v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Aly" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ambrosone" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.109036" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642288v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/08/038" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679229v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)206" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372051v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Hayato" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Hiraide" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Hosokawa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.092001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212497v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Unbehaun" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mohrmann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Funk" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12279-z" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557495v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/08/006" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323210v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13112044" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555851v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13018-8" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289111v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bendahman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Goos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Coelho" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bugli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coleiro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/02/008" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597953v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Locke" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coffani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abe" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bronner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hayato" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032003" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593919v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2024.102990" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480224v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13137-2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289100v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/04/026" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229327v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad1f5b" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504775v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/09/042" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992048v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aiello" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aly" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ambrosone" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/18/02/T02001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927662v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andr&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ardid" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ardid" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137951" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087888v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11401-5" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006663v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/04/004" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831778v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hiraide" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ieki" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ikeda" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.031802" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927145v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shinoki" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hosokawa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.107.092009" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820395v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mori" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac8f41" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687638v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.N. Machado" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac7f9c" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546104v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.166248" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715679v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alshamsi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10137-y" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778201v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Matsumoto" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.072003" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737840v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/07/P07038" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778342v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2022.167132" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796038v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Haga" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/10/P10029" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210480v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Imaizumi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2022.102702" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143669v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orii" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptab081" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143606v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.012008" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500459v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.122002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217630v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac0d5a" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136680v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adrich" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aihara" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Akutsu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Alekseev" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abf7c4" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000288v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tanaka" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052011" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628096v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.072002" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022678v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Takenaka" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.112011" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880966v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia El Hedri" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Nordstr&#246;m" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.6.2.020" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975314v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Berger" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djuna Croon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Jedamzik" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Perko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2019/02/051" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01198979v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adams" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arce" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Asquith" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Backovic" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barillari" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3587-2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313613v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88933-2_4" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185318v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barr&#232;re" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Buellet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao A.B Coelho" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.1151" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041667v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328005002" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946179v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373391v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Ashida" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Giampaolo" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.1139" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387507v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adriani" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Alhebsi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alshalloudi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967769v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293972v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958808v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363214v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385017v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630615v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weatherly" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843475v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Okamoto" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325684v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Adriani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Albert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.R Alhebsi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alshalloudi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Alshamsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP02(2026)080" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120520v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Aiello" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.171097" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363214v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alves" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ardid" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ardid" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jheap.2026.100565" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109851v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Andre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jheap.2025.100500" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944817v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves Garre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-08543-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954057v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Alves Garre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP07(2025)213" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039109v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-025-14513-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05057403v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physrep.2025.04.001" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917600v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP04(2025)105" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806442v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/058" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829671v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/02/073" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958853v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/2041-8213/adcc29" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975438v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02347-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726675v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2025/03/039" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777125v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2025.109660" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958806v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/yypk-zmb8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585097v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10686-024-09971-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737903v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Taniuchi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abe" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abe" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Asaoka" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bronner" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.112011" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181856v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Aly" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ambrosone" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.109036" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642288v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/08/038" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372051v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Hayato" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Hiraide" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Hosokawa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.092001" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557495v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/08/006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323210v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13112044" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679229v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP10(2024)206" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212497v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Unbehaun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mohrmann" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Funk" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-12279-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555851v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13018-8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289111v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bendahman" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Goos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Coelho" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bugli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Coleiro" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/02/008" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597953v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Locke" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coffani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Abe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bronner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hayato" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.032003" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593919v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2024.102990" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480224v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-13137-2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289100v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/04/026" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504775v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2024/09/042" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229327v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ad1f5b" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03992048v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aiello" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Albert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Aly" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ambrosone" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/18/02/T02001" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927662v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alves" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andr&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ardid" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ardid" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2023.137951" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087888v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-023-11401-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006663v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2023/04/004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831778v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hiraide" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ieki" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ikeda" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.130.031802" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927145v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shinoki" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hosokawa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.107.092009" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820395v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mori" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac8f41" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03687638v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.N. Machado" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac7f9c" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546104v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.166248" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715679v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alshamsi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-022-10137-y" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778201v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Matsumoto" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.106.072003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737840v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/07/P07038" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778342v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2022.167132" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796038v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Haga" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/10/P10029" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210480v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Imaizumi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.astropartphys.2022.102702" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217630v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/ac0d5a" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500459v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.104.122002" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143606v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.103.012008" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143669v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Orii" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ptep/ptab081" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136680v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adrich" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aihara" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Akutsu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Alekseev" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-4357/abf7c4" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000288v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tanaka" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.101.052011" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02628096v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.072002" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022678v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Takenaka" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.102.112011" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975314v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Berger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djuna Croon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia El Hedri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Jedamzik" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Perko" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1475-7516/2019/02/051" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880966v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Nordstr&#246;m" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.6.2.020" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01198979v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adams" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arce" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Asquith" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Backovic" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barillari" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-015-3587-2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313613v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88933-2_4" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185318v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Barr&#232;re" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Buellet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao A.B Coelho" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.444.1151" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041667v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328005002" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946179v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373391v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosuke Ashida" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Giampaolo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.395.1139" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387507v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adriani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R. Alhebsi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alshalloudi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967769v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293972v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958808v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385017v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630615v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Weatherly" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843475v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Okamoto" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>