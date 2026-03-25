--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -24,51 +24,51 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:129.72972972973px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
             <w10:wrap type="tight" anchorx="margin"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sonia eynard </w:t>
+        <w:t xml:space="preserve"> Sonia Eynard </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -99,50 +99,244 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0002-8609-5869</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I am a researcher in INRAE </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">GenPhySE</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> in Toulouse, France. My research focuses on translational genomics and how to use a variety of omics data, across multiple species to better understand the biological mechanisms underlying traits of interest for livestock (e.g adaptation, resilience ...).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">After an initial training in population biology and wildlife conservation I pursued a </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">PhD in animal breeding </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> at Wageningen University and AgroParisTech within the framework of EGSABG graduate school which I defended in 2018. From 2018 to 2022 I worked as postdoctoral research for two honeybee genomics project looking at the genetic diversity and genetic determinism of varroa resistance in French honeybees. Between 2023 and 2024 I joined the European project </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">GEroNIMO</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> as postdoctoral researcher working on the evolution and transmission of epigenetic marks through time.At the end of 2024 I joined the GENESIS team as a permanent researcher.For an exhaustive list of my publication check </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Google Scholar</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ongoing projects : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">GEroNIMO</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">FeedSeq</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">You can contact me by </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">email</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> or on diverse plateforms (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">LinkedIn</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">ResearchGate</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">BlueSky</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Mastodon</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">) and you can follow some of my work on </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">GitHub</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
@@ -161,7847 +355,8097 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequence‐Based Multi Ancestry Association Study Reveals the Polygenic Architecture of Varroa destructor Resistance in the Honeybee Apis mellifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 34 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mec.17637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04866824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The future of systems genetics in farm animal sciences, a route out of the data jungle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Standard methods and good practices in Apis honey bee omics research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maeva Techer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priyadarshini Chakrabarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lílian Caesar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Catherine Farrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Apicultural Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (2), pp.307-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00218839.2025.2455852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05117608v4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05038328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Standard methods and good practices in Apis honey bee omics research</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The future of systems genetics in farm animal sciences, a route out of the data jungle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Devailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Catherine Farrell</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Durante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Apicultural Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05038328v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117608v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The future of systems genetics in farm animal sciences, a route out of the data jungle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
+                <w:t xml:space="preserve">Empowering bioinformatics communities with Nextflow and nf-core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn E Langer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreia Amaral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Bonath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Animal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pci.animsci.100353⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-025-03673-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05461583v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmissibility model to evaluate transgenerational transmission of environmental effects in quails</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The future of systems genetics in farm animal sciences, a route out of the data jungle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Devailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keyvan Karami</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">David Gourichon</w:t>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Durante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101636⟩</w:t>
+              <w:t xml:space="preserve">Peer Community In Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pci.animsci.100353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05240726v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05461583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empowering bioinformatics communities with Nextflow and nf-core</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Charles</w:t>
+                <w:t xml:space="preserve">Transmissibility model to evaluate transgenerational transmission of environmental effects in quails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyvan Karami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-025-03673-9⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.101636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2025.101636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05224445v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring Long-Term and Short-Term Determinants of Genetic Diversity in Honey Bees: Beekeeping Impact and Conservation Strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 41 (12), pp.msae249. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/molbev/msae249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of runs of homozygosity in Western honey bees ( Apis mellifera ) using whole‐genome sequencing data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annik Imogen Gmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dainat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Rhys Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.e9723. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ece3.9723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03993788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The black honey bee genome: insights on specific structural elements and a first step towards pan-genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Vandecasteele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 56 (1), pp.51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/2023.12.06.570386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04473386v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two quantitative trait loci are associated with recapping of Varroa destructor ‐infested brood cells in Apis mellifera mellifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dainat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 53 (1), pp.156-160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/age.13150⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03540810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex population structure and haplotype patterns in the Western European honey bee from sequencing a large panel of haploid drones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (8), pp.3068-3086. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1755-0998.13665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03807491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing queen genotypes by pool sequencing colonies in eusocial insects: Statistical Methods and their application to honeybee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale‐tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (8), pp.3035-3048. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1755-0998.13685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03855231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of quantitative trait loci associated with calmness and gentleness in honey bees using whole‐genome sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dainat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.13070. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/age.13070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03252574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which individuals to choose to update the reference population? Minimizing the loss of genetic diversity in animal genomic selection programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Croiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario P. L. Calus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">G3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8 (1), pp.113-121. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1534/g3.117.1117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01684895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of using old germplasm on genetic merit and diversity-A cattle breed case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack J. Windig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ina Hulsegge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sipke-Joost Hiemstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario P. L. Calus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Breeding and Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 135 (4), pp.311-322. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jbg.12333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole-genome sequence data uncover loss of genetic diversity due to selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E. Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack J. Windig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sipke J. Hiemstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario P. L. Calus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 48 (1), pp.33. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12711-016-0210-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01341367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole-genome sequence data uncover loss of genetic diversity due to selection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Windig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sipke Hiemstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Calus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics Selection Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 48 (1), pp.33. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12711-016-0210-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04473305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of rare alleles on estimated genomic relationships from whole genome sequence data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack Windig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rianne van Binsbergen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Calus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 16, pp.1-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12863-015-0185-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01194072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transgenerational response to the ingestion of an endocrine disruptor: phenotypic, genetic, and epigenetic analyses in quail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stacy Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Seraphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PAG 33</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2026, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carole Iampietro</w:t>
+                <w:t xml:space="preserve">Transmission of DNA methylation: genetic or epigenetic ? A transgenerational case study in quails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Seraphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Godia Perello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, france génomique; greenomics, Feb 2026, Paris, France</w:t>
+              <w:t xml:space="preserve">, France Génomique; GREEN-omics, Feb 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05538015v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empowering Bioinformatics Communities with nf-core: The success of an open-source bioinformatics ecosystem</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Charles</w:t>
+                <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Systems for Molecular Biology/European Conference on Computational Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Liverpool, United Kingdom</w:t>
+              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, france génomique; greenomics, Feb 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05131891v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational response to an endocrine disruptor ingestion: phenotypic, genetic and epigenetic analyses in quail</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
+                <w:t xml:space="preserve">Empowering Bioinformatics Communities with nf-core: The success of an open-source bioinformatics ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn E Langer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreia Amaral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franziska Bonath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria. pp.624</w:t>
+              <w:t xml:space="preserve">Intelligent Systems for Molecular Biology/European Conference on Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05448183v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epigenetic time series analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiphase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of chronic heat stress on DNA methylation and gene expression in laying hens</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Transgenerational response to an endocrine disruptor ingestion: phenotypic, genetic and epigenetic analyses in quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbrück, Austria. pp.623</w:t>
+              <w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria. pp.624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05266650v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission of DNA methylation: genetic or epigenetic ? A transgenerational case study in quails</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">The impact of chronic heat stress on DNA methylation and gene expression in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Courbariaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Rogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Seraphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marta Godia Perello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EpiPHASE 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE Toulouse GenPhySE, Nov 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">76. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbrück, Austria. pp.623</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05489253v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05266650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational response to an endocrine disruptor ingestion : phenotypic, genetic and epigenetic analyses in quail.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Transmission of DNA methylation: genetic or epigenetic ? A transgenerational case study in quails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stacy Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Seraphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Godia Perello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EpiPHASE 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Saint Pée sur Nivelle, France</w:t>
+              <w:t xml:space="preserve">EpiPHASE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE Toulouse GenPhySE, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770243v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ON THE LIMITS IN USING A SINGLE REFERENCE GENOME FOR POPULATION GENOMICS: TOWARDS PAN-GENOMES</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Faux</w:t>
+                <w:t xml:space="preserve">Transgenerational response to an endocrine disruptor ingestion : phenotypic, genetic and epigenetic analyses in quail.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Zerjal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurbee 10th congress of apidology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Tallinn, Estonia</w:t>
+              <w:t xml:space="preserve">EpiPHASE 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Saint Pée sur Nivelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05128149v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genotyping By Pool Sequencing Eusocial Colonies and Its Applications to Honeybee</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">ON THE LIMITS IN USING A SINGLE REFERENCE GENOME FOR POPULATION GENOMICS: TOWARDS PAN-GENOMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kamila Tabet</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amira Chibani Bahi Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Faux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVIIII Plant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2022, San Diego, France</w:t>
+              <w:t xml:space="preserve">Eurbee 10th congress of apidology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473343v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05128149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of the honey bee centromeres: regions with tandem repeats high at content and low recombination rates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Genotyping By Pool Sequencing Eusocial Colonies and Its Applications to Honeybee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Le Conte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">XXVIIII Plant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, San Diego, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855207v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">In search of the honey bee centromeres: regions with tandem repeats high at content and low recombination rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Tabatha Bulach</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t>
+              <w:t xml:space="preserve">9th European Congress of Apidology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208134v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">9 Congress of Apidology (EurBee)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Berlgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03859236v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical models for the genetic characterisation of honeybee colonies from whole genome pool sequencing data.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Statistics for an accurate genome wide association study on Varroa resistance trait in a French honeybee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Agez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PopGroup 54</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
+              <w:t xml:space="preserve">World Congress on Genetics Applied to Livestock Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473366v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03859236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Imputation of Queen Genotype from Pool Sequencing of Workers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Statistical models for the genetic characterisation of honeybee colonies from whole genome pool sequencing data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLant and Animal Genome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, San Diego, United States</w:t>
+              <w:t xml:space="preserve">PopGroup 54</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938108v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">European Honeybee Subspecies Genomes at the Individual and Population Levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaspar Bienefeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02938071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Statistical Imputation of Queen Genotype from Pool Sequencing of Workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Genestout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">PLant and Animal Genome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02789560v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId131" w:history="1">
+                <w:t xml:space="preserve">Characterisation of the genotype of honey bee colonies from pool sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Sann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Servin</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788639v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">William Marande</w:t>
+                <w:t xml:space="preserve">BeeStrong : towards a genomic tool for the selection of varroa resistant honey bees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Poquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin B. Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apimondia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">46. APIMONDIA - International Apicultural Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796454v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BeeStrong: towards a genomic tool for the selection of Varroa resistant honey bees</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sonia Eynard</w:t>
+                <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Klopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canale Tabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">Apimondia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786490v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De novo genome assembly of a western European Apis mellifera mellifera black bee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02785743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The value of conserved samples in gene banks for animal breeding in the MRIJ cattle breed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">BeeStrong: towards a genomic tool for the selection of Varroa resistant honey bees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Poquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand</w:t>
+              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734905v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining the resistance to Varroa destructor in the French honey bee population with VSH, SMR and colony dynamic data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The value of conserved samples in gene banks for animal breeding in the MRIJ cattle breed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario P.L. Calus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ina Hulsegge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sipke-Joost Hiemstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack J. Windig</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">11. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Auckland, New Zealand</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785764v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity in the barn. Updates in livestock genetic diversity conservation and its potential use for wildlife conservation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Explaining the resistance to Varroa destructor in the French honey bee population with VSH, SMR and colony dynamic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vignal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminar Conservation of adaptive potential and functional diversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Durham, Netherlands</w:t>
+              <w:t xml:space="preserve">8. Congress of Apidology (EurBee 8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02787526v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02785764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of whole genome sequence data to prioritise animals for genetic diversity conservation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Genetic diversity in the barn. Updates in livestock genetic diversity conservation and its potential use for wildlife conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mario P. L. Calus</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario P.L. Calus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Restoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
+              <w:t xml:space="preserve">Seminar Conservation of adaptive potential and functional diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Durham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740730v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Use of Whole Genome Sequence Data to Estimate Genetic Relationships Including Rare Alleles Information</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The impact of whole genome sequence data to prioritise animals for genetic diversity conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jack J. Windig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sipke-Joost Hiemstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario P. L. Calus</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Varsovie, Poland. 577 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02740731v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Use of Whole Genome Sequence Data to Estimate Genetic Relationships Including Rare Alleles Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack J. Windig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire G. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Verrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sipke-Joost Hiemstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. World Congress on Genetics Applied to Livestock Production (WCGALP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The use of whole genome sequence data to estimate genetic relationships including rare alleles information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jj Windig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Verrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.J. Hiemstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th World Congress of Genetics Applied to Livestock Production </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Vancouver, Canada. pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01559516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (17)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic time series analysis</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Integrated analysis of methylome and transcriptome highlights limited impact of DNA methylation on age-related gene regulation in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMPGD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2026, Grenoble, France</w:t>
+              <w:t xml:space="preserve">PAG33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San diego (Californie), France. , https://plan.core-apps.com/pag33/abstract/415187ea4e428372ccc62388543d5c98, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05538056v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Epigenetic time series analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Servin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetic inheritance symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">SMPGD 2026: Statistical Methods for Post Genomic Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208140v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05538056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and epigenetic selection signatures from pool sequencing experiment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Genetic and epigenetic selection signatures from pool sequencing expeiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of genomes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Cold Spring Harbor (NY), United States</w:t>
+              <w:t xml:space="preserve">Epigenetic inheritance symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05117238v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the transmissibility model to demonstrate transgenerational transmission of environmental effects in quails</w:t>
+                <w:t xml:space="preserve">Genetic and epigenetic selection signatures from pool sequencing experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keyvan Karami</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Gourichon</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetic Inheritance Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland</w:t>
+              <w:t xml:space="preserve">Biology of genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Cold Spring Harbor (NY), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05216926v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling genetic and epigenetic selection signatures from pool sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kossi-Julien Kowou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epiphase</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05538035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmission of DNA methylation: genetic or epigenetic ? A transgenerational case study in quails</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Using the transmissibility model to demonstrate transgenerational transmission of environmental effects in quails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyvan Karami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stacy Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marta Godia Perello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epigenetic Inheritance Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland. 2025</w:t>
+              <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05218226v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Transmission of DNA methylation: genetic or epigenetic ? A transgenerational case study in quails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remi Seraphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Godia Perello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International congress in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Epigenetic Inheritance Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Zurich, Switzerland. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796434v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05218226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conserved highly heterogeneous genomic landscapes of diversity in honey bees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Animal Genome (PAG 32)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, San Diego, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04848302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Transgenerational epigenetics in quail: targeting DNA methylation patterns to address the interplay between genetic and epigenetic mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Terzian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Lledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Toulouse, France. , pp.118, Book of abstracts</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04473354v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04770637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational epigenetics in quail: targeting DNA methylation patterns to address the interplay between genetic and epigenetic mechanisms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joanna Lledo</w:t>
+                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Toulouse, France. , pp.118, Book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04770637v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04473354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transgenerational response to endocrine disruptor : phenotypic, genotypic and epigenotypic analyses in quail</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Chloé Cerutti</w:t>
+                <w:t xml:space="preserve">Whole genome sequencing and epigenotyping for multiple generations of selection using Oxford Nanopore Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2024, Toulouse, France. , pp.128, 2024, Book of abstracts</w:t>
+              <w:t xml:space="preserve">International congress in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04474289v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Population structure of French honey bees from sequencing a large panel of haploid drones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Servin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04796462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution de l’épigénétique au cours de plusieurs générations de sélection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Transgenerational response to endocrine disruptor : phenotypic, genotypic and epigenotypic analyses in quail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stacy Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gourichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Cerutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EpiPhase</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Jouy en Josas, France</w:t>
+              <w:t xml:space="preserve">Environmental and Agronomical Genomics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Toulouse, France. , pp.128, 2024, Book of abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04796446v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04474289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of epigenetics across multiple generations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">L’évolution de l’épigénétique au cours de plusieurs générations de sélection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Iampietro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetic inheritance symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Zurich, Switzerland. 2023</w:t>
+              <w:t xml:space="preserve">EpiPhase</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Jouy en Josas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04195749v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04796446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From workers to queen -Statistical imputation of individual genotype from pool sequencing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">The evolution of epigenetics across multiple generations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kamila Canake-Tabet</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Flatres-Grall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Iampietro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approche Interdisciplinaire de l'Evolution Moléculaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Epigenetic inheritance symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Zurich, Switzerland. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493790v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04195749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Updating reference population in Genomic Selection for genetic diversity conservation What can we learn from real data and simulations?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+                <w:t xml:space="preserve">From workers to queen -Statistical imputation of individual genotype from pool sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia E Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Sann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Mondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Basso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamila Canake-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gordon Research Conference in Quantitative Genetics and Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Galveston Texas, United States. 2017</w:t>
+              <w:t xml:space="preserve">Approche Interdisciplinaire de l'Evolution Moléculaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02787529v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Updating reference population in Genomic Selection for genetic diversity conservation What can we learn from real data and simulations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Eynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Croiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laloë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario P.L. Calus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gordon Research Conference in Quantitative Genetics and Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Galveston Texas, United States. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787529v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Which individual to phenotype? Optimal design of reference population for genomic selection while maintaining genetic diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laloë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Croiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario P. L. Calus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICQG 5</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Madison, Wisconsin, United States. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02796864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8011,867 +8455,867 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transgenerational transmission of an environmental modification in quails: changes in phenotypic variance components across three generations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gourichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empowering bioinformatics communities with Nextflow and nf-core</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björn E Langer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreia Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franziska Bonath</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequence-based genome-wide association studies reveal the polygenic architecture of Varroa destructor resistance in Western honey bees Apis mellifera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Mondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabatha Bulach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From group to individual - Genotyping by pool sequencing eusocial colonies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vignal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Decourtye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03482633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Runs of homozygosity derived from pool-seq data reveal fine-scale population structures in Western honey bees (Apis mellifera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annik Gmel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dainat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03482627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex population structure and haplotype patterns in Western Europe honey bee from sequencing a large panel of haploid drones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Wragg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin B. Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamila Canale-Tabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03482707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Descriptive Analysis of the Varroa Non-reproduction Trait in Honey Bee Colonies and Association with Other Traits Related to Varroa Resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia E Eynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christina Sann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04746089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8881,114 +9325,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using genomic information to conserve genetic diversity in livestock</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Eynard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Institut agronomique, vétérinaire et forestier de France; Wageningen Universiteit en Researchcentrum (Wageningen, Nederland), 2018. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018IAVF0004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02787583v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId193"/>
+      <w:footerReference w:type="default" r:id="rId211"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9056,51 +9500,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C2706B73"/>
+    <w:nsid w:val="35489DD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9287,51 +9731,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sonia-eynard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8609-5869" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117608v4" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Devailly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cerutti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Durante" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038328v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Techer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadarshini Chakrabarti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;lian Caesar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Catherine Farrell" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218839.2025.2455852" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461583v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.animsci.100353" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240726v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Karami" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Rousse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101636" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224445v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn E Langer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Amaral" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Bonath" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03673-9" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847121v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wragg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae249" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993788v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Imogen Gmel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Rhys Williams" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9723" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540810v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guichard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dainat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eynard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13150" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807491v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13665" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855231v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale&#8208;tabet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13685" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684895v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Croiseau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fritz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario P. L. Calus" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.117.1117" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621130v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack J. Windig" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Hulsegge" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sipke-Joost Hiemstra" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12333" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341367v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sipke J. Hiemstra" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0210-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473305v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Windig" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sipke Hiemstra" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Calus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194072v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leroy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rianne van Binsbergen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-015-0185-0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478473v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538015v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi-Julien Kowou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131891v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448183v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousse" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538051v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266650v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Courbariaux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05489253v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Godia Perello" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04770243v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05128149v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chibani Bahi Amar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473343v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938108v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Genestout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938071v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Costa" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796454v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale Tabet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786490v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785743v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734905v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario P.L. Calus" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785764v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787526v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740730v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740731v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire G. Leroy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01559516v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj Windig" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Hiemstra" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538056v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208140v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117238v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216926v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pitel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538035v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05218226v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796434v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848302v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473354v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04770637v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Terzian" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lledo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474289v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796462v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796446v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195749v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493790v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canake-Tabet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787529v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fritz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796864v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158792v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770333v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482633v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482627v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Gmel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Williams" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482707v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746089v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02787583v2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018IAVF0004" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sonia-eynard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8609-5869" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://genphyse.inrae.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://research.wur.nl/en/publications/using-genomic-information-to-conserve-genetic-diversity-in-livest/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geronimo-h2020.eu/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=CAloEFcAAAAJ&amp;hl=fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Project-ANR-22-CE20-0040" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="sonia.eynard@inrae.fr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/sonia-eynard-1a245659/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Sonia-Eynard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="@seynard.bsky.social" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecoevo.social/@seynard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/seynard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04866824v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Eynard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Basso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17637" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05038328v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Techer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadarshini Chakrabarti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#237;lian Caesar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E Eynard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Catherine Farrell" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218839.2025.2455852" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117608v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Devailly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Cerutti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Durante" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Hubert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224445v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn E Langer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreia Amaral" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Bonath" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Charles" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-025-03673-9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461583v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pci.animsci.100353" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240726v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Karami" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Rousse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Pitel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gourichon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101636" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847121v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Leroy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wragg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msae249" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993788v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Imogen Gmel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guichard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dainat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Rhys Williams" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9723" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473386v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale-Tabet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vandecasteele" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.12.06.570386" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540810v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guichard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dainat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eynard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vignal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Servin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13150" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03807491v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin B. Basso" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Labarthe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13665" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855231v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale&#8208;tabet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13685" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03252574v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/age.13070" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684895v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Croiseau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lalo&#235;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fritz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario P. L. Calus" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/g3.117.1117" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621130v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack J. Windig" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Hulsegge" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sipke-Joost Hiemstra" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbg.12333" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341367v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia E. Eynard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sipke J. Hiemstra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12711-016-0210-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473305v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Windig" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sipke Hiemstra" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Calus" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194072v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leroy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rianne van Binsbergen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12863-015-0185-0" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478473v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leroux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Seraphin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05539469v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Godia Perello" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538015v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi-Julien Kowou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Flatres-Grall" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Iampietro" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131891v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538051v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05448183v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousse" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Zerjal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266650v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Courbariaux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05489253v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04770243v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05128149v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Chibani Bahi Amar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473343v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Tabet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855207v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208134v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabatha Bulach" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03859236v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vignal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Agez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473366v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Sann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938071v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Costa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938108v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Genestout" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789560v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788639v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Poquet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796454v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canale Tabet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785743v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786490v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734905v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario P.L. Calus" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785764v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787526v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Restoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740730v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740731v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire G. Leroy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01559516v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jj Windig" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Hiemstra" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560755v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cossard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hubert" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Degalez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Allain" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bulot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538056v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208140v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05117238v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538035v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216926v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Pitel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05218226v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04848302v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04770637v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Terzian" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Lledo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473354v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796434v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796462v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04474289v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04796446v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195749v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493790v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Canake-Tabet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787529v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fritz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796864v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05158792v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. David" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770333v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04493727v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482633v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Decourtye" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482627v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annik Gmel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Williams" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482707v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746089v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02787583v2" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018IAVF0004" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9584,39 +10028,39 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>PHPWord</Application>
   <Company>CCSD</Company>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CCSD</dc:creator>
-  <dc:title>sonia eynard</dc:title>
+  <dc:title>Sonia Eynard</dc:title>
   <dc:description>CV</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>