--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SONIA HARMAND </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The First Million Years of Technology: The Lomekwian and the Early Oldowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas W Plummer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma M Finestone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan P. Wilson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Review of Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54, pp.359-375. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1146/annurev-anthro-071923-⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aridity, availability of drinking water and freshwater foods, and hominin and archeological sites during the Late Pliocene-Early Pleistocene in the western region of the Turkana Basin (Kenya): A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Van Bocxlaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 186, pp.103466. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2023.103466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking primatology and archaeology: the transversality of stone percussive behaviors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 181, pp.103398. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2023.103398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04762772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In memoriam. Richard Erskine Leakey (1944-2022).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Berhensmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Cerling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gathogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fortelius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology: Issues, News and Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (4), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Erskine Frere Leakey (1944–2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Behrensmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thure Cerling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Fortelius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gathogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (4), pp.160-165. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raising up African paleoanthropologists: An innovative Master's program at Turkana University College, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Rowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Edome Akwee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Henkes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (1), pp.2-4. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Before the Acheulean: The emergence of bifacial shaping at Kokiselei 6 (1.8 Ma), West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilary Duke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 159, pp.103061. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.103061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical demands of percussivetechniques in the context of early stonetoolmaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Macchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Hugheville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (178), pp.20201044. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2020.1044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of dietary niche expansion and Pliocene environmental changes on the origins of stone tool making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandr Trifonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 562, pp.110074. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2020.110074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de sensibilité à des changements morphologiques du complexe de l’épaule : application aux gestes de percussion au cours de débitage oldowayen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Blasi-Toccacceli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Programme et résumés des journées de la Socitété d'Anthropologie de Paris 2021, 33 Supplément, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.6945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of dietary niche expansion and Pliocene environmental changes on the origins of stone tool making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandr Trifonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2020.110074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for hidden activities: Percussive tools from the Oldowan and Acheulean of West Turkana, Kenya (2.3–1.76 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrián Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 123, pp.105238. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2020.105238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to Domínguez-Rodrigo and Alcalá: Interpretation Without Accurate Evidence Is Fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (2), pp.177-181. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/21915784-20190007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02402054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake-level changes and hominin occupations in the arid Turkana basin during volcanic closure of the Omo River outflows to the Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bereket Haileab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (2), pp.892-909. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/qua.2018.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake-level changes and hominin occupations in the arid Turkana Basin during volcanic closure of the Omo River outflows to the Indian Ocean – Response to comments by Schuster and Nutz, Quaternary Research 92(2), pp. 598–600</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 92 (2), pp.598-600. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/qua.2019.37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03090271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naiyena Engol 2 (West Turkana, Kenya): a Case Study on Variability in the Oldowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio de La Torre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The African Archaeological Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35, pp.57-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naiyena Engol 2 (West Turkana, Kenya): a Case Study on Variability in the Oldowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio de La Torre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Archaeological Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (1), pp.57 - 85. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10437-018-9283-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Earlier Origin for Stone Tool Making: Implications for Cognitive Evolution and the Transition to Homo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E. Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 371 (1698), pp.20150233. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2015.0233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pleistocene palaeovegetation record from plant wax biomarkers from the Nachukui Formation, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin T. Uno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratigya J. Polissar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Kahle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 371 (1698), pp.20150235. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2015.0235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3.3-million-year-old stone tools from Lomekwi 3, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig S Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 521 (7552), pp.310-315. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature14464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04379924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach to percussive technology - International conference, Institute of Archaeology, University College London, September 18th - 19th, 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrián Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomos Proffitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (6), pp.205-206. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New hominin remains from the Nachukui Formation, Kenya (West Turkana Archaeological Project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Lorokody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the study of Human Evolution 3th meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedogenic carbonate stable isotopic evidence for wooded habitat preference of early Pleistocene tool makers in the Turkana Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J. Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig S. Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James D. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard A. Mortlock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 65 (1), pp.65-78. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2013.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An earlier origin for the Acheulian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Kent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 477 (7362), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature10372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An earlier origin for the Acheulian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J. Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.V. Kent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 477 (7362), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature10372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00648859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New considerations on the stratigraphy and environmental context of the oldest (2.34 Ma) Lokalalei archaeological site complex of the Nachukui Formation, West Turkana, northern Kenya Rift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Thuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (2), pp.157-184. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2010.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New considerations on the stratigraphy and environmental context of the oldest (2.34 Ma) Lokalalei archaeological site complex of the Nachukui Formation, West Turkana, northern Kenya Rift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Thuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (2), pp.157-184. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2010.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux sites paléolithiques anciens en République de Djibouti : bilan préliminaire de prospections récentes dans le Bassin du Gobaad, Afar central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Degusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Slimak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Melillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (5), pp.481-492. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2009.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic behaviors and cognitive capacities of early hominins between 2.34 Ma and 0.70 Ma in West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mitteilungen der Gesellschaft für Urgeschichte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 16, pp.11-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting pachyderm single carcass sites in the African Lower and Early Middle Pleistocene record : A multidisciplinary approach to the site of Nadung?a 4 (Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anthropological Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 25, pp.448-465. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaa.2006.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00110608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of early Homo in the Nachukui Formation (West Turkana, Kenya) at 2.3-2.4Myr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 49 (2), pp.230-240. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04379958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of early Homo in the Nachukui Formation (West Turkana, Kenya) at 2.3-2.4Myr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 49 (2), pp.230-240. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of early Homo in the Nachukui Formation (West Turkana, Kenya) at 2.3-2.4 Myr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix J-A Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 49 (2), pp.230-240. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00112900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la formation de Nachukui, Ouest-Turkana, Kenya : bilan synthétique 1997–2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (8), pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la Formation de Nachukui (Ouest Turkana, Kenya) : bilan préliminaire 1996-2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2, pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00134898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la formation de Nachukui, Ouest-Turkana, Kenya : bilan synthétique 1997–2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (8), pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la formation de Nachukui, Ouest-Turkana, Kenya : bilan synthétique 1997–2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (8), pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Oldowan: The Early Stone Age from 2.3 to 2.0 Ma at the Nasura site complex, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Paleoanthropology Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Evidence for Prepared Core Technology at the 760Kyr site of Nadung’a 13, West Turkana (Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Thabard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Society for Human Evolution (ESHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Zagreb, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Oldowan at Nasura, West Turkana: a Case Study in Non-Human Primate Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes de l’Argon-Argon et de corrélation stratigraphique séquentielle au service de la datation des plus anciens fossiles de la lignée humaine et des premiers outils lithiques du Pliocène (Bassin du Turkana, Rift est-africain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candice Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brilliant Mwendwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Datations « absolues » en archéologie : 8e séminaire scientifique et technique de l’Inrap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lucile Beck; Marc Bouiron; Carine Carpentier; Richard Cottiaux; Emmanuelle Delqué-Količ; Sophie Féret, Dec 2024, Orsay, France. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34692/3f87-9r51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnography and deep time archaeology: a reevaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hominin cognition and behavioural evolution in the later Acheulean (~750 Kyr) at the Nadung’a site complex (West Turkana, Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Biennial Meeting of the Eastern African Association of Palaeoanthropology and Paleontology (EAAPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Arusha, Tanzania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis to morphological changes of the shoulder joint: application to percussion gestures during oldowan debitage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Blasi-Toccacceli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Hugheville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Virtual conference for women archeologists and palaeontologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Paris, France. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.60527/5xzr-mr56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New evidence for the emergence of early Acheulean Technology at Kokiselei 6 in West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilary Duke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the Study of Human Evolution (ESHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Virtual Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the root of human origins: mammalian and pedogenic carbonate isotopic evidence for Mid- Pliocene Warm Period, Turkana Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the International Union for Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Humans: the legacy of tool making 3.3 million years ago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Pontifical Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vatican, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the root of human origins: mammalian and pedogenic carbonate isotopic evidence for the Mid-Pliocene Warm Period in the Turkana Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E. Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intern. Congr. INQUA Dublin, 25th-31st, July 2019, Commission Human &amp; Biosphere : session Plio-Pleistocene environmental change and human origins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokiselei 5, Formation de Nachukui, West Turkana (Kenya) : un témoignage de la variabilité ou de l'évolution des comportements techniques au Pléistocène ancien ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du XIVème Congrès UISPP, Université de Liège, belgique, 2-8 septembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Liège, Belgium. pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KS5, a transition site between the oldowan (KS1) and the early acheulean (KS4) from Kokiselei site complex (West Turkana, Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoanthropology Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00140264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plio-Pleistocene Hominids and Paleoenvironments from the Nachukui Formation (West Turkana, Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig S. Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international en hommage à H.Faure «Quaternaire et Changements Globaux: Bilans et Perspectives »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00140269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaping Hominin Cognition: A comparative three-dimensional shape analysis of LCTs and cores from the Early Acheulean at Kokiselei 4, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilary Duke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Riddle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84th annual meeting of the Society for American Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Albuquerque (NM), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the methodological utility of trace element analysis for detetecting dietary differences in fossil fauna from Turkana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ryder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoanthropology Society 2018 Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Austin, TX, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Humans: the legacy of tool making 3.3 million years ago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque de l’Académie Pontificale des Sciences « Who was who, and who did what, where and when? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.139-151, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach to percussive technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomos Proffitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference, Institute of Archaeology, University College London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23 (6), pp.205-206, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chipping away. An early toolkit emerges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural History Magazine, Special Issue: Human Origins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.27-29, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djibouti. Des Paysages & des Hommes. Regards sur le patrimoine archéologique du Lac Abhé. Préface d’Yves Coppens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessie Cauliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gutherz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alarashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERD Centre d'Etudes et de Recherches. Editions du CERD, 215 p., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pleistocene Archaeology of the Republic of Djibouti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wright, D.K.; Wilkins J.; Bouzouggar A.; Olszewski D.I., Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa: Hominin Behavior, Geography, and Chronology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.159-176, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The earliest Acheulean at Kokiselei 4, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wright D.K.; Wilkins J.; Bouzouggar A.; Olszewski D.I Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa: Hominin Behavior, Geography, and Chronology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.595-606, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early Oldowan at Lokalalei, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wilkins J.; Bouzouggar A.; Olszewski D.I. Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.623-633, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer autrement les migrations des premiers Hommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Blanc; Mokrane Bouzeghoub; Martina Knoop. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité. Voyages au-delà des disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.120-127, 2023, 9782271139832</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">World's expert Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Sergio Almécija. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HUMANS: Perspectives on Our Evolution from World Experts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Columbia University Press, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les outils parlent du savoir de nos ancêtres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boisserie J.-R.; Prat S.; Tiberi C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Rift Africain - à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cherche-Midi; CNRS, pp.42-43, 2023, 978-2-7491-7814-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04503597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The world’s oldest stone tools at Lomekwi 3, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wright D.K.; Wilkins J.; Bouzouggar A; Olszewski D.I. Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa: Hominin Behavior, Geography, and Chronology.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.635-649, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Hominins in East Africa: Territory, Mobility, and Technology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Averbouh, A.; Goutas, N.; Méry, S. (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomad lives. From Prehistoric Times to the Present Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications Scientifiques du Museum, pp.263-277, 2022, 978-2-85653-966-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Humans: the legacy of tool making 3.3 million years ago.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un bouquet d’ancêtres. Premiers humains : qui était qui, qui a fait quoi, où et quand ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Pontificale des Sciences, pp.139-151, 2021, 2271137578</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plus vieux outils du monde et l’évolution des Hominines (Australopithèques, Kenyanthropes et Homo habilis).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dir. J-P. Demoule, D. Garcia, A. Schapp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une Histoire des Civilisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions La Découverte, Dominique Carré éditeur, INRAP, pp.88-93, 2018, 9782707188786</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for stone tools older than 2.6 Ma: how do we know what we are looking for?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E. Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the study of Human Evolution (ESHE) : 3rd Annual Meeting : Vienna, Austria, 19-21 September, 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for the study of Human Evolution, pp.107, 2013, Proceedings of the European Society for the study of Human Evolution, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in raw material selectivity at the late Pliocene sites of Lokalalei, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In: Hovers, E., Braun, D. (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Approaches to the Oldowan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vertebrate Paleobiology and Paleoanthropology Book Series, Springer, pp. 85-97, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raw material and economic behaviours at Oldowan and Acheulean sites in the West Turkana region, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In: Adams, B., Blades, B. (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lithic Materials and Paleolithic Societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley-Blackwell, pp.3-14, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in Raw Material Selectivity at the Late Pliocene sites of Lokalalei, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Approaches to the Oldowan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.85-97, 2009, Vertebrate Paleobiology and Paleoanthropology, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-9060-8_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokiselei 5, formation de Nachukui, West Turkana (Kenya) : Un témoignage de la variabilité ou de l'évolution des comportements techniques au Pléistocène ancien ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Maret, Els Cornelissen et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Section 15 : Préhistoire en Afrique : sessions générales et posters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1522, Archaeopress, pp.11-22, 2006, BAR International Series</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00140303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokiselei 5, formation de Nachukui, West Turkana (Kenya) : un témoignage de la variabilité ou de l'évolution des comportements techniques au pléistocène ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">s.n. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sessions générales et posters : actes du XIVème Congrès UISPP, Université de Liège, Belgique, 2-8 septembre 2001, section 15 : préhistoire en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archaeopress, pp.11-22, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00211760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude techno-économique du niveau paléolithique moyen d'un gisement du sud-ouest de la France: Trélissac (Dordogne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des comportements techniques dans la préhistoire : Table ronde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N° 20, xxx, pp.147-175, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00143252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake-level changes and hominin occupations in the arid Turkana Basin during volcanic closure of the Omo River outflows to the Indian Ocean – Response to comments by Schuster and Nutz, Quaternary Research 92(2), pp. 598–600 – ERRATUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bereket Haileab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.214-216. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/qua.2019.75⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matières premières lithiques et comportements techno-économiques des homininés Plio-Pléistocènes du Turkana Occidental, Kenya.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris X-Nanterre, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04809169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId205"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> SONIA HARMAND </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The First Million Years of Technology: The Lomekwian and the Early Oldowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas W Plummer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma M Finestone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan P. Wilson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Review of Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 54, pp.359-375. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1146/annurev-anthro-071923-⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aridity, availability of drinking water and freshwater foods, and hominin and archeological sites during the Late Pliocene-Early Pleistocene in the western region of the Turkana Basin (Kenya): A review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Van Bocxlaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 186, pp.103466. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2023.103466⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking primatology and archaeology: the transversality of stone percussive behaviors.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 181, pp.103398. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2023.103398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04762772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In memoriam. Richard Erskine Leakey (1944-2022).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.K. Berhensmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Cerling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gathogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fortelius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology: Issues, News and Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (4), pp.1-6. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Erskine Frere Leakey (1944–2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Behrensmeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thure Cerling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikael Fortelius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gathogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (4), pp.160-165. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21947⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raising up African paleoanthropologists: An innovative Master's program at Turkana University College, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Rowan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Edome Akwee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Henkes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (1), pp.2-4. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Before the Acheulean: The emergence of bifacial shaping at Kokiselei 6 (1.8 Ma), West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilary Duke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 159, pp.103061. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.103061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical demands of percussivetechniques in the context of early stonetoolmaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Macchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Hugheville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Society Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (178), pp.20201044. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsif.2020.1044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03389800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of dietary niche expansion and Pliocene environmental changes on the origins of stone tool making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandr Trifonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 562, pp.110074. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2020.110074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de sensibilité à des changements morphologiques du complexe de l’épaule : application aux gestes de percussion au cours de débitage oldowayen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Blasi-Toccacceli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Programme et résumés des journées de la Socitété d'Anthropologie de Paris 2021, 33 Supplément, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.6945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of dietary niche expansion and Pliocene environmental changes on the origins of stone tool making</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandr Trifonov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.palaeo.2020.110074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03017475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for hidden activities: Percussive tools from the Oldowan and Acheulean of West Turkana, Kenya (2.3–1.76 Ma)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrián Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 123, pp.105238. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jas.2020.105238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to Domínguez-Rodrigo and Alcalá: Interpretation Without Accurate Evidence Is Fantasy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (2), pp.177-181. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/21915784-20190007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02402054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake-level changes and hominin occupations in the arid Turkana Basin during volcanic closure of the Omo River outflows to the Indian Ocean – Response to comments by Schuster and Nutz, Quaternary Research 92(2), pp. 598–600</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 92 (2), pp.598-600. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/qua.2019.37⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03090271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake-level changes and hominin occupations in the arid Turkana basin during volcanic closure of the Omo River outflows to the Indian Ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bereket Haileab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (2), pp.892-909. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/qua.2018.118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02173258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naiyena Engol 2 (West Turkana, Kenya): a Case Study on Variability in the Oldowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio de La Torre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The African Archaeological Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35, pp.57-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naiyena Engol 2 (West Turkana, Kenya): a Case Study on Variability in the Oldowan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio de La Torre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Archaeological Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 35 (1), pp.57 - 85. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10437-018-9283-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Earlier Origin for Stone Tool Making: Implications for Cognitive Evolution and the Transition to Homo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E. Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 371 (1698), pp.20150233. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2015.0233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pleistocene palaeovegetation record from plant wax biomarkers from the Nachukui Formation, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin T. Uno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratigya J. Polissar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Kahle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 371 (1698), pp.20150235. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2015.0235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3.3-million-year-old stone tools from Lomekwi 3, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig S Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 521 (7552), pp.310-315. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature14464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04379924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach to percussive technology - International conference, Institute of Archaeology, University College London, September 18th - 19th, 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrián Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomos Proffitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (6), pp.205-206. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.21431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01548575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New hominin remains from the Nachukui Formation, Kenya (West Turkana Archaeological Project)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Lorokody</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the study of Human Evolution 3th meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedogenic carbonate stable isotopic evidence for wooded habitat preference of early Pleistocene tool makers in the Turkana Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J. Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig S. Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James D. Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard A. Mortlock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 65 (1), pp.65-78. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2013.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An earlier origin for the Acheulian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J. Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D.V. Kent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 477 (7362), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature10372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00648859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An earlier origin for the Acheulian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Kent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 477 (7362), pp.82-85. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature10372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New considerations on the stratigraphy and environmental context of the oldest (2.34 Ma) Lokalalei archaeological site complex of the Nachukui Formation, West Turkana, northern Kenya Rift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Thuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (2), pp.157-184. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2010.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New considerations on the stratigraphy and environmental context of the oldest (2.34 Ma) Lokalalei archaeological site complex of the Nachukui Formation, West Turkana, northern Kenya Rift</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Schuster</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Thuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of African Earth Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 58 (2), pp.157-184. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jafrearsci.2010.04.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux sites paléolithiques anciens en République de Djibouti : bilan préliminaire de prospections récentes dans le Bassin du Gobaad, Afar central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Degusta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Slimak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Melillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (5), pp.481-492. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2009.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economic behaviors and cognitive capacities of early hominins between 2.34 Ma and 0.70 Ma in West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mitteilungen der Gesellschaft für Urgeschichte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 16, pp.11-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting pachyderm single carcass sites in the African Lower and Early Middle Pleistocene record : A multidisciplinary approach to the site of Nadung?a 4 (Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Lenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anthropological Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 25, pp.448-465. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jaa.2006.03.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00110608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of early Homo in the Nachukui Formation (West Turkana, Kenya) at 2.3-2.4Myr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 49 (2), pp.230-240. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of early Homo in the Nachukui Formation (West Turkana, Kenya) at 2.3-2.4Myr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 49 (2), pp.230-240. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04379958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First occurrence of early Homo in the Nachukui Formation (West Turkana, Kenya) at 2.3-2.4 Myr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Alix J-A Barrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Bohn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 49 (2), pp.230-240. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2005.03.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00112900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la formation de Nachukui, Ouest-Turkana, Kenya : bilan synthétique 1997–2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (8), pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la Formation de Nachukui (Ouest Turkana, Kenya) : bilan préliminaire 1996-2000</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2, pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00134898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la formation de Nachukui, Ouest-Turkana, Kenya : bilan synthétique 1997–2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (8), pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sites archéologiques plio-pléistocènes de la formation de Nachukui, Ouest-Turkana, Kenya : bilan synthétique 1997–2001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (8), pp.663-673. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2003.06.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Oldowan: The Early Stone Age from 2.3 to 2.0 Ma at the Nasura site complex, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Paleoanthropology Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Los Angeles, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Evidence for Prepared Core Technology at the 760Kyr site of Nadung’a 13, West Turkana (Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Thabard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th European Society for Human Evolution (ESHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Zagreb, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Missing Oldowan at Nasura, West Turkana: a Case Study in Non-Human Primate Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evan Wilson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes de l’Argon-Argon et de corrélation stratigraphique séquentielle au service de la datation des plus anciens fossiles de la lignée humaine et des premiers outils lithiques du Pliocène (Bassin du Turkana, Rift est-africain)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candice Rey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brilliant Mwendwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Datations « absolues » en archéologie : 8e séminaire scientifique et technique de l’Inrap</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lucile Beck; Marc Bouiron; Carine Carpentier; Richard Cottiaux; Emmanuelle Delqué-Količ; Sophie Féret, Dec 2024, Orsay, France. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34692/3f87-9r51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04904555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethnography and deep time archaeology: a reevaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th Annual Meeting of the European Association of Archaeologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hominin cognition and behavioural evolution in the later Acheulean (~750 Kyr) at the Nadung’a site complex (West Turkana, Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Biennial Meeting of the Eastern African Association of Palaeoanthropology and Paleontology (EAAPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Arusha, Tanzania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity analysis to morphological changes of the shoulder joint: application to percussion gestures during oldowan debitage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Blasi-Toccacceli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Hugheville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Virtual conference for women archeologists and palaeontologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Paris, France. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.60527/5xzr-mr56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New evidence for the emergence of early Acheulean Technology at Kokiselei 6 in West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilary Duke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the Study of Human Evolution (ESHE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Virtual Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Humans: the legacy of tool making 3.3 million years ago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Pontifical Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vatican, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the root of human origins: mammalian and pedogenic carbonate isotopic evidence for Mid- Pliocene Warm Period, Turkana Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the International Union for Quaternary Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental changes at the root of human origins: mammalian and pedogenic carbonate isotopic evidence for the Mid-Pliocene Warm Period in the Turkana Basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E. Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intern. Congr. INQUA Dublin, 25th-31st, July 2019, Commission Human &amp; Biosphere : session Plio-Pleistocene environmental change and human origins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokiselei 5, Formation de Nachukui, West Turkana (Kenya) : un témoignage de la variabilité ou de l'évolution des comportements techniques au Pléistocène ancien ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du XIVème Congrès UISPP, Université de Liège, belgique, 2-8 septembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, Liège, Belgium. pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04380274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KS5, a transition site between the oldowan (KS1) and the early acheulean (KS4) from Kokiselei site complex (West Turkana, Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoanthropology Society Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00140264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plio-Pleistocene Hominids and Paleoenvironments from the Nachukui Formation (West Turkana, Kenya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Delagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig S. Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international en hommage à H.Faure «Quaternaire et Changements Globaux: Bilans et Perspectives »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00140269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaping Hominin Cognition: A comparative three-dimensional shape analysis of LCTs and cores from the Early Acheulean at Kokiselei 4, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilary Duke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Riddle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84th annual meeting of the Society for American Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Albuquerque (NM), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing the methodological utility of trace element analysis for detetecting dietary differences in fossil fauna from Turkana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ryder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhonda L. Quinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philip Brugal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paleoanthropology Society 2018 Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Austin, TX, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01783568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Humans: the legacy of tool making 3.3 million years ago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Colloque de l’Académie Pontificale des Sciences « Who was who, and who did what, where and when? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS Editions, pp.139-151, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary approach to percussive technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomos Proffitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference, Institute of Archaeology, University College London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23 (6), pp.205-206, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chipping away. An early toolkit emerges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural History Magazine, Special Issue: Human Origins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.27-29, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djibouti. Des Paysages & des Hommes. Regards sur le patrimoine archéologique du Lac Abhé. Préface d’Yves Coppens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessie Cauliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gutherz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Alarashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bruxelles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Coudert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CERD Centre d'Etudes et de Recherches. Editions du CERD, 215 p., 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pleistocene Archaeology of the Republic of Djibouti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wright, D.K.; Wilkins J.; Bouzouggar A.; Olszewski D.I., Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa: Hominin Behavior, Geography, and Chronology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.159-176, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">World's expert Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Sergio Almécija. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HUMANS: Perspectives on Our Evolution from World Experts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Columbia University Press, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The earliest Acheulean at Kokiselei 4, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wright D.K.; Wilkins J.; Bouzouggar A.; Olszewski D.I Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa: Hominin Behavior, Geography, and Chronology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.595-606, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early Oldowan at Lokalalei, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wilkins J.; Bouzouggar A.; Olszewski D.I. Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.623-633, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer autrement les migrations des premiers Hommes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stéphane Blanc; Mokrane Bouzeghoub; Martina Knoop. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité. Voyages au-delà des disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CNRS Editions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.120-127, 2023, 9782271139832</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04022084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les outils parlent du savoir de nos ancêtres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Daver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boisserie J.-R.; Prat S.; Tiberi C. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Rift Africain - à la confluence des temps</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cherche-Midi; CNRS, pp.42-43, 2023, 978-2-7491-7814-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04503597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The world’s oldest stone tools at Lomekwi 3, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Beyin A.; Wright D.K.; Wilkins J.; Bouzouggar A; Olszewski D.I. Eds. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Pleistocene Archaeology of Africa: Hominin Behavior, Geography, and Chronology.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.635-649, 2023, 978-3-031-20289-6. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-20290-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04805006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Hominins in East Africa: Territory, Mobility, and Technology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Averbouh, A.; Goutas, N.; Méry, S. (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nomad lives. From Prehistoric Times to the Present Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Publications Scientifiques du Museum, pp.263-277, 2022, 978-2-85653-966-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04804906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Becoming Humans: the legacy of tool making 3.3 million years ago.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un bouquet d’ancêtres. Premiers humains : qui était qui, qui a fait quoi, où et quand ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Pontificale des Sciences, pp.139-151, 2021, 2271137578</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les plus vieux outils du monde et l’évolution des Hominines (Australopithèques, Kenyanthropes et Homo habilis).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dir. J-P. Demoule, D. Garcia, A. Schapp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une Histoire des Civilisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions La Découverte, Dominique Carré éditeur, INRAP, pp.88-93, 2018, 9782707188786</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04809402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for stone tools older than 2.6 Ma: how do we know what we are looking for?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason E. Lewis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Brenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J Lepre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Society for the study of Human Evolution (ESHE) : 3rd Annual Meeting : Vienna, Austria, 19-21 September, 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Society for the study of Human Evolution, pp.107, 2013, Proceedings of the European Society for the study of Human Evolution, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in raw material selectivity at the late Pliocene sites of Lokalalei, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In: Hovers, E., Braun, D. (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Approaches to the Oldowan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vertebrate Paleobiology and Paleoanthropology Book Series, Springer, pp. 85-97, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raw material and economic behaviours at Oldowan and Acheulean sites in the West Turkana region, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In: Adams, B., Blades, B. (Eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lithic Materials and Paleolithic Societies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley-Blackwell, pp.3-14, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in Raw Material Selectivity at the Late Pliocene sites of Lokalalei, West Turkana, Kenya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interdisciplinary Approaches to the Oldowan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Netherlands, pp.85-97, 2009, Vertebrate Paleobiology and Paleoanthropology, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-9060-8_8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokiselei 5, formation de Nachukui, West Turkana (Kenya) : Un témoignage de la variabilité ou de l'évolution des comportements techniques au Pléistocène ancien ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Maret, Els Cornelissen et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Section 15 : Préhistoire en Afrique : sessions générales et posters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1522, Archaeopress, pp.11-22, 2006, BAR International Series</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00140303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kokiselei 5, formation de Nachukui, West Turkana (Kenya) : un témoignage de la variabilité ou de l'évolution des comportements techniques au pléistocène ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Texier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">s.n. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sessions générales et posters : actes du XIVème Congrès UISPP, Université de Liège, Belgique, 2-8 septembre 2001, section 15 : préhistoire en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archaeopress, pp.11-22, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00211760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude techno-économique du niveau paléolithique moyen d'un gisement du sud-ouest de la France: Trélissac (Dordogne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des comportements techniques dans la préhistoire : Table ronde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N° 20, xxx, pp.147-175, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00143252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lake-level changes and hominin occupations in the arid Turkana Basin during volcanic closure of the Omo River outflows to the Indian Ocean – Response to comments by Schuster and Nutz, Quaternary Research 92(2), pp. 598–600 – ERRATUM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Boës</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Prat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arrighi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Craig Feibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bereket Haileab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, pp.214-216. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/qua.2019.75⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matières premières lithiques et comportements techno-économiques des homininés Plio-Pléistocènes du Turkana Occidental, Kenya.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Harmand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Paris X-Nanterre, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04809169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId205"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406726v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Plummer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harmand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma M Finestone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan P. Wilson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-anthro-071923-" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04703486v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bo&#235;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Van Bocxlaer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Feibel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lewis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103466" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762772v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Arroyo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103398" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804862v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Berhensmeyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cerling" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gathogo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fortelius" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21947" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481783v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Behrensmeyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thure Cerling" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Fortelius" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gathogo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809331v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rowan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Edome Akwee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Henkes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21933" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809283v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Duke" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.103061" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389800v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Macchi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hugheville" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2020.1044" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808853v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda Quinn" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lepre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Trifonov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2020.110074" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235612v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Blasi-Toccacceli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.6945" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017475v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda L Quinn" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Lepre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Arroyo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Taylor" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105238" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02402054v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/21915784-20190007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173258v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bereket Haileab" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2018.118" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090271v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E Lewis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2019.37" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809135v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio de La Torre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harmand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781531v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-018-9283-5" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548539v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E. Lewis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2015.0233" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529055v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin T. Uno" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratigya J. Polissar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Kahle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2015.0235" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379924v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S Feibel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14464" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548575v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomos Proffitt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21431" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2EC1C68AF66689FA6018F149C8A9EECFAC13E0B4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120713v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lorokody" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lewis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Harmand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529118v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda L. Quinn" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Lepre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S. Feibel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Wright" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Mortlock" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2013.04.002" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2BRP0B32-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481777v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Kent" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10372" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648859v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Kent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481799v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Tiercelin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schuster" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brugal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thuo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2010.04.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J9PGZQP8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380331v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481829v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Degusta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Slimak" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Melillo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2009.01.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0378C29X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808872v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110608v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delagnes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2006.03.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LH06C2B5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379958v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alix Barrat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bohn" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2005.03.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481812v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112900v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alix J-A Barrat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481817v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2003.06.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNH43ZTW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134898v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808954v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380091v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809482v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Wilson" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809464v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809474v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04904555v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Rey" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brilliant Mwendwa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/3f87-9r51" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809448v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809546v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809625v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/5xzr-mr56" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809636v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809663v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809643v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639003v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380274v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Texier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140264v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140269v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809732v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fox" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riddle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783568v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ryder" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809269v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809433v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809417v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381725v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gutherz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alarashi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coudert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805040v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-20290-2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804967v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804990v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022084v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/l-interdisciplinarite/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804826v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503597v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805006v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804906v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481995v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809402v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120656v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808884v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808878v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481843v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9060-8_8" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140303v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211760v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00143252v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03225083v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2019.75" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04809169v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406726v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Plummer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harmand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma M Finestone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan P. Wilson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-anthro-071923-" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04703486v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bo&#235;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Van Bocxlaer" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Feibel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Lewis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103466" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762772v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Arroyo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2023.103398" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804862v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Berhensmeyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cerling" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gathogo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fortelius" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21947" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481783v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Behrensmeyer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thure Cerling" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Fortelius" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gathogo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809331v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Rowan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Edome Akwee" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Henkes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21933" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809283v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Duke" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.103061" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389800v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Macchi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Daver" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Hugheville" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsif.2020.1044" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808853v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda Quinn" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philip Brugal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Lepre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Trifonov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2020.110074" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235612v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Blasi-Toccacceli" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.6945" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03017475v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda L Quinn" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Lepre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808769v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Arroyo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Taylor" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2020.105238" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02402054v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/21915784-20190007" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090271v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arrighi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E Lewis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2019.37" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173258v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bereket Haileab" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2018.118" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809135v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio de La Torre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Harmand" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781531v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-018-9283-5" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548539v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E. Lewis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2015.0233" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529055v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin T. Uno" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pratigya J. Polissar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Kahle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2015.0235" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379924v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S Feibel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14464" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01548575v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomos Proffitt" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.21431" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2EC1C68AF66689FA6018F149C8A9EECFAC13E0B4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120713v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lorokody" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lewis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Harmand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01529118v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda L. Quinn" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Lepre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S. Feibel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D. Wright" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A. Mortlock" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2013.04.002" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2BRP0B32-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648859v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.V. Kent" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10372" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481777v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Kent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481799v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Tiercelin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schuster" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Brugal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Thuo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jafrearsci.2010.04.002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J9PGZQP8-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380331v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481829v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Degusta" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Slimak" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Melillo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2009.01.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0378C29X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808872v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00110608v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Delagnes" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lenoble" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaa.2006.03.002" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LH06C2B5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481812v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alix Barrat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Bohn" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2005.03.009" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379958v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112900v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alix J-A Barrat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481817v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2003.06.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GNH43ZTW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00134898v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808954v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380091v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809482v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Wilson" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809464v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thabard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809474v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04904555v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Rey" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brilliant Mwendwa" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/3f87-9r51" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809448v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809546v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809625v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60527/5xzr-mr56" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809636v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809643v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809663v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02639003v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380274v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Texier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140264v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140269v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809732v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fox" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riddle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783568v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ryder" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809269v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809433v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809417v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381725v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Cauliez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gutherz" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Alarashi" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruxelles" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coudert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805040v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-20290-2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804826v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804967v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804990v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022084v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/l-interdisciplinarite/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503597v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805006v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804906v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481995v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809402v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120656v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808884v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808878v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481843v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-9060-8_8" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00140303v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00211760v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00143252v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03225083v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qua.2019.75" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04809169v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>