--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -3010,51 +3010,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02309603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (4)</w:t>
+        <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3288,279 +3288,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04930813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis de l'ANSES relatif à l’évaluation du risque de la fraction nanométrique de l’additif alimentaire E171</w:t>
+                <w:t xml:space="preserve">Avis de l'Anses relatif à la teneur maximale en cadmium pour les algues destinées à l'alimentation humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Le Bizec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Nesslany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Tack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claude Atgié</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Atgie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Marie Badot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Saisine 2023-SA-0143, ANSES. 2022, 115 p</w:t>
+              <w:t xml:space="preserve">[0] Saisine n° 2017-SA-0070, Anses. 2020, 61 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...120 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-03345144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId133"/>
+      <w:footerReference w:type="default" r:id="rId132"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3707,51 +3585,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905888v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Karlsen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Khier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fabre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marchionni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp4.13306" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225568v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna H-X. P. Chan Kwong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Harnichard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Ait-Oudhia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-025-09991-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492166v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Ben Hassine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Seydoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Daali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Medinger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtct.2023.12.003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Abla" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Claire Marrast" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jambert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Richardson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Duparc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-024-05112-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100629v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Barakat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lore Santoro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Vivien" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Kotzki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Deshayes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13318-023-00829-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289470v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Decrocq-Rudler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Meunier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fraisse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ursic-Bedoya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000867" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869694v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna H.-X. P. Chan Kwong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa a M Calvier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gattacceca" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-020-09695-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vincent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Nolain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Menac&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000702" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02307941v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lohan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/fsoa-2017-0140" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02307947v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Djebli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Coutant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tavernier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fabre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13318-016-0319-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02316320v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Courbet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Constant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Larroque" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pugni&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0182022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309820v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Martinez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Brunet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-016-0505-1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309713v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigemichi Morita" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rauch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-014-9356-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827691v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia El Messaoudi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fasebj.27.1_supplement.lb584" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309688v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bressolle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rochette" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. M Kinowski" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dadure" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aer001" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309670v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lafaille" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Deleuze-Masqu&#233;fa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/dmd.110.034579" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309653v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Moarbess" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Margout" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2009.10.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309640v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge David" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Paniagua-Gayraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2009.02.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309624v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Solassol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.200800668" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309679v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ouaki" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aen405" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310075v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Samalin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thezenas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Delord" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Italiano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Smith" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdv233.161" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309603v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Messaoudi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lafaille" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bec" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Solassol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-4551(15)31022-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082034v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Atgi&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yasmine Dechraoui Bottein" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04930813v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nesslany" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tack" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04930523v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03345144v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Atgie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Badot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905888v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Karlsen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Khier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fabre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marchionni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Az&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp4.13306" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225568v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna H-X. P. Chan Kwong" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Harnichard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Ait-Oudhia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-025-09991-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492166v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Ben Hassine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Seydoux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Daali" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Medinger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtct.2023.12.003" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840606v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Abla" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Claire Marrast" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jambert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi Richardson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Duparc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-024-05112-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100629v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Barakat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lore Santoro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myrtille Vivien" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Kotzki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Deshayes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13318-023-00829-5" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289470v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Decrocq-Rudler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Meunier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fraisse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ursic-Bedoya" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000867" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869694v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna H.-X. P. Chan Kwong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa a M Calvier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gattacceca" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-020-09695-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vincent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mathieu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Nolain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Menac&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000702" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02307941v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lohan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/fsoa-2017-0140" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02307947v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Djebli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Coutant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Tavernier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Fabre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13318-016-0319-4" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02316320v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Courbet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Constant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Larroque" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Pugni&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0182022" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309820v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Martinez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Brunet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40262-016-0505-1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309713v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigemichi Morita" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rauch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10928-014-9356-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827691v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia El Messaoudi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fasebj.27.1_supplement.lb584" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309688v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bressolle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rochette" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. M Kinowski" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dadure" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aer001" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309670v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lafaille" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Deleuze-Masqu&#233;fa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/dmd.110.034579" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309653v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Moarbess" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Margout" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2009.10.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309640v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge David" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Paniagua-Gayraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2009.02.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309624v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Solassol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jssc.200800668" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309679v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ouaki" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bja/aen405" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02310075v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Samalin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thezenas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Delord" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Italiano" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Smith" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdv233.161" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309603v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Messaoudi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lafaille" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bec" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Solassol" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-4551(15)31022-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082034v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Bizec" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Makowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Atgi&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yasmine Dechraoui Bottein" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04930813v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Nesslany" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tack" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03345144v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Atgie" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marie Badot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>