--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -84,1998 +84,2002 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergency cancer diagnosis in Paris: A cross‐sectional study using AP‐HP data</w:t>
+                <w:t xml:space="preserve">A Comprehensive Assessment of Cancer Patient Performance Status Documentation in a Large, Multicentre Hospital System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew E Barclay</w:t>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ariel Cohen</w:t>
+                <w:t xml:space="preserve">Mohamed El Mejdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Verdoux</w:t>
+                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
+                <w:t xml:space="preserve">Matthew Barclay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Evaluation in Clinical Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 32 (2), pp.e70411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ijc.70056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jep.70411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05220927v1</w:t>
+                <w:t xml:space="preserve">hal-05553450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where have my patients gone?': A simulation study on real-world data processing in Clinical Data Warehouses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emergency cancer diagnosis in Paris: A cross‐sectional study using AP‐HP data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew E Barclay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariel Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Policy and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13 (3), pp.100893. </w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.hlpt.2024.100893⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ijc.70056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04674559v1</w:t>
+                <w:t xml:space="preserve">hal-05220927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the Sars-Cov-2 outbreak on the initial clinical presentation of new solid cancer diagnoses: a systematic review and meta-analysis</w:t>
+                <w:t xml:space="preserve">Prevalence and risks of intravenous chemotherapy-induced severe neutropenia in solid cancers: a multicenter retrospective cohort study on real-life data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Marty</w:t>
+                <w:t xml:space="preserve">Olivia Rohr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Guével</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+                <w:t xml:space="preserve">Samy Babai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Gallien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12885-023-11795-1⟩</w:t>
+              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 32 (10), pp.657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00520-024-08817-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425493v1</w:t>
+                <w:t xml:space="preserve">hal-04697901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barriers encountered with clinical data warehouses: Recommendations from a focus group</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of the Sars-Cov-2 outbreak on the initial clinical presentation of new solid cancer diagnoses: a systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Popoff</w:t>
+                <w:t xml:space="preserve">Simon Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Delange</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Chazard</w:t>
+                <w:t xml:space="preserve">Etienne Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2024.108404⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-023-11795-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692574v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The More, the Better? Modalities of Metastatic Status Extraction on Free Medical Reports Based on Natural Language Processing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Where have my patients gone?': A simulation study on real-world data processing in Clinical Data Warehouses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Etienne Guével</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCO Clinical Cancer Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1200/CCI.24.00026⟩</w:t>
+              <w:t xml:space="preserve">Health Policy and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (3), pp.100893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.hlpt.2024.100893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04692581v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hospital end-of-life care aggressiveness in adult solid tumour patients pre and post COVID-19: retrospective multicentre cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Barriers encountered with clinical data warehouses: Recommendations from a focus group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tanya Cassam Chenai</w:t>
+                <w:t xml:space="preserve">Benjamin Popoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed El Mejdani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+                <w:t xml:space="preserve">Boris Delange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Doutreligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Palliative and supportive care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/spcare-2024-004888⟩</w:t>
+              <w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 256, pp.108404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmpb.2024.108404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04524336v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Goldmine” or “big mess”? An interview study on the challenges of designing, operating, and ensuring the durability of Clinical Data Warehouses in France and Belgium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The More, the Better? Modalities of Metastatic Status Extraction on Free Medical Reports Based on Natural Language Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marija Jankovic</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ariel Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akram Redjdal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jamia/ocae244⟩</w:t>
+              <w:t xml:space="preserve">JCO Clinical Cancer Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8, pp.e2400026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1200/CCI.24.00026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697903v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence and risks of intravenous chemotherapy-induced severe neutropenia in solid cancers: a multicenter retrospective cohort study on real-life data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivia Rohr</w:t>
+                <w:t xml:space="preserve">Hospital end-of-life care aggressiveness in adult solid tumour patients pre and post COVID-19: retrospective multicentre cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanya Cassam Chenai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Mejdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariel Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chatellier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Gallien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Supportive Care in Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00520-024-08817-4⟩</w:t>
+              <w:t xml:space="preserve">BMJ Palliative and supportive care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/spcare-2024-004888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04697901v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04524336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No changes in clinical presentation, treatment strategies and survival of pancreatic cancer cases during the SARS‐COV‐2 outbreak: A retrospective multicenter cohort study on real‐world data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">“Goldmine” or “big mess”? An interview study on the challenges of designing, operating, and ensuring the durability of Clinical Data Warehouses in France and Belgium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 153 (12), pp.1988-1996. </w:t>
+              <w:t xml:space="preserve">Journal of the American Medical Informatics Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (11), pp.2699-2707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ijc.34675⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jamia/ocae244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04189069v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04697903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the COVID-19 pandemic on clinical presentation, treatments, and outcomes of new breast cancer patients: A retrospective multicenter cohort study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">No changes in clinical presentation, treatment strategies and survival of pancreatic cancer cases during the SARS‐COV‐2 outbreak: A retrospective multicenter cohort study on real‐world data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Guével</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cam4.6637⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 153 (12), pp.1988-1996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.34675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04267498v1</w:t>
+                <w:t xml:space="preserve">hal-04189069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Natural Language Processing Model for deriving breast cancer quality indicators : A cross-sectional, multicenter study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Impact of the COVID-19 pandemic on clinical presentation, treatments, and outcomes of new breast cancer patients: A retrospective multicenter cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Wassermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.102189⟩</w:t>
+              <w:t xml:space="preserve">Cancer Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (22), pp.20918-20929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cam4.6637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288208v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04267498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of two waves of Sars‐Cov2 outbreak on the number, clinical presentation, care trajectories and survival of patients newly referred for a colorectal cancer: A French multicentric cohort study from a large group of University hospitals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+                <w:t xml:space="preserve">Development of a Natural Language Processing Model for deriving breast cancer quality indicators : A cross-sectional, multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ali Bellamine</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.33928⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 71 (6), pp.102189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.102189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03519085v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the SARS-CoV-2 outbreak on management and prognosis of new lung cancer cases, a retrospective multicenter real-life cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of two waves of Sars‐Cov2 outbreak on the number, clinical presentation, care trajectories and survival of patients newly referred for a colorectal cancer: A French multicentric cohort study from a large group of University hospitals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerard Zalcman</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Romain Bey</w:t>
+                <w:t xml:space="preserve">Ali Bellamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2022.06.018⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 150 (10), pp.1609-1618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.33928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03705935v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the COVID-19 pandemic on colorectal cancer care in France</w:t>
+                <w:t xml:space="preserve">Influence of the SARS-CoV-2 outbreak on management and prognosis of new lung cancer cases, a retrospective multicenter real-life cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Zalcman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Tournigand</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie Wislez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Gastroenterology &amp; Hepatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (5), pp.342 - 343. </w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 173, pp.33-40. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S2468-1253(21)00095-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2022.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197455v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03705935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New cancer cases at the time of SARS-Cov2 pandemic and related public health policies: A persistent and concerning decrease long after the end of national lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Layese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 150, pp.260-267. </w:t>
@@ -2107,155 +2111,285 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Effect of the COVID-19 pandemic on colorectal cancer care in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tournigand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Gastroenterology &amp; Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (5), pp.342 - 343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2468-1253(21)00095-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03197455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clinical Relevance of Pharmacist Intervention: Development of a Named Entity Recognition Model on Unstructured Comments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Clarenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Alixe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Studies in Health Technology and Informatics, 281, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/SHTI210210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04813119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2265,1174 +2399,1174 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In conferences, everyone goes 'health data is the future' &amp;quot;: an interview study on challenges in re-using EHR data for research in Clinical Data Warehouses.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMIA Annual Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, San Francisco, USA, France. pp.579-588</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05364896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la COVID-19 sur la prise en charge des patients atteints de cancer en fin de vie à l'AP-HP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Mejdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Cassam Chenai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France. pp.202208, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04504381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration des critères histopronostiques tumoraux par traitement automatique du langage naturel - Une comparaison entre apprentissage machine et règles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Kempf</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Dura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Calderaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Brones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France. pp.202301, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05331993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1690O Impact of the SARS-CoV-2 outbreak on the initial clinical presentation of new solid cancer diagnoses: A systematic review and meta-analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Marty</w:t>
+                <w:t xml:space="preserve">Why Are Data Missing in Clinical Data Warehouses? A Simulation Study of How Data Are Processed (and Can Be Lost)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Priou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lamé</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">G. Chatellier</w:t>
+                <w:t xml:space="preserve">Gilles Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESMO 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. pp.S925, </w:t>
+              <w:t xml:space="preserve">Medical Informatics Europe 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Gothenburg, Sweden. pp.202-206, </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.2644⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/shti230103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04253195v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“In conferences, everyone goes ‘health data is the future’ ”: an interview study on challenges in re-using EHR data for research in Clinical Data Warehouses</w:t>
+                <w:t xml:space="preserve">Valeur ajoutée des algorithmes de traitement automatique du langage: exemple de la prise en charge du cancer du pancréas à l'Assistance publique-Hôpitaux de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Flicoteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Chatellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMIA 2023 Annual Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès national Emois 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Nancy, France. pp.101464, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.101464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04285545v1</w:t>
+                <w:t xml:space="preserve">hal-04013109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why Are Data Missing in Clinical Data Warehouses? A Simulation Study of How Data Are Processed (and Can Be Lost)</w:t>
+                <w:t xml:space="preserve">“In conferences, everyone goes ‘health data is the future’ ”: an interview study on challenges in re-using EHR data for research in Clinical Data Warehouses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Informatics Europe 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AMIA 2023 Annual Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, New Orleans (LA), United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04102386v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04285545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeur ajoutée des algorithmes de traitement automatique du langage: exemple de la prise en charge du cancer du pancréas à l'Assistance publique-Hôpitaux de Paris</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">1690O Impact of the SARS-CoV-2 outbreak on the initial clinical presentation of new solid cancer diagnoses: A systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès national Emois 2023</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2023.101464⟩</w:t>
+              <w:t xml:space="preserve">ESMO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. pp.S925, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.2644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04013109v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation du traitement automatique du langage pour le calcul et le suivi d'indicateurs de qualité de la prise en charge du cancer du sein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tournigand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès national Emois 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Nancy, France. pp.101468, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.respe.2023.101468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04013120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences de la crise Covid-19 en oncologie médicale : promesses, réalisations et défis d'un entrepôt de données de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GISEH2022 - 11e Conférence Francophone en Gestion et Ingénierie des Systèmes Hospitaliers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03784013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3442,848 +3576,848 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Tous les congrès où l'on va, on dit que ‘les données de santé, c'est l'avenir’ » : étude par entretiens des défis de la réutilisation des données de santé</w:t>
+                <w:t xml:space="preserve">1590P Prevalence and impact on survival of presentation to the emergency room of cancer patients: A retrospective study on real-life data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barclay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Flicoteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès EMOIS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202307⟩</w:t>
+              <w:t xml:space="preserve">ESMO2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Barcelona, Spain. Annals of Oncology, 35 (S2), pp.S958, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annonc.2024.08.1652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504362v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1590P Prevalence and impact on survival of presentation to the emergency room of cancer patients: A retrospective study on real-life data</w:t>
+                <w:t xml:space="preserve">« Tous les congrès où l'on va, on dit que ‘les données de santé, c'est l'avenir’ » : étude par entretiens des défis de la réutilisation des données de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lamé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kempf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESMO2024</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.annonc.2024.08.1652⟩</w:t>
+              <w:t xml:space="preserve">Congrès EMOIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Lille, France. Journal of Epidemiology and Population Health, 72 (Supp 1), pp.202307, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707514v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et caractérisation des patients pris en charge à l'AP-HP pour deux cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Demeure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès EMOIS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France. Journal of Epidemiology and Population Health, 72 (Suppl 1), pp.202308, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04504369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">463P Impact of two waves of Sars-Cov-2 outbreak on the clinical presentation and outcomes of newly referred breast cancer cases at AP-HP: A retrospective multicenter cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">2080P Incidence and risks of intravenous chemotherapy-induced neutropenia (ICIN) in oncology: A multicenter retrospective cohort study on real-life data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rohr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Bey</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Chatelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Babai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. 34 (S2), pp.S376, 2023, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. Annals of Oncology, 34 (S2), pp.S1094-S1095, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.639⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04253192v1</w:t>
+                <w:t xml:space="preserve">hal-04253191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2080P Incidence and risks of intravenous chemotherapy-induced neutropenia (ICIN) in oncology: A multicenter retrospective cohort study on real-life data</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">463P Impact of two waves of Sars-Cov-2 outbreak on the clinical presentation and outcomes of newly referred breast cancer cases at AP-HP: A retrospective multicenter cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lamé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. Babai</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Wassermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. Annals of Oncology, 34 (S2), pp.S1094-S1095, 2023, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Oct 2023, Madrid, Spain. 34 (S2), pp.S376, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.annonc.2023.09.862⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04253191v1</w:t>
+                <w:t xml:space="preserve">hal-04253192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical Relevance of Pharmacist Intervention: Development of a Named Entity Recognition Model on Unstructured Comments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Clarenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Alixe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Mongaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Public Health and Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IOS Press, 2021, Studies in Health Technology and Informatics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/SHTI210210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03591786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4293,105 +4427,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A method to reconstruct patient patway based upon electronic health records (EHR)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Priou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03547248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId123"/>
+      <w:footerReference w:type="default" r:id="rId126"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4538,51 +4672,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220927v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew E Barclay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Cohen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Priou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verdoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flicoteaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.70056" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674559v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kempf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hlpt.2024.100893" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425493v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Marty" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gu&#233;vel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-023-11795-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692574v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lamer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Popoff" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Delange" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Doutreligne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chazard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2024.108404" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692581v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Redjdal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/CCI.24.00026" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524336v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Cassam Chenai" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mejdani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/spcare-2024-004888" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697903v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jamia/ocae244" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697901v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Rohr" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Babai" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gallien" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-024-08817-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189069v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laurent" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34675" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267498v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Wassermann" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bey" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.6637" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288208v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.102189" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519085v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Daniel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bellamine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33928" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705935v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Zalcman" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Wislez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2022.06.018" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197455v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tournigand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(21)00095-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172913v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Layese" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2021.02.015" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813119v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Clarenne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Alixe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI210210" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364896v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lame" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504381v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cohen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Mejdani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cassam Chenai" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Priou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202208" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331993v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kempf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dura" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Calderaro" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brones" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202301" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253195v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marty" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gu&#233;vel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatellier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.2644" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285545v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102386v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230103" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013109v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flicoteaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101464" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013120v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101468" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784013v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504362v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jankovic" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202307" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707514v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barclay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdoux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2024.08.1652" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504369v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Demeure" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202308" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253192v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wassermann" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.639" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253191v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rohr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatelier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Babai" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.862" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03591786v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547248v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553450v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lam&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Mejdani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Priou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flicoteaux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Barclay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.70411" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220927v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew E Barclay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Cohen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verdoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.70056" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697901v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Rohr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chatellier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Babai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gallien" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-024-08817-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425493v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Marty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gu&#233;vel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-023-11795-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674559v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kempf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hlpt.2024.100893" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692574v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lamer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Popoff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Delange" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Doutreligne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chazard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2024.108404" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692581v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram Redjdal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/CCI.24.00026" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524336v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Cassam Chenai" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/spcare-2024-004888" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697903v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jamia/ocae244" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189069v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Laurent" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34675" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267498v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Wassermann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.6637" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288208v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.102189" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519085v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Daniel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Bellamine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33928" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705935v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Zalcman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Wislez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2022.06.018" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172913v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Layese" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2021.02.015" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197455v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tournigand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(21)00095-9" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813119v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Clarenne" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Alixe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mongaret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI210210" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05364896v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lame" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504381v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cohen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Mejdani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cassam Chenai" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Priou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202208" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05331993v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kempf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dura" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Calderaro" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brones" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202301" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102386v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230103" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flicoteaux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gu&#233;vel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatellier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101464" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285545v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253195v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Marty" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.2644" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013120v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2023.101468" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784013v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707514v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barclay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verdoux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2024.08.1652" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504362v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jankovic" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202307" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504369v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Demeure" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202308" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253191v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rohr" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chatelier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Babai" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.862" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253192v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wassermann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2023.09.639" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03591786v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547248v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>