--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sonia Duprey </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de Conférences, Université Claude Bernard LYON 1</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does instrumentation have an effect on the outcome of a bimanual performance assessment in children with cerebral palsy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Combey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Chaleat-Valayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Developmental Disabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 164, pp.105057. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ridd.2025.105057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of instrumented assessments for upper limb function in cerebral palsy: current limitations and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hovannes Agopyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1), pp.56. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12984-024-01353-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting cervico-thoraco-lumbar vertebra positions from cutaneous markers: Combining local frame and postural predictors improves robustness to posture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Agouram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chalamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-B. Pialat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 164, pp.111961. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2024.111961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trunk and glenohumeral joint adaptations to manual wheelchair propulsion over a cross-slope: An exploratory study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Rushton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 111, pp.106167. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2023.106167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying mechanical load at body-seat interface during dynamic activities such as wheelchair propulsion: a scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (5), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17483107.2023.2248184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite Element Model of the Shoulder with Active Rotator Cuff Muscles: Application to Wheelchair Propulsion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (5), pp.1240-1254. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10439-024-03449-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subject-specific model-derived kinematics of the shoulder based on skin markers during arm abduction up to 180° - assessment of 4 gleno-humeral joint models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 136, 18p. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2022.111061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Understanding Age and Sex-Related Differences in the Biomechanics of Road Traffic Associated Injuries Through Population Diversity Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J Lopez-Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mats Y Svensson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.3P. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fbioe.2022.869356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slouched and Erect Sitting Postures Affect Upper Limb Maximum Voluntary Force Levels and Fatiguability: A Randomized Experimental Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Frechede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IISE transactions on occupational ergonomics and human factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (3), pp.142-150. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24725838.2022.2110544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moment arms of the deltoid, infraspinatus and teres minor muscles for movements with high range of motion: A cadaveric study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier St-Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Bertrand-Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 97, pp.105685. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2022.105685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow-Side Kinematics Studies in Violinists: An Experimental Design Tracking Intra- and Inter-Musician Variability by Bow Stroke, String Played, and Tempo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical problems of performing artists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (3), pp.135-142. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21091/mppa.2022.3020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-loop multibody kinematic optimization coupled with double calibration improves scapular kinematic estimates in asymptomatic population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Degot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rogowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126, pp.110653. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2021.110653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case study on the effects of foam and seat pan inclination on the deformation of seated buttocks using MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Capbern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IISE transactions on occupational ergonomics and human factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, p 23-32. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24725838.2021.1984340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distal biceps tendon repair via new knotless endobutton fixation: A biomechanical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rutka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Weppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Lise Gras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shoulder & Elbow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (3), 23p. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1758573219864303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Bow Camber and Mass Distribution on Violinists&apos; Preferences and Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.769831. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.769831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenohumeral joint and muscles functions during a lifting task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126, 27p. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2021.110641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Upper Body Kinematics and Inter-articular Kinematic Sequence During a Canoe Polo Throw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Delavallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Berger-Vachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Collotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3, 10p. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fspor.2021.777410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03551589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of glenohumeral joint muscle insertion on moment arms using a finite element model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (14), pp.1117-1126. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1789606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelvis and femur shape prediction using principal component analysis for body model on seat comfort assessment. Impact on the prediction of the used palpable anatomical landmarks as predictors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge van Sint Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacy Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (8), pp.e0221201. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0221201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element models of the thigh-buttock complex for assessing static sitting discomfort and pressure sore risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (4), pp. 379-388. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2018.1466117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified versus real geometry fingertip models: a finite element study to predict force-displacement response under flat contact compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanics in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (4), 12 p. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0219519418500483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRI-based experimentations of fingertip flat compression: Geometrical measurements and finite element inverse simulations to investigate material property parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp.166-171. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic models of the upper limb joints for multibody kinematics optimisation: An overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Moissenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62, pp. 87-94. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2016.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scapular kinematic reconstruction - segmental optimization, multibody optimization with open-loop or closed-loop chains: which one should be preferred?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (2), pp. 86-94. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23335432.2017.1405741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of various upper limb multibody models on soft tissue artefact correction: A case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Moissenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62, pp.102-109. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.01.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parallel mechanism of the shoulder - application to multi-body optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimad El Habachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multibody System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 33 (4), pp. 439-451. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11044-014-9418-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129014v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tolerance of the human body to automobile collision impact - a systematic review of injury biomechanics research, 1990-2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason L. Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Lopez-Valdez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipan Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo del Pozo de Dios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accident analysis and prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 80, pp.7-17. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aap.2015.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02488916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tolerance of the human body to automobile collision impact - a systematic review of injury biomechanics research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Lopez-Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipan Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo del Pozo de Dios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 80, pp. 7-17. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aap.2015.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Rotations of the Scapula During Arm Abduction: Evaluation of the Acromion Marker Cluster Method in Comparison With a Model-Based Approach Using Biplanar Radiograph Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Billuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sungjin Sah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (5), pp. 396-402. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/jab.2014-0244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01302587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper Limb Kinematics Using Inertial and Magnetic Sensors: Comparison of Sensor-to-Segment Calibrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Claudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (8), pp. 18813-18833. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s150818813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sensitivity analysis of the joint kinematics during gait to the parameters of a lower limb multi-body model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimad El Habachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Moissenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical and Biological Engineering and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (53), pp. 655-667. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11517-015-1269-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental investigation on push force and its perception during a flexible hose insertion task encountered in a truck assembly line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Black</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Roybin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57 (9), pp.1416-1426. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00140139.2014.924575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of joint constraints on lower limb kinematics estimation from skin markers using global optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43 (14), pp. 2858-2862. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2010.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clavicle Fracture Prediction: Simulation of Shoulder Lateral impacts With Geometrically Personalized Finite Elements Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Trauma Injury Infection and Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68 (1), pp. 177-182. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/TA.0b013e318190bf5b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric study of hard tissue injury prediction using finite elements: consideration of geometric complexity, failure theory, sub-failure material properties, thresholding, and element characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arregui-Dalmases</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouardo del Pozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Lopez-Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traffic Injury Prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, 3, pp.286-293. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15389581003709902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical properties of the costovertebral joint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard W. Kent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 32 (2), pp.222-227. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2009.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A constraint-based approach to model the lower limb: preliminary results for running motions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (S1), pp. 105-106. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255840903077352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of geometrical personalization on the simulation of clavicle fractures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 41 (1), pp.200-207. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2007.06.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human shoulder response to side impacts: a finite element study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 10 (5), pp.361-370. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255840701463986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and simulated flexion tests of humerus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Crashworthiness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12 (2), pp.153-158. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13588260701433446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la posture rachidienne sur la cinématique du bras droit du violoniste et sur le son</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Hoegy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of instrumented assessments for upper limb function in cerebral palsy: current limitations and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hovannes Agopyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th Meeting of European Academy of Childhood Disability (EACD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Bruges, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMPACT : Impact de l'instrumentation sur l'évaluation de performance pour une population atteinte de paralysie cérébrale unilatérale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Combey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaïm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sofamea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptations in muscle activation and glenohumeral joint angle during manual wheelchair propulsion over an obstacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Grenoble (France), France. pp.S233-S234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skeletal muscle finite element modeling: adaptation From cardiac tissue activation laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les charges mécaniques : efforts normaux et tangentiels lors de la propulsion en fauteuil roulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème journées positif-mobilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France. 17p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelvis biomechanics during wheelchair propulsion: a state of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cannard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESS 2022, 7th European Seating Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dublin, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of subject-specific model-derived kinematics of the shoulder based on skin markers during arm adduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCB2022, 9th World Congress of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Taipei, Taiwan. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting shear force in wheelchair at body-seat interface with machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SB 2022, 47eme Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Monastir, Tunisia. pp S242-S244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03863463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using external back shape curvature to predict internal vertebrae positions in sitting postures: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmae Agouram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Chalamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pialat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SB 2022, 47eme Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Monastir, Tunisia. pp S293-S294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation écologique des forces au niveau de l'assise : création d'un nouvel outil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales de l'Escarre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nantes, France. 20p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A slouched or erect spinal posture modifies upper limb Kimenatics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Frechede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESB 2022, 27th Congress of the European Society of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Porto, Portugal. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03742021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des efforts tangentiels à l'interface homme-siège avec Machine Learning pour une application en fauteuil roulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ciancia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème congrès de la société française de médecine physique et de réadaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Rennes, France. 14p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03936042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical joint power analysis to identify the different Glenohumeral degrees of freedom functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSB-SCB 2020/21, 21st Biennial Meeting of the Canadian Society for Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, MONTREAL, Canada. p74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Preliminary Study on the Effects of Foam and Seat Pan Inclination on the Deformation of the Seated Buttocks Using MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEA 2021, 21st Congress of the International Ergonomics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En distanciel, France. p 434-438, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-74614-8_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element models to assess static sitting discomfort - Numerical simulations to investigate the modeling options from the literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cotton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46ème Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Saint Etienne, France. pp S254-S255, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03599348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Posture (slouched versus erect sitting) affects upper limb maximal voluntary contraction levels: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Frechede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISB&amp;apos;21, XXVIII Congress of the International Society of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Stockholm, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow influence on violinist performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FA 2020, Forum Acusticum 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. 4p, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow influence on violinist gestures: upper arm angles and shoulder muscle activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FA2020, Forum Acusticum 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. 3p, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow camber and mass distribution: violinist&apos;s preferences and sound descriptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44eme Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Poitiers, France. 4p, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of pressure mat studies of saddle fitting to the horse&apos;s back</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Desbrosses-Deleage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Congress of the Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Poitiers, France. pp S278-S280, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of a shoulder finite element model to predict muscle trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CMBBE 2019 Conference, 16th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, New-York, United States. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematics of the bow arm of violinists: effect of tempo, string played and play style and their interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoulder joints angles estimation using inertial sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terence Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI Conference of the International Society of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, BRISBANE, Australia. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01770136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric model of the thigh-buttock complex for developing FE model to estimate seat pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Digital Human Modeling Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, BONN, Germany. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscular activity variations of the right bowing arm of the violin player</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ième congrès de la Sociéte de Biomécanique francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Reims, France. pp. 71-72, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2017.1382866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hand position estimation using inertial sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Scientific Conference on the Prevention of Work-Related Musculoskeletal Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, TORONTO, Canada. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human fingertip finite element models: towards a set of parameters for a hyperelastic law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Congress of the European Society of Biomechanics (ESB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, LYON, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling rigid multi-body and deformable finite element human models for assessing seat discomfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Digital Human Modeling conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, MONTREAL, Canada. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element model for seat discomfort assessment: a parametric study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Congress of the European Society of Biomechanics (ESB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, LYON, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper limb kinematics and inertial sensors: which calibration for the best accuracy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXV Congress of the International Society of Biomechanics (ISB 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, GLASGOW, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscle force prediction: can we rely on musculoskeletal model estimations? A case study on push force exertions with the upper limb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Black</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème congrès de la Sociéte de Biomécanique francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, PARIS, France. pp. 1934-1935, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1069575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of functional calibration for estimating elbow joint angles using magneto-inertial sensors: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Valenciennes, France. pp.108-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fingertip finite element modelling–on choosing the right material property</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Micaelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Valenciennes, France. pp.30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the impact of geometry on global mechanical response of an isotropic hyperelastic fingertip model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Micaelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Computational Mechanics XI, IACM - ECCOMAS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, BARCELONE, Spain. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sensitivity analysis of the kinematics obtained with a multi-body optimisation using a parallel mechanism of the shoulder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimad Abdeslam El Habachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Marseille, France. pp.61-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing shoulder posture ergonomy thanks to a finite element analysis – Preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Abouelkhair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Toulouse, France. pp.348-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro kinematics of the shoulder: comparison with in vivo data during arm ﬂexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lessley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard W. Kent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Besançon, France. pp.348-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of the human torso to lateral and oblique constant-velocity impacts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Lau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lessley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Las Vegas, United States. pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical response of the clavicle under bending</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Kerrigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Kindig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Cundary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Zama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and computational investigation of human clavicle response in anterior-posterior loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costin D. Untaroiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Kerrigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipan Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zuoping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rocky Mountain Bioengineering Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Denver, United States. pp.6-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of clavicle compression tests with HUMOS clavicle models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyère-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon, France. pp.37-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of clavicle geometry influence during dynamic compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cotton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Munich, Germany. pp.4341, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0021-9290(06)83555-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of shoulder lateral impact with the humos model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thollon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIXeme congrès de la société de biomécanique,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Créteil (France), France. p124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of shoulder lateral impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyère-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thollon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France. pp.124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of instrumented assessments for upper limb function in cerebral palsy: current limitations and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Combey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaïm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th Meeting of European Academy of Childhood Disability (EACD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Bruges, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceeding of the First International Symposium on Digital Human Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Dasilva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Beurier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-2-9539515-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of shoulder response to a lateral impact with the HUMOS model – Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilchrist M. D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUTAM Symposium on Impact Biomechanics: From Fundamental Insights to Applications Solid Mechanics and Its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 124, 2005, Solid Mechanics and Its Applications, 978-1-4020-3795-5. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/1-4020-3796-1_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du corps humain pour une meilleure compréhension de l&apos;apparition de l&apos;inconfort et des pathomécanismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biomécanique [physics.med-ph]. Université Claude Bernard Lyon 1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02316985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId250"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sonia Duprey </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maître de Conférences, Université Claude Bernard LYON 1</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does instrumentation have an effect on the outcome of a bimanual performance assessment in children with cerebral palsy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Combey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Chaleat-Valayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Developmental Disabilities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 164, pp.105057. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ridd.2025.105057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05132253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting cervico-thoraco-lumbar vertebra positions from cutaneous markers: Combining local frame and postural predictors improves robustness to posture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Agouram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chalamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-B. Pialat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 164, pp.111961. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2024.111961⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of instrumented assessments for upper limb function in cerebral palsy: current limitations and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hovannes Agopyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of NeuroEngineering and Rehabilitation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 21 (1), pp.56. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12984-024-01353-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04550732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trunk and glenohumeral joint adaptations to manual wheelchair propulsion over a cross-slope: An exploratory study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paula Rushton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 111, pp.106167. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2023.106167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04387177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying mechanical load at body-seat interface during dynamic activities such as wheelchair propulsion: a scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Disability and Rehabilitation: Assistive Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (5), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17483107.2023.2248184⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite Element Model of the Shoulder with Active Rotator Cuff Muscles: Application to Wheelchair Propulsion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (5), pp.1240-1254. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10439-024-03449-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04553003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subject-specific model-derived kinematics of the shoulder based on skin markers during arm abduction up to 180° - assessment of 4 gleno-humeral joint models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 136, 18p. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2022.111061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Understanding Age and Sex-Related Differences in the Biomechanics of Road Traffic Associated Injuries Through Population Diversity Analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J Lopez-Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mats Y Svensson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.3P. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fbioe.2022.869356⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slouched and Erect Sitting Postures Affect Upper Limb Maximum Voluntary Force Levels and Fatiguability: A Randomized Experimental Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Frechede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IISE transactions on occupational ergonomics and human factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (3), pp.142-150. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24725838.2022.2110544⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moment arms of the deltoid, infraspinatus and teres minor muscles for movements with high range of motion: A cadaveric study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc-Olivier St-Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Bertrand-Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 97, pp.105685. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.clinbiomech.2022.105685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow-Side Kinematics Studies in Violinists: An Experimental Design Tracking Intra- and Inter-Musician Variability by Bow Stroke, String Played, and Tempo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical problems of performing artists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (3), pp.135-142. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21091/mppa.2022.3020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case study on the effects of foam and seat pan inclination on the deformation of seated buttocks using MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Capbern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IISE transactions on occupational ergonomics and human factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, p 23-32. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/24725838.2021.1984340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03380365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closed-loop multibody kinematic optimization coupled with double calibration improves scapular kinematic estimates in asymptomatic population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Degot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Rogowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126, pp.110653. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2021.110653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distal biceps tendon repair via new knotless endobutton fixation: A biomechanical study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Rutka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Weppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Lise Gras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shoulder & Elbow</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (3), 23p. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1758573219864303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02889002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Bow Camber and Mass Distribution on Violinists&apos; Preferences and Performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.769831. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.769831⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03445640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glenohumeral joint and muscles functions during a lifting task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126, 27p. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2021.110641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Upper Body Kinematics and Inter-articular Kinematic Sequence During a Canoe Polo Throw</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Delavallade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Blache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Berger-Vachon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Collotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3, 10p. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fspor.2021.777410⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03551589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of glenohumeral joint muscle insertion on moment arms using a finite element model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (14), pp.1117-1126. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1789606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelvis and femur shape prediction using principal component analysis for body model on seat comfort assessment. Impact on the prediction of the used palpable anatomical landmarks as predictors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge van Sint Jan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmacy Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14 (8), pp.e0221201. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0221201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02439735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element models of the thigh-buttock complex for assessing static sitting discomfort and pressure sore risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (4), pp. 379-388. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2018.1466117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02089166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplified versus real geometry fingertip models: a finite element study to predict force-displacement response under flat contact compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanics in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (4), 12 p. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0219519418500483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MRI-based experimentations of fingertip flat compression: Geometrical measurements and finite element inverse simulations to investigate material property parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 67, pp.166-171. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.11.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01801874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scapular kinematic reconstruction - segmental optimization, multibody optimization with open-loop or closed-loop chains: which one should be preferred?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (2), pp. 86-94. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23335432.2017.1405741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematic models of the upper limb joints for multibody kinematics optimisation: An overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Moissenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62, pp. 87-94. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2016.12.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of various upper limb multibody models on soft tissue artefact correction: A case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Moissenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62, pp.102-109. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2017.01.031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01635819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tolerance of the human body to automobile collision impact - a systematic review of injury biomechanics research, 1990-2009.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason L. Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Lopez-Valdez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipan Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo del Pozo de Dios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accident analysis and prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 80, pp.7-17. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aap.2015.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02488916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The tolerance of the human body to automobile collision impact - a systematic review of injury biomechanics research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Lopez-Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipan Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eduardo del Pozo de Dios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accident Analysis &amp; Prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 80, pp. 7-17. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.aap.2015.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parallel mechanism of the shoulder - application to multi-body optimisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimad El Habachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multibody System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 33 (4), pp. 439-451. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11044-014-9418-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129014v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Dimensional Rotations of the Scapula During Arm Abduction: Evaluation of the Acromion Marker Cluster Method in Comparison With a Model-Based Approach Using Biplanar Radiograph Images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Billuart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sungjin Sah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Ohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (5), pp. 396-402. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/jab.2014-0244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01302587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper Limb Kinematics Using Inertial and Magnetic Sensors: Comparison of Sensor-to-Segment Calibrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Claudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (8), pp. 18813-18833. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s150818813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sensitivity analysis of the joint kinematics during gait to the parameters of a lower limb multi-body model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimad El Habachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Moissenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical and Biological Engineering and Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (53), pp. 655-667. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11517-015-1269-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental investigation on push force and its perception during a flexible hose insertion task encountered in a truck assembly line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Black</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Roybin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ergonomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 57 (9), pp.1416-1426. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00140139.2014.924575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clavicle Fracture Prediction: Simulation of Shoulder Lateral impacts With Geometrically Personalized Finite Elements Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Trauma Injury Infection and Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 68 (1), pp. 177-182. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/TA.0b013e318190bf5b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric study of hard tissue injury prediction using finite elements: consideration of geometric complexity, failure theory, sub-failure material properties, thresholding, and element characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Arregui-Dalmases</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouardo del Pozo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Lopez-Valdes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traffic Injury Prevention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, 3, pp.286-293. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/15389581003709902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of joint constraints on lower limb kinematics estimation from skin markers using global optimization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 43 (14), pp. 2858-2862. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2010.06.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical properties of the costovertebral joint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard W. Kent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 32 (2), pp.222-227. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medengphy.2009.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01129005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A constraint-based approach to model the lower limb: preliminary results for running motions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (S1), pp. 105-106. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255840903077352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of geometrical personalization on the simulation of clavicle fractures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 41 (1), pp.200-207. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbiomech.2007.06.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human shoulder response to side impacts: a finite element study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 10 (5), pp.361-370. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255840701463986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and simulated flexion tests of humerus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Crashworthiness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12 (2), pp.153-158. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13588260701433446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (45)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la posture rachidienne sur la cinématique du bras droit du violoniste et sur le son</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Hoegy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of instrumented assessments for upper limb function in cerebral palsy: current limitations and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hovannes Agopyan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th Meeting of European Academy of Childhood Disability (EACD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Bruges, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IMPACT : Impact de l'instrumentation sur l'évaluation de performance pour une population atteinte de paralysie cérébrale unilatérale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Combey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaïm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sofamea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Nantes (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptations in muscle activation and glenohumeral joint angle during manual wheelchair propulsion over an obstacle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Grenoble (France), France. pp.S233-S234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04295077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skeletal muscle finite element modeling: adaptation From cardiac tissue activation laws</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04285012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of subject-specific model-derived kinematics of the shoulder based on skin markers during arm adduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WCB2022, 9th World Congress of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Taipei, Taiwan. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03747360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting shear force in wheelchair at body-seat interface with machine learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SB 2022, 47eme Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Monastir, Tunisia. pp S242-S244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03863463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using external back shape curvature to predict internal vertebrae positions in sitting postures: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asmae Agouram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Chalamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Pialat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SB 2022, 47eme Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Monastir, Tunisia. pp S293-S294</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pelvis biomechanics during wheelchair propulsion: a state of the art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Cannard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESS 2022, 7th European Seating Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dublin, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03932857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les charges mécaniques : efforts normaux et tangentiels lors de la propulsion en fauteuil roulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème journées positif-mobilité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Paris, France. 17p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03934177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation écologique des forces au niveau de l'assise : création d'un nouvel outil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Nationales de l'Escarre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Nantes, France. 20p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A slouched or erect spinal posture modifies upper limb Kimenatics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Frechede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESB 2022, 27th Congress of the European Society of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Porto, Portugal. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03742021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prédiction des efforts tangentiels à l'interface homme-siège avec Machine Learning pour une application en fauteuil roulant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Paquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Chenu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ciancia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Gelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37ème congrès de la société française de médecine physique et de réadaptation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Rennes, France. 14p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03936042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical joint power analysis to identify the different Glenohumeral degrees of freedom functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Assila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CSB-SCB 2020/21, 21st Biennial Meeting of the Canadian Society for Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, MONTREAL, Canada. p74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03633662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Preliminary Study on the Effects of Foam and Seat Pan Inclination on the Deformation of the Seated Buttocks Using MRI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEA 2021, 21st Congress of the International Ergonomics Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En distanciel, France. p 434-438, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-74614-8_55⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03639841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element models to assess static sitting discomfort - Numerical simulations to investigate the modeling options from the literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cotton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46ème Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Saint Etienne, France. pp S254-S255, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2021.1978758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03599348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Posture (slouched versus erect sitting) affects upper limb maximal voluntary contraction levels: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Frechede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISB&amp;apos;21, XXVIII Congress of the International Society of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Stockholm, France. 1p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03245813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow influence on violinist performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FA 2020, Forum Acusticum 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. 4p, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0697⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03131211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow influence on violinist gestures: upper arm angles and shoulder muscle activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FA2020, Forum Acusticum 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. 3p, </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0696⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03130299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bow camber and mass distribution: violinist&apos;s preferences and sound descriptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Tomezzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44eme Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Poitiers, France. 4p, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714255⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03129891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of pressure mat studies of saddle fitting to the horse&apos;s back</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Noël Desbrosses-Deleage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Dubuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th Congress of the Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Poitiers, France. pp S278-S280, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2020.1714912⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03674588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment of a shoulder finite element model to predict muscle trajectories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CMBBE 2019 Conference, 16th International Symposium on Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, New-York, United States. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinematics of the bow arm of violinists: effect of tempo, string played and play style and their interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th World Congress of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoulder joints angles estimation using inertial sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terence Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI Conference of the International Society of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, BRISBANE, Australia. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01770136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A parametric model of the thigh-buttock complex for developing FE model to estimate seat pressure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Digital Human Modeling Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, BONN, Germany. 12 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscular activity variations of the right bowing arm of the violin player</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Michaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Begon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42ième congrès de la Sociéte de Biomécanique francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Reims, France. pp. 71-72, </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2017.1382866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01769014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human fingertip finite element models: towards a set of parameters for a hyperelastic law</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noémie Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Congress of the European Society of Biomechanics (ESB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, LYON, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hand position estimation using inertial sensors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Scientific Conference on the Prevention of Work-Related Musculoskeletal Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, TORONTO, Canada. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling rigid multi-body and deformable finite element human models for assessing seat discomfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Digital Human Modeling conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, MONTREAL, Canada. 7 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Finite element model for seat discomfort assessment: a parametric study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Congress of the European Society of Biomechanics (ESB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, LYON, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upper limb kinematics and inertial sensors: which calibration for the best accuracy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXV Congress of the International Society of Biomechanics (ISB 2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, GLASGOW, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01857975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muscle force prediction: can we rely on musculoskeletal model estimations? A case study on push force exertions with the upper limb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Savonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nancy Black</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40ème congrès de la Sociéte de Biomécanique francophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, PARIS, France. pp. 1934-1935, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2015.1069575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benefits of functional calibration for estimating elbow joint angles using magneto-inertial sensors: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Bouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Savescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Valenciennes, France. pp.108-109</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fingertip finite element modelling–on choosing the right material property</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Micaelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Valenciennes, France. pp.30-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the impact of geometry on global mechanical response of an isotropic hyperelastic fingertip model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Dallard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Merlhiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Micaelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress on Computational Mechanics XI, IACM - ECCOMAS 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, BARCELONE, Spain. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01743560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global sensitivity analysis of the kinematics obtained with a multi-body optimisation using a parallel mechanism of the shoulder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aimad Abdeslam El Habachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Cheze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Dumas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Marseille, France. pp.61-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing shoulder posture ergonomy thanks to a finite element analysis – Preliminary study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatima Abouelkhair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Toulouse, France. pp.348-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01134370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro kinematics of the shoulder: comparison with in vivo data during arm ﬂexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lessley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard W. Kent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Besançon, France. pp.348-349</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of the human torso to lateral and oblique constant-velocity impacts.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Subit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Lau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Lessley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Las Vegas, United States. pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomechanical response of the clavicle under bending</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Kerrigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Kindig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Cundary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Zama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and computational investigation of human clavicle response in anterior-posterior loading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costin D. Untaroiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Kerrigan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipan Bose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Li Zuoping</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rocky Mountain Bioengineering Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Denver, United States. pp.6-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of clavicle compression tests with HUMOS clavicle models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyère-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Lyon, France. pp.37-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of clavicle geometry influence during dynamic compression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cotton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress of Biomechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Munich, Germany. pp.4341, </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0021-9290(06)83555-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of shoulder lateral impact with the humos model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thollon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIXeme congrès de la société de biomécanique,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Créteil (France), France. p124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of shoulder lateral impact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyère-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Thollon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France. pp.124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01131532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic review of instrumented assessments for upper limb function in cerebral palsy: current limitations and future directions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rozaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Combey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Bard-Pondarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Naaïm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th Meeting of European Academy of Childhood Disability (EACD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Bruges, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proceeding of the First International Symposium on Digital Human Modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xuguang Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Dasilva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Beurier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 978-2-9539515-0-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of shoulder response to a lateral impact with the HUMOS model – Preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bruyere-Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Verriest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gilchrist M. D. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUTAM Symposium on Impact Biomechanics: From Fundamental Insights to Applications Solid Mechanics and Its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 124, 2005, Solid Mechanics and Its Applications, 978-1-4020-3795-5. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/1-4020-3796-1_46⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01130433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du corps humain pour une meilleure compréhension de l&apos;apparition de l&apos;inconfort et des pathomécanismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Duprey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biomécanique [physics.med-ph]. Université Claude Bernard Lyon 1, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02316985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId250"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132253v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rozaire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Combey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naaim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Duprey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chaleat-Valayer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2025.105057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04550732v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Paquin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Henry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovannes Agopyan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bard-Pondarr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-024-01353-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553027v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tomezzoli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Agouram" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chalamet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B. Pialat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2024.111961" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387177v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Assila" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Rushton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Begon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2023.106167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216599v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chenu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gelis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dubuis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2023.2248184" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553003v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-024-03449-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625803v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2022.111061" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216956v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Lopez-Valdes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Forman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mats Y Svensson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.869356" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784582v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Frechede" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725838.2022.2110544" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216939v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hoffmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier St-Pierre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Bertrand-Grenier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2022.105685" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216916v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Michaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21091/mppa.2022.3020" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322721v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Blache" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Degot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2021.110653" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380365v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Wang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Savonnet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Capbern" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725838.2021.1984340" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889002v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Rutka" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Weppe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Lise Gras" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1758573219864303" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445640v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gagne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.769831" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322615v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2021.110641" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551589v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Delavallade" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berger-Vachon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Collotte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.777410" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958614v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lafon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1789606" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439735v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge van Sint Jan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221201" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089166v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2018.1466117" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093136v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Dallard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Merlhiot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219519418500483" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801874v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dallard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Petitjean" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.11.024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635103v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moissenet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cheze" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.12.005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738637v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23335432.2017.1405741" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635819v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.01.031" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129014v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimad El Habachi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11044-014-9418-7" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488916v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason L. Forman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Lopez-Valdez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipan Bose" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo del Pozo de Dios" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2015.03.004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279707v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Lopez-Valdes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302587v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Billuart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjin Sah" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ohl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.2014-0244" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281093v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bouvier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claudon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Savescu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s150818813" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214632v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-015-1269-8" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129018v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Black" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roybin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2014.924575" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990413v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2010.06.010" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990378v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere-Garnier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Verriest" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TA.0b013e318190bf5b" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128999v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arregui-Dalmases" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouardo del Pozo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Subit" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389581003709902" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129005v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillemot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W. Kent" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2009.12.001" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990576v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840903077352" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128980v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2007.06.020" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6GMP8DQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128990v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840701463986" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128995v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260701433446" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092589v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoegy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613723v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426186v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naa&#239;m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295077v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285012v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934177v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932857v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cannard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747360v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863463v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864901v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Agouram" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chalamet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pialat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935674v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742021v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936042v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ciancia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633662v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639841v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74614-8_55" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599348v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cotton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245813v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131211v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Tomezzoli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0697" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130299v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0696" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129891v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714255" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674588v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Desbrosses-Deleage" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Olivier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714912" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636871v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092997v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770136v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Roux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769922v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769014v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382866" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857541v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844095v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844866v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844081v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857975v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844850v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069575" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134390v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134384v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Micaelli" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743560v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134373v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimad Abdeslam El Habachi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134370v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Abouelkhair" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131907v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessley" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131905v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131886v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Kerrigan" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kindig" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cundary" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Zama" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131882v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costin D. Untaroiu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zuoping" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131871v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re-Garnier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131539v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83555-4" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-754G7TNT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254656v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131532v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613725v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130438v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dasilva" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beurier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130433v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1-4020-3796-1_46" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22D9EF87396D26B72F4D4EA7F27C64FD99318806/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02316985v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132253v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rozaire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Combey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naaim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Duprey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chaleat-Valayer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2025.105057" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553027v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tomezzoli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Agouram" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chalamet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B. Pialat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2024.111961" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04550732v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Paquin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Henry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovannes Agopyan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bard-Pondarr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12984-024-01353-6" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387177v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Assila" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Rushton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Begon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2023.106167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216599v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chenu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Gelis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dubuis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17483107.2023.2248184" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553003v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-024-03449-5" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625803v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2022.111061" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216956v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J Lopez-Valdes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Forman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mats Y Svensson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.869356" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784582v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Frechede" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725838.2022.2110544" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216939v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Hoffmann" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Begon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Olivier St-Pierre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Bertrand-Grenier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2022.105685" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216916v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Michaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21091/mppa.2022.3020" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380365v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Wang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Savonnet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Capbern" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24725838.2021.1984340" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322721v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Blache" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Degot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rogowski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2021.110653" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889002v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Rutka" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Weppe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Lise Gras" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1758573219864303" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445640v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gagne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.769831" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322615v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2021.110641" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551589v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Delavallade" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berger-Vachon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Collotte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2021.777410" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958614v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lafon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1789606" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439735v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge van Sint Jan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221201" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089166v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2018.1466117" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093136v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Dallard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Merlhiot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219519418500483" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801874v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dallard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Petitjean" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.11.024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738637v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23335432.2017.1405741" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635103v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moissenet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cheze" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.12.005" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635819v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2017.01.031" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488916v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason L. Forman" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Lopez-Valdez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipan Bose" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo del Pozo de Dios" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aap.2015.03.004" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279707v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Lopez-Valdes" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129014v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimad El Habachi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11044-014-9418-7" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302587v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Billuart" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjin Sah" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ohl" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robert" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jab.2014-0244" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281093v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bouvier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Claudon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Savescu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s150818813" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214632v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11517-015-1269-8" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129018v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Black" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roybin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2014.924575" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990378v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere-Garnier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Verriest" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TA.0b013e318190bf5b" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128999v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Arregui-Dalmases" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouardo del Pozo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Subit" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15389581003709902" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990413v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2010.06.010" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129005v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillemot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard W. Kent" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2009.12.001" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990576v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840903077352" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128980v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2007.06.020" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6GMP8DQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128990v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840701463986" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128995v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260701433446" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092589v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoegy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613723v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Henry" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426186v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naa&#239;m" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295077v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285012v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747360v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863463v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864901v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asmae Agouram" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chalamet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pialat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03932857v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Cannard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934177v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935674v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742021v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03936042v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ciancia" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633662v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639841v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-74614-8_55" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599348v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cotton" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245813v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03131211v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Tomezzoli" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0697" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130299v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0696" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129891v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714255" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03674588v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Desbrosses-Deleage" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Olivier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714912" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636871v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092997v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770136v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Roux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769922v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769014v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382866" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844095v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857541v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844866v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844081v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857975v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844850v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069575" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134390v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134384v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Micaelli" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743560v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134373v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimad Abdeslam El Habachi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01134370v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Abouelkhair" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131907v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessley" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131905v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Lau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131886v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Kerrigan" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Kindig" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Cundary" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Zama" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131882v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costin D. Untaroiu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Zuoping" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131871v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re-Garnier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131539v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83555-4" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-754G7TNT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254656v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131532v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613725v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130438v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dasilva" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Beurier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130433v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1-4020-3796-1_46" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22D9EF87396D26B72F4D4EA7F27C64FD99318806/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02316985v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>