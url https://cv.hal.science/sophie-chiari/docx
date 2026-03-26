--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sophie Chiari </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business in the Frost: Climate and Imperialism in Shakespeare's Tempest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Early Modern Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Climate Change and the Little Ice Age, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05367085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘I will delve one yard below their mines’: Digging in Hamlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Evolving Cosmographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Early Modern Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/jems-2279-7149-14381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare et l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.5903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Shakespeare Survey 72. Shakespeare and War, ed. Emma Smith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Jowett, Shakespeare and Text, Reviewed by Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review. Emma Smith (ed.), Shakespeare Survey 72. Shakespeare and War (Cambridge, Cambridge University Press, 2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension : Daniel Defoe, La grande tempête. Traduction et édition critique par Nathalie Bernard et Emmanuelle Peraldo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.7333⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overflowing the Measure: Cleopatra Unbound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.4397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The limner's art in Shakespeare's Macbeth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEDERI </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34136/sederi.2019.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climatic Issues in Early Modern England : Shakespeare’s Views of the Sky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (4), pp.e578. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/wcc.578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s Poetics of Impurity: Spots, Stains and Slime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/episteme.2164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Love's Labour's Lost et Love's Labour's Won : Conversation avec Christopher Luscombe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Love's Labour's Lost de Shakespeare ou l'art de séduire, 31 (1), pp.245-257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peines d’amour perdues ou le jeu des erreurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Nouvelles lectures de Love's Labour's Lost, 32, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.3189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare relu à la lumière de Pascal Quignard : L'éros latin de Coriolan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Silène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and Science: A Critical Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Popelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Shakespeare 450, 33, [12 p.]. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.3401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction: “Chamelion like” England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, “The Dyer’s Hand”: Colours in Early Modern England Introduction, 12.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Law, Discipline and Punishment in Love's Labour's Lost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Love's Labour's Lost de Shakespeare ou l'art de séduire, 31 (1), pp.113-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European History Online (EGO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique(s) du traduire féminin dans l'Angleterre de la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La main de Thôt : théories, enjeux et pratiques de la traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">City Anamorphoses in Measure for Measure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11.1, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« No barricado for a belly » : Shakespeare et l’érotique de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Shakespeare et la Cité, 28, pp.3-26. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.1597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and the ‘spots of heaven’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preserving the Cultural Skyscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elizabeth Freestone; Amy Arden, May 2024, Leicester UK, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charcoal and Forest Management: Energy Crisis in Shakespeare’s England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Imagination and Politics of Trees in Pastoral and After</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Line Cottegnies; Anne-Valérie Dulac; Alexis Tadié, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction in Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature bankrupt is’ (Shakespeare, Sonnet 67): Ecology, Economy and Urbanism in Tudor England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Chiari; Arnaud Diemer, Jun 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground Shakespeare : The Ecology of Natural Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare and the Poetics and Politics of Relevance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dympna Callaghan, May 2022, San Marino, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-Infused Climes and Clothes on the Early Modern Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strange Habits: Clothes, Climes and the Environment in Shakespeare and his Contemporaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Chiari et Anne-Marie Miller-Blaise, Dec 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plague of Gnats in Early Modern England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The representation of natural disasters in early modern literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘To be called into a huge sphere’ : désir et désastre dans le théâtre de Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les astres dans la poésie et les arts de l’Antiquité au Romantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Caroline Bertonèche, Nov 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In and Out: Shakespeare’s Shifting Sonnets. From Love’s Labour’s Lost to The Passionate Pilgrim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Englishness of English Poetry in the Early Modern Period. The Triumph of the Sonnet? </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laetitia Sansonetti, Anne-Valérie Dulac et Rémi Vuillemin May 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate as Climax in Shakespeare's Plays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth Congress of the Shakespeare Society of Southern Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Grahamstown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abécédaire de la connaissance sensible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hincker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Jakobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal, 2025, À la croisée des SHS, 9782383773597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ecology of Dress in Shakespeare and his Contemporaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Miller-Blaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Anne-Marie Miller-Blaise. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edinburgh University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Edinburgh Critical Studies in Renaissance Culture, Kathryn Murphy, 978-1-3995-2214-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écocritique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires Blaise-Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L'Opportune, 978-2-38377-251-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Writing of Natural Disaster in Europe, 1500–1826</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandhya Patel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave Macmillan, 2023, 978-3-03-112119-7. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12120-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Experience of Disaster in Early Modern English Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9781032225739</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and the Environment. A Dictionary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bloomsbury, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work, work your thoughts’: Henry V Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemercier-Goddard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires Blaise-Pascal. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Austen, Raison et sensibilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le livre de poche, 2019, 9782253183488</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Blaise Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Webster’s “Dismal Tragedy”: The Duchess of Malfi Reconsidered</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemercier-Goddard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal. , pp.356, 2019, Sophie Chiari, 978-2-84516-855-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freedom and Censorship in Early Modern English Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances at Court in the Age of Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; John Mucciolo. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s Representation of Weather, Climate and Environment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edinburgh University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9781474442527</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Vat is the clock, Jack?’: Shakespeare and the Technology of Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari et Mickael Popelard. Edinburgh University Press, p. 197-220, 2017, Spectacular Science, Technology and Superstition in the Age of Shakespeare</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As You Like It: Shakespeare’s Comedy of Liberty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de France et CNED, 2016, 9782130633495</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“The Dyer’s Hand”: Colours in Early Modern England Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie. 12.2, https://erea.revues.org/4197, 2015, E-rea. Revue électronique d’études sur le monde anglophone</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01176975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Circulation of Knowledge in Early Modern English Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashgate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.282, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01169609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari, Vincent Gérard, Louis Hincker, Marianne Jakobi et Géraldine Rix-Lièvre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abécédaire de la connaissance sensible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise-Pascal, pp.11-18, 2025, A la croisées des SHS, 9782383773597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05367060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground Shakespeare: The Extraction of Natural Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dympna Callaghan; Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare and the Poetics and Politics of Relevance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s Waterways: Premonitions of an Environmental Collapse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lisa Hopkins; Bill Angus. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reading the River in Shakespeare’s Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edinburgh University Press, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water and Costume: Wetness on the Early Modern Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Anne-Marie Miller-Blaise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Ecology of Dress in Shakespeare and his Contemporaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edinburgh University Press, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">This disturbed sky / Is not to walk in’ (1.3.39-40): Phenomenal Weather in Julius Caesar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charlotte Scott. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare/Nature. Contemporary readings in the human and the non-human</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘O’er-green my bad’ (Sonnet 112): Nature Writing in The Sonnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jane Kingsley-Smith and William Rampone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare's Global Sonnets. Translation, Appropriation, Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.319-334, 2023, Global Shakespeares, 978-3-031-09471-2. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-09472-9_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’interdisciplinarité comme ressource</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vigreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RnMSH. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité sans concession</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alliance Athéna, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Clothes of Insularity in Browne’s Inner Temple Masque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Miller-Blaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edinburgh University Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strange Habits, Strange Habitats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Experience of Disaster in Early Modern English Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2022, 9781032225722</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plague of Gnats in Shakespeare and his Contemporaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Experience of Disaster in Early Modern English Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineral waters as a treatment for women’s barrenness in eighteenth-century Britain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Cuisinier-Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Baths and Spa Waters in the Culture and Literature of Early Modern England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2021, Early Modern Literature in History, 978-3-030-66567-8. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66568-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Sophie Lemercier-Goddard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‘Work, work your thoughts’: Henry V Revisited</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise-Pascal, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Scott, La deuxième partie de Vox populi / The Second Part of Vox populi (1624), Traduction, introduction et notes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Luc Nardone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« The Spanish Match ». Le mariage manqué du Prince de Galles et de l’Infante d’Espagne (1623)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Midi, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘To be called into a huge sphere’. Désir et désastre dans le théâtre de Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florian Barrière; Caroline Bertonèche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie et astronomie : de l’Antiquité au Romantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Grenoble Alpes éditions, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry V’s Ecosphere. From ‘Fertility’ to ‘Savagery’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Henry V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.119-136, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale. Les mots du désastre : de l’interprétation à l’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Blaise Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘The work of heaven’ in The Duchess of Malfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari et Sophie Lemercier-Goddard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">John Webster’s ‘Dismal Tragedy’: The Duchess of Malfi Reconsidered</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Popelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Mickaël Popelard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spectacular Science, Technology and Superstition in the Age of Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edinburgh University Press, pp.1-26, 2019, 978-1-4744-2782-1. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3366/edinburgh/9781474427814.003.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le désordre du monde : Summer’s Last Will and Testament de Thomas Nashe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La carte du tendre de Tennessee Williams : de l’Illyrie à la Nouvelle-Orléans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Cousso. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges offerts à Dominique Descotes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, pp.515-28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction: ‘To be seen and allowed’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freedom and Censorship in Early Modern English Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.1-18, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Illyrie à la Nouvelle-Orléans : William Shakespeare et Tennessee Williams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Cousson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passions géométriques. Mélanges en l’honneur de Dominique Descotes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dulac Anne-Valérie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemercier-Goddard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">John Webster's Dismal Tragedy: The Duchess of Malfi Reconsidered</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.17-26, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03483240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esthétique médiévale de Mesure pour Mesure : des mystères et moralités au monde carnavalesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvernault, Martine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transparences médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PULIM, pp.57-76, 2015, Espaces humains, 978-2-84287-639-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The circulation of knowledge in early modern English literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate, pp.1-13, 2015, 978-1-4724-4915-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Icarus to Phaethon: Shakespeare and the Disobedient Sons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nivre, Elisabeth Wåghäll and Carlstedt, Anna and Sivefors, Per. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Allusions and reflections: Greek and Roman mythology in Renaissance Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.123-136, 2015, 1-4438-7454-X 978-1-4438-7454-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale. Notre 'existence atmosphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Blaise Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Palma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie and Palma, Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transmission and transgression: cultural challenges in early modern England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.9-20, 2014, Textuelles. Univers littéraires, 978-2-85399-940-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare relu à la lumière de Quignard : l’éros latin de Coriolan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Costagliola d'Abele, Michele and Dumoulié, Camille and Vecce, Carlo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eros latin. Atti del Convegno Internazionale Procida 13-15 settembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Napoli "L'Orientale", pp.69-82, 2014, 978-88-6719-072-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie and Palma, Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transmission and transgression: cultural challenges in early modern England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.153-160, 2014, Textuelles. Univers littéraires, 978-2-85399-940-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forge et le feu. Le mythe de Vulcain sur la scène anglaise aux 16e et 17e siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie Valentin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations et symboliques du feu dans les théâtres européens (XVIe-XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9782745325358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s ‘Forfended Place(s)’: Women and the City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Per Sivefors. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Encounters: Experience and Representation in the Early Modern City</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabrizio Serra Editore, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘If it be now, ‘tis not to come. If it be not to come, it will be now’ (Shakespeare, Hamlet, V.2.166-67): le kaïros ou la fortune hybride de la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jonathan Pollock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques du hasard. Pour un matérialisme de la rencontre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Perpignan, p. 77-93, 2012, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pupvd.6069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La guerre et ses représentations dans l'Italie selon Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Lattarico. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre mise en scène. Théâtre et conflits dans l’Italie du XVIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemins de traverse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-2-313-00419-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green(e) Shakespeare : Pandosto et Le Conte d’hiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare Pandosto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conte D 'Hiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yan Brailowsky, Anny Crunelle et Jean-Michel Déprats. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A sad tale’s best for winter. Approches critiques du Conte d’Hiver de Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-51, 2011, 978-2-84016-086-1. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pupo.2267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coda. Trying Things On – Costuming Edward’s Boys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propos Recueillis Par</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Miller-Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perry Mills</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.8288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review. John Jowett, Shakespeare & Text (Oxford, Oxford University Press, Revised Edition, 2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension: Shakespeare and Authority. Citations, Conceptions and Constructions, de Katie Halsey et Angus Vine (eds).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnet de recherche: La représentation des catastrophes naturelles dans la littérature anglaise des XVIe, XVIIe, et XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">47e Congrès de la Shakespeare Society of America à Washington D.C. Organisation du séminaire : « Shakespearean skies : weather and climate »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En collaboration avec Janet E. Clare (University of Hull), Organisation d’un séminaire au colloque d’ESRA (« European Shakespeare Research Association ») à Rome, « Explorations and Geographies of the Self : Microcosmic and Macrocosmic Shakespeare »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque &amp;quot;Baths and Spa Waters in the Culture and Literature of Early Modern England&amp;quot;, co-organisé avec Samuel Cuisinier-Delorme à Vichy les 9, 10 et 11 octobre 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and the ‘spots of heaven’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fayet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId148"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Sophie Chiari </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business in the Frost: Climate and Imperialism in Shakespeare's Tempest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Early Modern Studies Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Climate Change and the Little Ice Age, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05367085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘I will delve one yard below their mines’: Digging in Hamlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial: Evolving Cosmographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Early Modern Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12, </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/jems-2279-7149-14381⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare et l’environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1128</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.5903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03282232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Review of Shakespeare Survey 72. Shakespeare and War, ed. Emma Smith</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Jowett, Shakespeare and Text, Reviewed by Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review. Emma Smith (ed.), Shakespeare Survey 72. Shakespeare and War (Cambridge, Cambridge University Press, 2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cercles : Revue Pluridisciplinaire du Monde Anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension : Daniel Defoe, La grande tempête. Traduction et édition critique par Nathalie Bernard et Emmanuelle Peraldo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.7333⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The limner's art in Shakespeare's Macbeth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SEDERI </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34136/sederi.2019.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overflowing the Measure: Cleopatra Unbound</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 37, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.4397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climatic Issues in Early Modern England : Shakespeare’s Views of the Sky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Climate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (4), pp.e578. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/wcc.578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s Poetics of Impurity: Spots, Stains and Slime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes Epistémè : revue de littérature et de civilisation (XVIe - XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 33, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/episteme.2164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Love's Labour's Lost et Love's Labour's Won : Conversation avec Christopher Luscombe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Love's Labour's Lost de Shakespeare ou l'art de séduire, 31 (1), pp.245-257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peines d’amour perdues ou le jeu des erreurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Nouvelles lectures de Love's Labour's Lost, 32, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.3189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare relu à la lumière de Pascal Quignard : L'éros latin de Coriolan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Silène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction: “Chamelion like” England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, “The Dyer’s Hand”: Colours in Early Modern England Introduction, 12.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and Science: A Critical Assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Popelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Shakespeare 450, 33, [12 p.]. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.3401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Law, Discipline and Punishment in Love's Labour's Lost</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycnos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Love's Labour's Lost de Shakespeare ou l'art de séduire, 31 (1), pp.113-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European History Online (EGO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">City Anamorphoses in Measure for Measure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-rea - Revue électronique d’études sur le monde anglophone</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 11.1, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/erea.3365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poétique(s) du traduire féminin dans l'Angleterre de la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La main de Thôt : théories, enjeux et pratiques de la traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« No barricado for a belly » : Shakespeare et l’érotique de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes des congrès de la Société française Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Shakespeare et la Cité, 28, pp.3-26. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.1597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and the ‘spots of heaven’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preserving the Cultural Skyscape</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elizabeth Freestone; Amy Arden, May 2024, Leicester UK, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charcoal and Forest Management: Energy Crisis in Shakespeare’s England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Imagination and Politics of Trees in Pastoral and After</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Line Cottegnies; Anne-Valérie Dulac; Alexis Tadié, Jun 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction in Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature bankrupt is’ (Shakespeare, Sonnet 67): Ecology, Economy and Urbanism in Tudor England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Chiari; Arnaud Diemer, Jun 2022, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground Shakespeare : The Ecology of Natural Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare and the Poetics and Politics of Relevance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dympna Callaghan, May 2022, San Marino, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-Infused Climes and Clothes on the Early Modern Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strange Habits: Clothes, Climes and the Environment in Shakespeare and his Contemporaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sophie Chiari et Anne-Marie Miller-Blaise, Dec 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plague of Gnats in Early Modern England</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The representation of natural disasters in early modern literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02997442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘To be called into a huge sphere’ : désir et désastre dans le théâtre de Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les astres dans la poésie et les arts de l’Antiquité au Romantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Caroline Bertonèche, Nov 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In and Out: Shakespeare’s Shifting Sonnets. From Love’s Labour’s Lost to The Passionate Pilgrim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Englishness of English Poetry in the Early Modern Period. The Triumph of the Sonnet? </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laetitia Sansonetti, Anne-Valérie Dulac et Rémi Vuillemin May 2016, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate as Climax in Shakespeare's Plays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ninth Congress of the Shakespeare Society of Southern Africa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Grahamstown, South Africa</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abécédaire de la connaissance sensible</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Hincker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Jakobi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Rix-Lièvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal, 2025, À la croisée des SHS, 9782383773597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05340317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Ecology of Dress in Shakespeare and his Contemporaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Miller-Blaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Anne-Marie Miller-Blaise. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edinburgh University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Edinburgh Critical Studies in Renaissance Culture, Kathryn Murphy, 978-1-3995-2214-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04785948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écocritique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires Blaise-Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, L'Opportune, 978-2-38377-251-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Writing of Natural Disaster in Europe, 1500–1826</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandhya Patel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave Macmillan, 2023, 978-3-03-112119-7. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-12120-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Experience of Disaster in Early Modern English Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routledge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9781032225739</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and the Environment. A Dictionary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bloomsbury, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (dictionnaire, encyclopédie)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Work, work your thoughts’: Henry V Revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemercier-Goddard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires Blaise-Pascal. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Austen, Raison et sensibilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le livre de poche, 2019, 9782253183488</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Blaise Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Webster’s “Dismal Tragedy”: The Duchess of Malfi Reconsidered</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemercier-Goddard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal. , pp.356, 2019, Sophie Chiari, 978-2-84516-855-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freedom and Censorship in Early Modern English Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances at Court in the Age of Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; John Mucciolo. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cambridge University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s Representation of Weather, Climate and Environment.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edinburgh University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9781474442527</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Vat is the clock, Jack?’: Shakespeare and the Technology of Time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari et Mickael Popelard. Edinburgh University Press, p. 197-220, 2017, Spectacular Science, Technology and Superstition in the Age of Shakespeare</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As You Like It: Shakespeare’s Comedy of Liberty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de France et CNED, 2016, 9782130633495</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“The Dyer’s Hand”: Colours in Early Modern England Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie. 12.2, https://erea.revues.org/4197, 2015, E-rea. Revue électronique d’études sur le monde anglophone</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01176975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Circulation of Knowledge in Early Modern English Literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashgate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.282, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01169609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari, Vincent Gérard, Louis Hincker, Marianne Jakobi et Géraldine Rix-Lièvre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abécédaire de la connaissance sensible</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise-Pascal, pp.11-18, 2025, A la croisées des SHS, 9782383773597</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05367060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underground Shakespeare: The Extraction of Natural Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dympna Callaghan; Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare and the Poetics and Politics of Relevance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">This disturbed sky / Is not to walk in’ (1.3.39-40): Phenomenal Weather in Julius Caesar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charlotte Scott. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare/Nature. Contemporary readings in the human and the non-human</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bloomsbury, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water and Costume: Wetness on the Early Modern Stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Anne-Marie Miller-Blaise. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Ecology of Dress in Shakespeare and his Contemporaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edinburgh University Press, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s Waterways: Premonitions of an Environmental Collapse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lisa Hopkins; Bill Angus. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reading the River in Shakespeare’s Britain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edinburgh University Press, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘O’er-green my bad’ (Sonnet 112): Nature Writing in The Sonnets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jane Kingsley-Smith and William Rampone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shakespeare's Global Sonnets. Translation, Appropriation, Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, pp.319-334, 2023, Global Shakespeares, 978-3-031-09471-2. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-09472-9_18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’interdisciplinarité comme ressource</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vigreux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RnMSH. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’interdisciplinarité sans concession</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alliance Athéna, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Clothes of Insularity in Browne’s Inner Temple Masque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Miller-Blaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edinburgh University Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Strange Habits, Strange Habitats</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Experience of Disaster in Early Modern English Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2022, 9781032225722</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Plague of Gnats in Shakespeare and his Contemporaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Experience of Disaster in Early Modern English Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mineral waters as a treatment for women’s barrenness in eighteenth-century Britain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Vasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Cuisinier-Delorme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Baths and Spa Waters in the Culture and Literature of Early Modern England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave Macmillan, 2021, Early Modern Literature in History, 978-3-030-66567-8. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-66568-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Sophie Lemercier-Goddard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">‘Work, work your thoughts’: Henry V Revisited</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires Blaise-Pascal, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Scott, La deuxième partie de Vox populi / The Second Part of Vox populi (1624), Traduction, introduction et notes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Luc Nardone. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« The Spanish Match ». Le mariage manqué du Prince de Galles et de l’Infante d’Espagne (1623)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Midi, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘To be called into a huge sphere’. Désir et désastre dans le théâtre de Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florian Barrière; Caroline Bertonèche. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poésie et astronomie : de l’Antiquité au Romantisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Grenoble Alpes éditions, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry V’s Ecosphere. From ‘Fertility’ to ‘Savagery’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Henry V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.119-136, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale. Les mots du désastre : de l’interprétation à l’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Blaise Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘The work of heaven’ in The Duchess of Malfi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari et Sophie Lemercier-Goddard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">John Webster’s ‘Dismal Tragedy’: The Duchess of Malfi Reconsidered</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Popelard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari; Mickaël Popelard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spectacular Science, Technology and Superstition in the Age of Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edinburgh University Press, pp.1-26, 2019, 978-1-4744-2782-1. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3366/edinburgh/9781474427814.003.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le désordre du monde : Summer’s Last Will and Testament de Thomas Nashe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La carte du tendre de Tennessee Williams : de l’Illyrie à la Nouvelle-Orléans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Cousso. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges offerts à Dominique Descotes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Honoré Champion, pp.515-28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction: ‘To be seen and allowed’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freedom and Censorship in Early Modern English Literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.1-18, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’Illyrie à la Nouvelle-Orléans : William Shakespeare et Tennessee Williams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agnès Cousson. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Passions géométriques. Mélanges en l’honneur de Dominique Descotes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dulac Anne-Valérie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Lemercier-Goddard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires Blaise Pascal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">John Webster's Dismal Tragedy: The Duchess of Malfi Reconsidered</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.17-26, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03483240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The circulation of knowledge in early modern English literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate, pp.1-13, 2015, 978-1-4724-4915-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’esthétique médiévale de Mesure pour Mesure : des mystères et moralités au monde carnavalesque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yvernault, Martine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transparences médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PULIM, pp.57-76, 2015, Espaces humains, 978-2-84287-639-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Icarus to Phaethon: Shakespeare and the Disobedient Sons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nivre, Elisabeth Wåghäll and Carlstedt, Anna and Sivefors, Per. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Allusions and reflections: Greek and Roman mythology in Renaissance Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge Scholars Publishing, pp.123-136, 2015, 1-4438-7454-X 978-1-4438-7454-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale. Notre 'existence atmosphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sophie Chiari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écrire la catastrophe. L’Angleterre à l’épreuve des éléments (XVIe-XVIIIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires Blaise Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02349989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie and Palma, Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transmission and transgression: cultural challenges in early modern England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.153-160, 2014, Textuelles. Univers littéraires, 978-2-85399-940-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">General Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Palma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chiari, Sophie and Palma, Hélène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transmission and transgression: cultural challenges in early modern England</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.9-20, 2014, Textuelles. Univers littéraires, 978-2-85399-940-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare relu à la lumière de Quignard : l’éros latin de Coriolan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Costagliola d'Abele, Michele and Dumoulié, Camille and Vecce, Carlo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eros latin. Atti del Convegno Internazionale Procida 13-15 settembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Napoli "L'Orientale", pp.69-82, 2014, 978-88-6719-072-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01177633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La forge et le feu. Le mythe de Vulcain sur la scène anglaise aux 16e et 17e siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Marie Valentin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Représentations et symboliques du feu dans les théâtres européens (XVIe-XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9782745325358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare’s ‘Forfended Place(s)’: Women and the City</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Per Sivefors. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Encounters: Experience and Representation in the Early Modern City</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fabrizio Serra Editore, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01720066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘If it be now, ‘tis not to come. If it be not to come, it will be now’ (Shakespeare, Hamlet, V.2.166-67): le kaïros ou la fortune hybride de la Renaissance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jonathan Pollock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiques du hasard. Pour un matérialisme de la rencontre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Perpignan, p. 77-93, 2012, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pupvd.6069⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01721384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La guerre et ses représentations dans l'Italie selon Shakespeare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-François Lattarico. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La guerre mise en scène. Théâtre et conflits dans l’Italie du XVIIe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemins de traverse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 978-2-313-00419-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green(e) Shakespeare : Pandosto et Le Conte d’hiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare Pandosto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conte D 'Hiver</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yan Brailowsky, Anny Crunelle et Jean-Michel Déprats. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A sad tale’s best for winter. Approches critiques du Conte d’Hiver de Shakespeare</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Paris Nanterre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-51, 2011, 978-2-84016-086-1. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pupo.2267⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01719642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coda. Trying Things On – Costuming Edward’s Boys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propos Recueillis Par</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Miller-Blaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perry Mills</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/shakespeare.8288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review. John Jowett, Shakespeare & Text (Oxford, Oxford University Press, Revised Edition, 2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04786465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recension: Shakespeare and Authority. Citations, Conceptions and Constructions, de Katie Halsey et Angus Vine (eds).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnet de recherche: La représentation des catastrophes naturelles dans la littérature anglaise des XVIe, XVIIe, et XVIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">47e Congrès de la Shakespeare Society of America à Washington D.C. Organisation du séminaire : « Shakespearean skies : weather and climate »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En collaboration avec Janet E. Clare (University of Hull), Organisation d’un séminaire au colloque d’ESRA (« European Shakespeare Research Association ») à Rome, « Explorations and Geographies of the Self : Microcosmic and Macrocosmic Shakespeare »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque &amp;quot;Baths and Spa Waters in the Culture and Literature of Early Modern England&amp;quot;, co-organisé avec Samuel Cuisinier-Delorme à Vichy les 9, 10 et 11 octobre 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01994435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vidéo (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shakespeare and the ‘spots of heaven’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chiari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Fayet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Vidéo</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04827101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId148"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367085v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786476v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786454v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/jems-2279-7149-14381" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786471v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282232v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.5903" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514590v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991466v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786462v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350002v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.7333" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02157260v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.4397" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362253v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34136/sederi.2019.3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350008v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcc.578" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.2164" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134687v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177153v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.3189" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719736v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719250v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Popelard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.3401" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177572v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720076v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177634v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719703v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719645v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.3365" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719256v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.1597" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786241v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786258v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786480v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108210v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997498v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997442v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994384v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719713v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719771v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05340317v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G&#233;rard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hincker" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jakobi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Miller-Blaise" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-the-ecology-of-dress-in-shakespeare-and-his-contemporaries.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786215v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/actualite-societe/2655-l-ecocritique-9782383772514.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108200v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandhya Patel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12120-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844757v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Experience-of-Disaster-in-Early-Modern-English-Literature/Chiari/p/book/9781032225722" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844750v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786467v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemercier-Goddard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350011v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350016v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=&#201;crire%20la%20catastrophe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02157262v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994364v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/fr/academic/subjects/literature/renaissance-and-early-modern-literature/performances-court-age-shakespeare?format=HB" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994323v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euppublishing.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994300v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994616v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01176975v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169609v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ashgate.com/isbn/9781472449153" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367060v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786432v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786434v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786448v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786436v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108204v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-09472-9_18" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786441v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vigreux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338358v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lacombe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844755v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786445v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612639v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vasset" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cuisinier-Delorme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66568-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786469v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844752v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786446v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991451v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349990v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709861v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/edinburgh/9781474427814.003.0001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349916v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994292v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349994v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/11037-book-08535099-9782745350992.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483240v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulac Anne-Val&#233;rie" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177394v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177626v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177625v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349989v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177573v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Palma" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177633v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177574v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719624v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/8348-book-08532535-9782745325358.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720066v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01721384v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupvd.6069" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719237v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bouquineo.fr/products/la-guerre-mise-en-scene-theatre-et-conflits-dans-l-italie-du-xviie-siecle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719642v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakespeare Pandosto" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Conte D 'Hiver" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.parisnanterre.fr/?p=890" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.2267" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786459v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Propos Recueillis Par" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perry Mills" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.8288" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786465v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994175v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994420v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994404v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994411v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827101v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fayet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367085v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chiari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786476v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786454v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/jems-2279-7149-14381" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786471v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282232v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.5903" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02514590v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991466v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786462v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350002v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.7333" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362253v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34136/sederi.2019.3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02157260v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.4397" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350008v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcc.578" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994337v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/episteme.2164" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134687v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177153v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.3189" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719736v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177572v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719250v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Popelard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.3401" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720076v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177634v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719645v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/erea.3365" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719703v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719256v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.1597" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786241v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786258v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786480v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108210v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997498v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997442v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994384v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719713v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719771v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05340317v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G&#233;rard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Hincker" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jakobi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rix-Li&#232;vre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785948v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Miller-Blaise" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edinburghuniversitypress.com/book-the-ecology-of-dress-in-shakespeare-and-his-contemporaries.html" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786215v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/actualite-societe/2655-l-ecocritique-9782383772514.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108200v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandhya Patel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-12120-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844757v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Experience-of-Disaster-in-Early-Modern-English-Literature/Chiari/p/book/9781032225722" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844750v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786467v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemercier-Goddard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350011v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350016v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pubp.univ-bpclermont.fr/public/Fiche_produit.php?titre=&#201;crire%20la%20catastrophe" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02157262v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994364v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/fr/academic/subjects/literature/renaissance-and-early-modern-literature/performances-court-age-shakespeare?format=HB" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994323v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.euppublishing.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994300v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994616v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01176975v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01169609v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ashgate.com/isbn/9781472449153" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367060v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786432v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786436v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786448v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786434v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108204v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-09472-9_18" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786441v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vigreux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338358v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lacombe" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844755v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786445v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612639v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vasset" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cuisinier-Delorme" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66568-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786469v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844752v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786446v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991451v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349990v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709861v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3366/edinburgh/9781474427814.003.0001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349916v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994292v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349994v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/11037-book-08535099-9782745350992.html" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03483240v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulac Anne-Val&#233;rie" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177626v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177394v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177625v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349989v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177574v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177573v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Palma" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01177633v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719624v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/champion/8348-book-08532535-9782745325358.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01720066v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01721384v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupvd.6069" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719237v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bouquineo.fr/products/la-guerre-mise-en-scene-theatre-et-conflits-dans-l-italie-du-xviie-siecle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719642v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shakespeare Pandosto" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Conte D 'Hiver" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://presses.parisnanterre.fr/?p=890" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pupo.2267" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786459v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Propos Recueillis Par" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perry Mills" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/shakespeare.8288" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786465v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994175v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994420v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994404v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994411v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827101v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fayet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>