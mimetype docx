--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -977,51 +977,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03429254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1106,431 +1106,556 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05426560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-flint rocks during Acheulean &amp; Middle Paleolithic: Raw materials that hit the spot!</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’Acheuléen et l’illustre gisement méconnu de Saint-Acheul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hérisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Goval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‑luc Locht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis de Weyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">An Integrated Approach to Unveiling Wear Traces on Non-Flint Stone Tools (INSTONE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lena Asryan; Veerle Rots, Sep 2024, Liège, Belgium</w:t>
+              <w:t xml:space="preserve">À propos des éponymes : 150 ans de construction du discours scientifique autour des gisements de référence en Préhistoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Raphaël Angevin, François Bon, Mathieu Lejay, May 2025, Mâcon-Solutré-Châtelperron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04715861v1</w:t>
+                <w:t xml:space="preserve">hal-05548122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaping handaxe in Southwestern France during Late Middle Paleolithic: &amp;quot;How to “Faire d’une pierre deux coups”!</w:t>
+                <w:t xml:space="preserve">Non-flint rocks during Acheulean &amp; Middle Paleolithic: Raw materials that hit the spot!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UISPP 2023 World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mădălin Octavian BUNOIU; Valeriu SÎRBU; Dorel MICLE; Dan ȘTEFAN, Sep 2023, Timisoara, Romania, Romania</w:t>
+              <w:t xml:space="preserve">An Integrated Approach to Unveiling Wear Traces on Non-Flint Stone Tools (INSTONE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lena Asryan; Veerle Rots, Sep 2024, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04716057v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Façonner le biface à l’Acheuléen : quel rôle pour les techniques de percussion ?</w:t>
+                <w:t xml:space="preserve">Shaping handaxe in Southwestern France during Late Middle Paleolithic: &amp;quot;How to “Faire d’une pierre deux coups”!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII Congrès mondial de l'UISPP</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">UISPP 2023 World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mădălin Octavian BUNOIU; Valeriu SÎRBU; Dorel MICLE; Dan ȘTEFAN, Sep 2023, Timisoara, Romania, Romania</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04716020v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04716057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like a prehistoric knapper… Experimental knapping facing archaeological assemblage</w:t>
+                <w:t xml:space="preserve">Façonner le biface à l’Acheuléen : quel rôle pour les techniques de percussion ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Symposium on Knappable Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XVIII Congrès mondial de l'UISPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UISPP, Jun 2018, Paris sorbonne, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41982-021-00104-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04715885v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04716020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Like a prehistoric knapper… Experimental knapping facing archaeological assemblage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Symposium on Knappable Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Katalin T. Biró; András Markó, Nov 2019, Budapest (Hungary), Hungary</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04715885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marge culturelle, no man’s land ou artéfact méthodologique ? La frange méridionale du Bassin parisien au Paléolithique moyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Ahmed-Delacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Connet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Massoulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De l’Ile-de-France à l’Europe du Nord-Ouest : les peuplements humains avant le dernier maximum glaciaire, bilan, objectifs et perspectives de la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Inrap, Oct 2018, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03915217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1540,2709 +1665,2709 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clichy-la-Garenne (Hauts-de-Seine), &amp;quot;Impasse Dumur&amp;quot; : Fréquentation des bords de Seine par Néandertal pendant la dernière période glaciaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayle Grégory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coussot Céline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaussé Christine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Claud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2024, pp.534</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04712048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paris 11e, 81 boulevard Voltaire : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ciezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Renel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Vella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF. 2024, 1 vol. (121 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puiseux-en-France (Val-d'Oise), ZAC de Bois du Temple : Phase 2 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clélia Dufayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Pabois--Maumené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Mercé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Monchablon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puiseux-en-France (Val-d’Oise), ZAC de Bois du Temple : phase 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clélia Dufayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Pabois--Maumené</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Mercé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Tigreat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03956336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tremblay-en-France (Seine-Saint-Denis), ZAC sud Charles-de-Gaulle : lot PS1b</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clélia Dufayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Belarbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Puiseux-en-France (Val-d'Oise), ZAC de Bois du Temple : Phase 1 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Roncin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Civalleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Mercé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauregard, Le Mesnil-Amelot, future aérogare T4 : zone centrale au nord de la rue de New-York et au sud du doublet des pistes</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF. 2019, pp.301</w:t>
+                <w:t xml:space="preserve">Le Mesnil-Amelot (Seine-et-Marne), Route Départemental n°401 - Les Lavandières : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Seng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03934893v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Mesnil-Amelot (Seine-et-Marne), Route Départemental n°401 - Les Lavandières : rapport de diagnostic</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">Inrap. 2019</w:t>
+                <w:t xml:space="preserve">Mauregard, Le Mesnil-Amelot, future aérogare T4 : zone centrale au nord de la rue de New-York et au sud du doublet des pistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Ciezar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Du Bouëtiez de Kerorguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Civalleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF. 2019, pp.301</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-03925125v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03934893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauregard, Le Mesnil-Amelot (Seine-et-Marne), Futur aérogare T4 : zone centrale au nord de la rue de New-York et au sud du doublet des pistes : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Ciezar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Civalleri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Du Bouëtiez de Kerorguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2019, pp.311</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03924879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eure-et-Loir, Amilly, Boissay et Mainvilliers, l'Enclos : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Creusillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonesse (Val-d'Oise), ZAC du Triangle de Gonesse, La Sente Villard : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rochart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Jobic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Île-de France, Essonne (91), Le Coudray-Montceaux, Les Haies Blanches 2, av. de Tournenfils et rue du Bois de l’Ecu. Occupations du Paléolithique moyen, néolithiques, de l’âge du Bronze, de l’âge du Fer et médiévale à moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Desrayaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romana Blaser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Civalleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Claude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Ile-de-France. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02895683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecquevilly (Yvelines), Rue du Grand Etang : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Rochart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houdan (Yvelines), Route de Champagne, lots A et B : occupations du Paléolithique moyen, bâtiments agricoles et gallo-romains et implantations du haut Moyen Âge en fond de vallée de l'Opton, Rapport de fouille archéologique, 2 vol. (394, 469 p.) : ill. en noir et en coul. + 1 plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Brutus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chaussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lorquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Alligri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Centre - Île-de-France, SRA Ile-de-France. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03095827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frépillon (Val-d'Oise), &amp;quot;Rue de Villiers Adam&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Souffi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiverval-Grignon (Yvelines), Lieu-dit du &amp;quot;Pont Cailloux&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Samuelian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03925265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villennes-sur-Seine (Yvelines), &amp;quot;Chemin de Fauveau&amp;quot; : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Beynes (Yvelines), &amp;quot;La Vallée aux Ânes&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chaussé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Souffi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2013</w:t>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03925151v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beynes (Yvelines), &amp;quot;La Vallée aux Ânes&amp;quot; : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Villennes-sur-Seine (Yvelines), &amp;quot;Chemin de Fauveau&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Belarbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Souffi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2013</w:t>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03925134v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Martin-du-Tertre (Val-d'Oise), &amp;quot;La Montagne du Trou-Guillot&amp;quot;, &amp;quot;Le Champ-Gonelle&amp;quot; : 3e phase : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupvray, Montry, Magny-le-Hongre (Seine-et-Marne), ZAC des Trois Ormes : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Wuscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chardenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cotté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03924914v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03925057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupvray, Montry, Magny-le-Hongre (Seine-et-Marne), ZAC des Trois Ormes : rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vaires-sur-Marne (Seine-et-Marne), 53/63 rue de Torcy : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chaussé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bellido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03925057v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03924941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaires-sur-Marne (Seine-et-Marne), 53/63 rue de Torcy : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Vaires-sur-Marne (Seine-et-Marne), 49 rue de Torcy : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chaussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bellido</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03924941v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03924963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaires-sur-Marne (Seine-et-Marne), 49 rue de Torcy : rapport de diagnostic</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2012</w:t>
+                <w:t xml:space="preserve">Citry (Seine-et-Marne), &amp;quot;La Rangée, La Grande Pièce, les Rues de Marne, Près le Moulin Saint-Faron, Les Oudelains, les Grandes Malsanges&amp;quot; : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Adrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamys Hachem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France; Service régional de l'archéologie d'Île-de-France. 2012, 1 vol. (245 p.) : 138 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 3 plans + 1 cd-rom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">halshs-03924963v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04601195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Citry (Seine-et-Marne), &amp;quot;La Rangée, La Grande Pièce, les Rues de Marne, Près le Moulin Saint-Faron, Les Oudelains, les Grandes Malsanges&amp;quot; : rapport de diagnostic</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Inrap Centre - Île-de-France; Service régional de l'archéologie d'Île-de-France. 2012, 1 vol. (245 p.) : 138 fig., ill. en noir et en coul., couv. ill. ; 30 cm + 3 plans + 1 cd-rom</w:t>
+                <w:t xml:space="preserve">Saint-Martin-du-Tertre (Val-d'Oise), &amp;quot;La Montagne du Trou-Guillot&amp;quot;, &amp;quot;Le Champ-Gonelle&amp;quot; : 3e phase : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Coussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Lepareux-Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04601195v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03924914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Coudray-Montceaux (Essonne), La Butte aux Prévôts : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chaussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Samuelian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Marti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03924896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flacourt (Yvelines), &amp;quot;La Fosse Corbin&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chaussé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03924890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4252,51 +4377,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carences structurelles et interprétatives dans l'archéologie préventive d'avant le Dernier Maximum glaciaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Blaser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4345,213 +4470,213 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Coussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hiatus, lacunes et absences : identifier et interpréter les vides archéologiques, Actes du 29e Congrès préhistorique de France, 31 mai-4 juin 2021, Toulouse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Session Hiatus, lacunes et absences : reflets de pratiques archéologiques ou réalités ?, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Société préhistorique française</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.13-32, 2023, Congrès Préhistoriques de France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04350969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Searching for stone tools older than 2.6 Ma: how do we know what we are looking for?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Harmand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason E. Lewis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Craig Feibel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher J Lepre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for the study of Human Evolution (ESHE) : 3rd Annual Meeting : Vienna, Austria, 19-21 September, 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for the study of Human Evolution, pp.107, 2013, Proceedings of the European Society for the study of Human Evolution, 2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01120656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId126"/>
+      <w:footerReference w:type="default" r:id="rId129"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4698,51 +4823,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924240v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41982-021-00104-6" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674373v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Serre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.11872" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676849v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676817v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Wuscher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander F&#252;lling" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676845v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blaser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Djema" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03217325v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379924v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harmand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E Lewis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S Feibel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Lepre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14464" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324958v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Clement" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2014.14369" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429254v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.363" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426560v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Da Costa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Weyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715861v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716057v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716020v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715885v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915217v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Soriano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ahmed-Delacroix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Connet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhomme" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Massouli&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712048v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayle Gr&#233;gory" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coussot C&#233;line" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauss&#233; Christine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845748v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Claveau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925379v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Dufayet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Pabois--Maumen&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956336v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Tigreat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925330v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925321v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roncin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Civalleri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934893v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Du Bou&#235;tiez de Kerorguen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925125v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Seng" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924879v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925106v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925078v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raymond" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochart" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jobic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02895683v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Desrayaud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925288v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095827v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brutus" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorquet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Alligri" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925169v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925265v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samuelian" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925151v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925134v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924914v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lepareux-Couturier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925057v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924941v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bellido" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertrand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924963v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601195v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Adrot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamys Hachem" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924896v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924890v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350969v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prehistoire.org/515_p_46801/congres-prehistoriques-de-france.html" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120656v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E. Lewis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Feibel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924240v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cl&#233;ment" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41982-021-00104-6" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03674373v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Serre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.11872" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676849v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Coussot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676817v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauss&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Wuscher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bahain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander F&#252;lling" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676845v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blaser" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Djema" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8209;luc Locht" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03217325v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379924v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Harmand" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E Lewis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig S Feibel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J Lepre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Prat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14464" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324958v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Clement" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2014.14369" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429254v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeopages.363" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426560v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Da Costa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Weyer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548122v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;risson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Goval" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715861v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716057v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716020v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715885v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03915217v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Soriano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Ahmed-Delacroix" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Connet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhomme" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Massouli&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712048v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bayle Gr&#233;gory" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coussot C&#233;line" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauss&#233; Christine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Claud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845748v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Claveau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925379v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Dufayet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Pabois--Maumen&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monchablon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956336v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Tigreat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925330v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925321v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roncin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Civalleri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925125v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Seng" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934893v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Du Bou&#235;tiez de Kerorguen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924879v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925106v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925078v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raymond" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rochart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Jobic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02895683v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Desrayaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bayle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Blaser" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Claude" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925288v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095827v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brutus" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lorquet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Alligri" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925169v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925265v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Samuelian" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925134v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925151v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03925057v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Durand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chardenon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cott&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924941v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bellido" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bertrand" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924963v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601195v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Adrot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamys Hachem" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924914v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lepareux-Couturier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924896v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03924890v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350969v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.prehistoire.org/515_p_46801/congres-prehistoriques-de-france.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120656v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E. Lewis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brenet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Feibel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>