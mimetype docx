--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -3250,204 +3250,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05367624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critères, valeurs et &amp;quot;regard patrimonial&amp;quot; au XXI siècle</w:t>
+                <w:t xml:space="preserve">Heritage value assessment method – Pilot application to selected historic steel bridges in Prague</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Eberhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Pospíšil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Ryjacek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirek Sykora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « Identités et processus de patrimonialisation »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre de Recherche sur les Identités Nationales et l’Interculturalité; Université de Nantes, Oct 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">STREMAH, 17h International Conference on Studies, Repairs and Maintenance of Heritage Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03381119v1</w:t>
+                <w:t xml:space="preserve">halshs-03381112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heritage value assessment method – Pilot application to selected historic steel bridges in Prague</w:t>
+                <w:t xml:space="preserve">Critères, valeurs et &amp;quot;regard patrimonial&amp;quot; au XXI siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Eberhardt</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mirek Sykora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STREMAH, 17h International Conference on Studies, Repairs and Maintenance of Heritage Architecture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Séminaire « Identités et processus de patrimonialisation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de Recherche sur les Identités Nationales et l’Interculturalité; Université de Nantes, Oct 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03381112v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03381119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment system for suitable diagnostic and intervention methods on architectural heritage: masonry and cast-iron buildings and structures in the Czech Republic</w:t>
               </w:r>
@@ -3949,178 +3949,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01878149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crépuscule de l’Art nouveau dans l’urbanisme. Strasbourg autour de 1913</w:t>
+                <w:t xml:space="preserve">Base de données et analyse des discours sur la ville de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Eberhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Dahm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internationale Tagung: Henry van de Velde 1913, Abgesang des Jugendstils</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Freie Universität, Berlin, Nov 2013, Berlin, Allemagne</w:t>
+              <w:t xml:space="preserve">Workshop « Genèse et réception de l’architecture et des formes urbaines dans une région frontalière (1850-1950). Une histoire croisée franco-allemande »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Strasbourg, Feb 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03381128v1</w:t>
+                <w:t xml:space="preserve">halshs-03381133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Base de données et analyse des discours sur la ville de Strasbourg</w:t>
+                <w:t xml:space="preserve">Crépuscule de l’Art nouveau dans l’urbanisme. Strasbourg autour de 1913</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Eberhardt</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Johannes Dahm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop « Genèse et réception de l’architecture et des formes urbaines dans une région frontalière (1850-1950). Une histoire croisée franco-allemande »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Strasbourg, Feb 2013, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Internationale Tagung: Henry van de Velde 1913, Abgesang des Jugendstils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Freie Universität, Berlin, Nov 2013, Berlin, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03381133v1</w:t>
+                <w:t xml:space="preserve">halshs-03381128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les influences croisées dans la conception et l’édification de la Neustadt de Strasbourg</w:t>
               </w:r>
@@ -4667,51 +4667,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367396v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Duarte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lescop" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Eberhardt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Camara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Maciel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745266v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Letourneux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Jacquard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Balavoine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821879v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03371548v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Posp&#237;&#353;il" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2021.1901160" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748702v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav S&#253;kora" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Ryj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381079v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353249v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsace.2406" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353255v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.045.0167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-K27DF909-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353257v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsace.2388" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372394v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372410v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Lauton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cassaz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236310v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eberhardt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422657v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauthiez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Baudru" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Karli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354915v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cohen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kostka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367621v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rollin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148992v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354921v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03371562v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Recht" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Richez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372417v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05461869v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bertrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chancibault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charlot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevassus Lozza" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367401v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05122176v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367406v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Couffin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372613v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Andr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marchandeau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Daval" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stupka Christelle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372614v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirek Sykora" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748006v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041054v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367625v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Clavier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367623v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04187627v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367624v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381119v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381112v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Ryjacek" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03372603v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03372604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381114v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381121v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381122v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381125v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878149v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Dahm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381128v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381133v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381132v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthiez Bernard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381131v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381136v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381134v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03372602v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367396v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Duarte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lescop" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Eberhardt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Camara" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Maciel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745266v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Letourneux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Jacquard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Balavoine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821879v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03371548v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Posp&#237;&#353;il" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15583058.2021.1901160" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748702v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav S&#253;kora" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Ryj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381079v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353249v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsace.2406" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353255v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.045.0167" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-K27DF909-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03353257v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsace.2388" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372394v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372410v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Lauton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cassaz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236310v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eberhardt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354932v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01422657v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gauthiez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Baudru" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Karli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354915v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Cohen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kostka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367621v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rollin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148992v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354921v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03371562v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Recht" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Richez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372417v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05461869v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bechet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bertrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chancibault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charlot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Chevassus Lozza" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367401v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05122176v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367406v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Couffin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372613v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Andr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marchandeau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Daval" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stupka Christelle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372614v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirek Sykora" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748006v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041054v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367625v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Clavier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367623v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04187627v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367624v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381112v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Ryjacek" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381119v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03372603v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03372604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381114v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381121v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381122v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381125v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878149v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Dahm" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381133v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381128v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381132v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthiez Bernard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381131v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381136v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03381134v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03372602v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>