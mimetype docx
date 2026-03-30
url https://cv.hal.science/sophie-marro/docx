--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -696,2352 +696,2364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03342476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of stable isotopes to measure the ingestion rate of 1 potentially toxic benthic dinoflagellates by harpacticoid copepods</w:t>
+                <w:t xml:space="preserve">Atypical Membrane-Anchored Cytokine MIF in a Marine Dinoflagellate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Boisnoir</w:t>
+                <w:t xml:space="preserve">Maëlle Jaouannet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikolaos V Schizas</w:t>
+                <w:t xml:space="preserve">Sophie Pagnotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Marro</w:t>
+                <w:t xml:space="preserve">Olivier Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Blasco</w:t>
+                <w:t xml:space="preserve">Claire Michelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 524, pp.151285. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (9), pp.1263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jembe.2019.151285⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8091263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391239v1</w:t>
+                <w:t xml:space="preserve">hal-02988353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atypical Membrane-Anchored Cytokine MIF in a Marine Dinoflagellate</w:t>
+                <w:t xml:space="preserve">A note on the differences found between examining whole water vs. phytoplankton net (52 μ m mesh) samples to characterize abundance and community composition of tintinnid ciliates (marine microzooplankton)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Jaouannet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
+                <w:t xml:space="preserve">John R. Dolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Pagnotta</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sophie Marro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms8091263⟩</w:t>
+              <w:t xml:space="preserve">Limnology and Oceanography: Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (4), pp.163 - 168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/lom3.10348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02988353v1</w:t>
+                <w:t xml:space="preserve">hal-02567426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A note on the differences found between examining whole water vs. phytoplankton net (52 μ m mesh) samples to characterize abundance and community composition of tintinnid ciliates (marine microzooplankton)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient, fast and inexpensive bioassay to monitor benthic microalgae toxicity: Application to Ostreopsis species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Ternon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louison Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Marro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John R. Dolan</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marin-Pierre Gémin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Limnology and Oceanography: Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 18 (4), pp.163 - 168. </w:t>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 223, pp.105485 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/lom3.10348⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2020.105485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567426v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03490642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient, fast and inexpensive bioassay to monitor benthic microalgae toxicity: Application to Ostreopsis species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The use of stable isotopes to measure the ingestion rate of 1 potentially toxic benthic dinoflagellates by harpacticoid copepods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Boisnoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louison Dufour</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Nikolaos V Schizas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marin-Pierre Gémin</w:t>
+                <w:t xml:space="preserve">Thierry Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 223, pp.105485 -. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 524, pp.151285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2020.105485⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jembe.2019.151285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03490642v1</w:t>
+                <w:t xml:space="preserve">hal-02391239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of the toxic dinoflagellate Ostreopsis cf. ovata on survival, feeding and reproduction of a phytal harpacticoid copepod</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shifts in cell size and community composition of bacterioplankton due to grazing by heterotrophic flagellates: evidence from a marine system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Rostan</w:t>
+                <w:t xml:space="preserve">Markus G Weinbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Guidi-Guilvard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">S Suominen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Jezbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Emmanuelle Kerros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eva Ternon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jembe.2019.05.004⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 83 (3), pp.295--308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3354/ame01919⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02336463v1</w:t>
+                <w:t xml:space="preserve">hal-03946582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algal Remodeling in a Ubiquitous Planktonic Photosymbiosis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First spatial distribution of potentially toxic benthic dinoflagellates in the Lesser Antilles (Guadeloupe and Martinique), Caribbean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Boisnoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Marro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.01.073⟩</w:t>
+              <w:t xml:space="preserve">Botanica Marina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 62 (4), pp.309-322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/bot-2018-0002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02083159v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02355800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shifts in cell size and community composition of bacterioplankton due to grazing by heterotrophic flagellates: evidence from a marine system</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An exploratory study of heterotrophic protists of the mesopelagic Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Jezbera</w:t>
+                <w:t xml:space="preserve">John Dolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Emmanuelle Kerros</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Maria Ciobanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/ame01919⟩</w:t>
+              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 76 (3), pp.616-625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fsx218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03946582v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02966846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First spatial distribution of potentially toxic benthic dinoflagellates in the Lesser Antilles (Guadeloupe and Martinique), Caribbean Sea</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sophie Marro</w:t>
+                <w:t xml:space="preserve">Algal Remodeling in a Ubiquitous Planktonic Photosymbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Decelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Lemée</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hryhoriy Stryhanyuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Veronesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botanica Marina</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/bot-2018-0002⟩</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (6), pp.968-978.e4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.01.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02355800v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02083159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An exploratory study of heterotrophic protists of the mesopelagic Mediterranean Sea</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">John Dolan</w:t>
+                <w:t xml:space="preserve">Effects of the toxic dinoflagellate Ostreopsis cf. ovata on survival, feeding and reproduction of a phytal harpacticoid copepod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Ciobanu</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Julie Rostan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guidi-Guilvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Ternon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 76 (3), pp.616-625. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Marine Biology and Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 516, pp.103-113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fsx218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jembe.2019.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02966846v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02336463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allelopathic interactions between the benthic toxic dinoflagellate Ostreopsis cf. ovata and a co-occurring diatom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Ternon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Lemée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Harmful Algae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 75, pp.35-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.hal.2018.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02283844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of transparent exopolymeric particles and their precursors during a mesocosm experiment: Impact of ocean acidification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emmanuelle Kerros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Luiza Pedrotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 186, pp.112-124. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.02.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02991944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ocean acidification and viral replication cycles: Frequency of lytically infected and lysogenic cells during a mesocosm experiment in the NW Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Tsiola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paraskevi Pitta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Giannakourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 186, pp.139-151. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecss.2016.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03334397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variability of ultraplankton composition and distribution in an oligotrophic coastal ecosystem of the NW Mediterranean Sea derived from a two-year survey at the single cell level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria L Pedrotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ornella Passafiume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Gossaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (12), pp. e0190121. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0190121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01691672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary marine aerosol emissions from the Mediterranean Sea during pre-bloom and oligotrophic conditions: correlations to seawater chlorophyll &amp;lt;i&amp;gt;a&amp;lt;/i&amp;gt; from a mesocosm study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allison Schwier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eija Asmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina M. Ebling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William M. Landing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15 (14), pp.7961-7976. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-15-7961-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01206664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Onset of the spring bloom in the northwestern Mediterranean Sea: influence of environmental pulse events on the in situ hourly-scale dynamics of the phytoplankton community structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melilotus Thyssen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Grégori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Grisoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Luiza Pedrotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Mousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 5, pp.article n°387. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2014.00387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01321252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new collaborative web site to improve the accuracy of dinoflagellate identification: focus on the morphologically-variable genus Neoceratium (Schrank) Gomez, Moreira et Lopez-Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alina Tunin-Ley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean De Vaugelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Lemée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cryptogamie Algologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 33 (4), pp.399-404. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7872/crya.v33.iss4.2012.399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03502655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between scientists, managers and policy makers in the framework of the French MediOs project on Ostreopsis (2008-2010)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Lemée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Mangialajo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cohu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouher Amzil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Blanfuné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cryptogamie Algologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 33 (2), pp.137-142. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7872/crya.v33.iss2.2011.137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00927010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of randomly amplified polymorphic DNA (RAPD) for discrimination of Coxiella burnetii ruminant strains isolated in France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Sidi-Boumedine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Thiery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, epub ahead of print. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.02271.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00430118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3051,728 +3063,728 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vertical distribution of Ostreopsis cf. ovata in NW Mediterranean Sea: Impact on Monitoring Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Velasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Hiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Harmful Algae (ICHA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, La Paz, Mexico</w:t>
+              <w:t xml:space="preserve">Journées de la Société Phycologique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03945423v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vertical distribution of Ostreopsis cf. ovata in NW Mediterranean Sea: Impact on Monitoring Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Velasquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alan Hiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société Phycologique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Conference on Harmful Algae (ICHA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, La Paz, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03945747v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen uptake of the benthic toxic dinoflagellates Ostreopsis farrorussoi of the Eastern Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laury Açaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Jauzein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marin-Pierre Gémin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Harmful Algae (ICHA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03945417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Surprising Protistan Microzooplankton in the Mesopelagic Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John R Dolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Ciobanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Colloquium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Cologne, May 2018, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03943720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution and abundances of benthic toxic dinoflagellates in French West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Boisnoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Lemee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Modern and Fossil Dinoflagellates</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03945489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution and abundances of benthic toxic dinoflagellates in French West Indies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Boisnoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Lemee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groupe de Recherche PHYCOTOX</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Gif-sur-Ivette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03945637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3782,271 +3794,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical ecology of Benthic HABs : the impact of NW Mediterranean Ostreopsis cf. ovata on copepods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Rostan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guidi-Guilvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Lemée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Harmful Algae (ICHA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nantes, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03945828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Competition between two Mediterranean benthic microalgae: Endo/exo metabolome study and physiological responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Pavaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Ternon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Marro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Lemee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Modern and Fossil Dinoflagellates</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Bordeaux, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03945822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4056,161 +4068,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PHYTOBS dataset - French National Service of Observation for Phytoplankton in coastal waters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Claquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Felipe Artigas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...80 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03553028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId150"/>
+      <w:footerReference w:type="default" r:id="rId151"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4278,51 +4290,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B6131369"/>
+    <w:nsid w:val="4A4B13F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4509,51 +4521,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sophie-marro" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3363-9241" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296915v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melilotus Thyssen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cr&#233;ach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Lahbib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dugenne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.975877" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373848v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Decelle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Veronesi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lekieffre Charlotte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gallet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chevalier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15766" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454231v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Pavaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Velasquez-Carjaval" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Drouet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Hiroux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2021.102144" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03342476v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ridame" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France van Wambeke" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stolpe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-5011-2021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391239v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boisnoir" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos V Schizas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2019.151285" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02988353v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jaouannet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pagnotta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pierre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Michelet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8091263" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02567426v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Dolan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.10348" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490642v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Ternon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Dufour" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin-Pierre G&#233;min" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2020.105485" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02336463v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rostan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guidi-Guilvard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2019.05.004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083159v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hryhoriy Stryhanyuk" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schmidt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.01.073" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946582v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus G Weinbauer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Suominen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jezbera" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Kerros" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01919" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355800v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pascal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lem&#233;e" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bot-2018-0002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02966846v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dolan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ciobanu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coppola" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx218" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283844v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2018.04.003" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991944v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luiza Pedrotti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.02.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334397v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Tsiola" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Pitta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Giannakourou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.05.003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Z9SDVNP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01691672v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria L Pedrotti" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mousseau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Passafiume" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Gossaert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190121" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206664v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Schwier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eija Asmi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina M. Ebling" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M. Landing" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7961-2015" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01321252v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Grisoni" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Luiza Pedrotti" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2014.00387" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502655v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tunin-Ley" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean De Vaugelas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya.v33.iss4.2012.399" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927010v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Mangialajo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cohu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouher Amzil" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanfun&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya.v33.iss2.2011.137" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00430118v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Duquesne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fernandes" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Thiery" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02271.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945423v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Velasquez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Drouet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lebrun" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945747v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945417v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury A&#231;af" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jauzein" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Blasco" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943720v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Dolan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945489v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lemee" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945637v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945828v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945822v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Thomas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553028v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lemoine" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Claquin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Abadie" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Artigas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/sophie-marro" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3363-9241" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296915v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melilotus Thyssen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Gr&#233;gori" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cr&#233;ach" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Lahbib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Dugenne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.975877" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373848v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Decelle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Veronesi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lekieffre Charlotte" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gallet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chevalier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.15766" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454231v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Pavaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Velasquez-Carjaval" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Drouet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Hiroux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2021.102144" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03342476v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ridame" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France van Wambeke" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Stolpe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-5011-2021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02988353v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jaouannet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pagnotta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pierre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Michelet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8091263" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02567426v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Dolan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.10348" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490642v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Ternon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louison Dufour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin-Pierre G&#233;min" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2020.105485" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391239v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boisnoir" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos V Schizas" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Blasco" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2019.151285" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946582v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus G Weinbauer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Suominen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Jezbera" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Kerros" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01919" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02355800v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pascal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lem&#233;e" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/bot-2018-0002" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02966846v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dolan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ciobanu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coppola" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx218" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083159v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hryhoriy Stryhanyuk" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Schmidt" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.01.073" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02336463v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rostan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guidi-Guilvard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jembe.2019.05.004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283844v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2018.04.003" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58PKJQSX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991944v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luiza Pedrotti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.02.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334397v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Tsiola" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Pitta" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Giannakourou" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2016.05.003" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9Z9SDVNP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01691672v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria L Pedrotti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Mousseau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Passafiume" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Gossaert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190121" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01206664v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Schwier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rose" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eija Asmi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina M. Ebling" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William M. Landing" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7961-2015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01321252v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Grisoni" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Luiza Pedrotti" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2014.00387" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502655v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Tunin-Ley" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean De Vaugelas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Garcia" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya.v33.iss4.2012.399" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927010v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Mangialajo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cohu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouher Amzil" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanfun&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7872/crya.v33.iss2.2011.137" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00430118v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sidi-Boumedine" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Duquesne" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fernandes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Thiery" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.02271.x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945747v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Velasquez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Drouet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lebrun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945423v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945417v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury A&#231;af" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jauzein" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Blasco" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943720v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Dolan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945489v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Lemee" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945637v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945828v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945822v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Thomas" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03553028v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lemoine" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Claquin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Abadie" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Felipe Artigas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>