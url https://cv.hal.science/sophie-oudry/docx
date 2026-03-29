--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1072,247 +1072,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rendez-vous autour de l'archéomatique en archéologie funéraire 3. Les statistiques en anthropologie et archéologie funéraire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les ossuaires médiévaux et contemporains de la basilique de Boulogne-sur-Mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blamangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendez-vous autour de l’archéomatique en archéologie funéraire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe d'anthropologie et d'archéologie funéraire; Ateliers-Archéomatique (réseau ISA), Mar 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Gestion collective de la mort moderne : fosses communes, pourrissoirs et ossuaires, Table ronde organisée par le PCR CimMoNe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05106769v1</w:t>
+                <w:t xml:space="preserve">hal-05345142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ossuaires médiévaux et contemporains de la basilique de Boulogne-sur-Mer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rendez-vous autour de l'archéomatique en archéologie funéraire 3. Les statistiques en anthropologie et archéologie funéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gaultier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Laurent-Dehecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Badey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gestion collective de la mort moderne : fosses communes, pourrissoirs et ossuaires, Table ronde organisée par le PCR CimMoNe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Troyes, France</w:t>
+              <w:t xml:space="preserve">Rendez-vous autour de l’archéomatique en archéologie funéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe d'anthropologie et d'archéologie funéraire; Ateliers-Archéomatique (réseau ISA), Mar 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05345142v1</w:t>
+                <w:t xml:space="preserve">hal-05106769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendez-vous autour de l'archéomatique en archéologie funéraire 2. Les SGBD anthropologiques en archéologie : quel(s) modèle(s) et quelle granularité pour quels usages ?</w:t>
               </w:r>
@@ -2843,231 +2843,231 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04459872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourir chez les Morins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alice Dananai</w:t>
+                <w:t xml:space="preserve">Premières analyses des pratiques funéraires observées sur la nécropole privilégiée de Templeuve-en-Pévèle (Nord, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boulogne-sur-Mer antique, entre terre et mer. </w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DIS MANIBUS. Tombes sous la loupe, Actes de la journée d’étude à l’Espace gallo-romain, Ath, 16 mars 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, XXX, Cercle royal d'Histoire et d'Archéologie d'Ath et de la région, pp.137-168, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908598v1</w:t>
+                <w:t xml:space="preserve">hal-04462462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premières analyses des pratiques funéraires observées sur la nécropole privilégiée de Templeuve-en-Pévèle (Nord, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Gillet</w:t>
+                <w:t xml:space="preserve">Mourir chez les Morins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Dananai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Blamangin; Angélique Demon; Christine Hoët-van Cauwenberghe. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DIS MANIBUS. Tombes sous la loupe, Actes de la journée d’étude à l’Espace gallo-romain, Ath, 16 mars 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Boulogne-sur-Mer antique, entre terre et mer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gesoriacum-Bononia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, le port et son arrière-pays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires du Septentrion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.337-362, 2020, Archaiologia, 9782757430699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.96147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04462462v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ossuaires de la crypte de la Basilique de Boulogne-sur-Mer : protocole de fouille et premiers résultats</w:t>
               </w:r>
@@ -3486,96 +3486,96 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaï Fechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut National de recherches Archéologique Préventive (INRAP). 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316845v1</w:t>
+                <w:t xml:space="preserve">hal-05316837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raillencourt-Sainte-Olle, parc d'activités Actipôle de l'A2 : des campagnes hallstattiennes au domaine agricole gallo-romain : 900 ans d'histoire (-650/+250)</w:t>
               </w:r>
@@ -3587,109 +3587,109 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaï Fechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Morel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Institut National de recherches Archéologique Préventive (INRAP). 2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut National de Recherches Archéologiques Préventives. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316837v1</w:t>
+                <w:t xml:space="preserve">hal-05316827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raillencourt-Sainte-Olle, parc d'activités Actipôle de l'A2 : des campagnes hallstattiennes au domaine agricole gallo-romain : 900 ans d'histoire (-650/+250)</w:t>
               </w:r>
@@ -3701,109 +3701,109 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaï Fechner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexia Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Institut National de Recherches Archéologiques Préventives. 2024</w:t>
+              <w:t xml:space="preserve">Institut National de recherches Archéologique Préventive (INRAP). 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05316827v1</w:t>
+                <w:t xml:space="preserve">hal-05316845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cimetières modernes « hors les murs » dans le nord-est de la France : topographie, modes / pratiques funéraires et populations des cimetières antérieurs au décret impérial de 1804 (XVIe-XVIIIe siècles)</w:t>
               </w:r>
@@ -4149,864 +4149,864 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04210976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etaples-sur-Mer (62), ZAC du domaine du Chemin des Prés : l'enclos de La Tène ancienne, l'établissement gallo-romain précoce : rapport de fouilles, 9</w:t>
+                <w:t xml:space="preserve">Lesquin (Nord), entre la RD 655, la route de l'aéroport et la rue d'Enchemont : parc d'activités Lil'Aéroparc : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lefèvre</w:t>
+                <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Hénon</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anthony Ledauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2019, pp.296</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2019, pp.148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427322v1</w:t>
+                <w:t xml:space="preserve">hal-02427323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quaëdypre (59), ZAC de la Croix Rouge : analyse des peuplements entre l'Antiquité et le Moyen Âge en bordure de la plaine maritime : rapport de fouilles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Donnadieu</w:t>
+                <w:t xml:space="preserve">Hauts-de-France, Famars, la Place des Déportés : une évolution topographique et urbaine au coeur de l'agglomération antique : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Gryspeirt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ledauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaiana Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2019, pp.700</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427325v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02447046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hauts-de-France, Famars, la Place des Déportés : une évolution topographique et urbaine au coeur de l'agglomération antique : rapport de diagnostic</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vaiana Vincent</w:t>
+                <w:t xml:space="preserve">Quaëdypre (59), ZAC de la Croix Rouge : analyse des peuplements entre l'Antiquité et le Moyen Âge en bordure de la plaine maritime : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Broes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Cercy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2019</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2019, pp.700</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02447046v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boulogne-sur-Mer (62), Crypte de la basilique Notre-Dame. Rapport de fouille, 5 volumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blamangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Colard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2019, pp.1116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesquin (Nord), entre la RD 655, la route de l'aéroport et la rue d'Enchemont : parc d'activités Lil'Aéroparc : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Labourse et Noeux-les-Mines (62) : les occupations humaines de la Porte sud du Béthunois : du IIIe millénaire avant notre ère à la fin du IIIe siècle de notre ère : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2019, pp.148</w:t>
+                <w:t xml:space="preserve">Léa Gourio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Canonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2019, pp.1451</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427323v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Labourse et Noeux-les-Mines (62) : les occupations humaines de la Porte sud du Béthunois : du IIIe millénaire avant notre ère à la fin du IIIe siècle de notre ère : rapport de fouilles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les cimetières modernes « hors les murs » dans le nord-est de la France : topographie, modes / pratiques funéraires et populations des cimetières antérieurs au décret impérial de 1804 (XVIe-XVIIIe siècles) : Rapport d’activité 2019 1ère année</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Dohr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Fossurier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Capron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Dottori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAP. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Favier</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-02427324v1</w:t>
+                <w:t xml:space="preserve">hal-03106908v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les cimetières modernes « hors les murs » dans le nord-est de la France : topographie, modes / pratiques funéraires et populations des cimetières antérieurs au décret impérial de 1804 (XVIe-XVIIIe siècles) : Rapport d’activité 2019 1ère année</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Hadot</w:t>
+                <w:t xml:space="preserve">Etaples-sur-Mer (62), ZAC du domaine du Chemin des Prés : l'enclos de La Tène ancienne, l'établissement gallo-romain précoce : rapport de fouilles, 9</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Jagou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ledauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] INRAP. 2019</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2019, pp.296</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03106908v2</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hauts-De-France, Hénin-Beaumont, Rue du Marais. Les vestiges de l’abbaye Notre-Dame d’Hénin : rapport de diagnostic</w:t>
               </w:r>
@@ -5018,64 +5018,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cercy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Deschodt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5114,51 +5114,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hauts-de-France, Loos, Avenue du Train de Loos. Centre pénitencier - Tranche 3 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Clerget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxellande Jude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5230,498 +5230,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haubourdin, Santes (Nord), port de Santes : occupations préhistorique, antiques et mérovingienne dans la vallée de la Deûle : rapport de diagnostic</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yves Créteur</w:t>
+                <w:t xml:space="preserve">Hauts-de-France, Verlinghem, 36 route de Messines. Verlinghem : Rapport de Diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Teysseire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry-Braillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaiana Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Deschodt</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2017, 192 p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427306v1</w:t>
+                <w:t xml:space="preserve">hal-02156731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hauts-de-France, Verlinghem, 36 route de Messines. Verlinghem : Rapport de Diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Haubourdin, Santes (Nord), port de Santes : occupations préhistorique, antiques et mérovingienne dans la vallée de la Deûle : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Lantoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deschodt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Teysseire</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2017</w:t>
+                <w:t xml:space="preserve">Christelle Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap HdF. 2017, 192 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02156731v1</w:t>
+                <w:t xml:space="preserve">hal-02427306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nord-Pas-de-Calais, Villeneuve d'Ascq, Place de la République. Sur les traces du domaine royale d'Annappes... : rapport de diagnostic</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Broes</w:t>
+                <w:t xml:space="preserve">Templeuve-En-Pévèle (59), Rue Grande Campagne. Des Tombes Privilégiées Gallo-Romaines Installées En Bordure d'un Axe Routier. Rapport de Fouille. 2 Vol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Notte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Delmont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Derreumaux</w:t>
+                <w:t xml:space="preserve">Jean- Hervé Yvinec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2017</w:t>
+              <w:t xml:space="preserve">[Research Report] Inrap Hauts-de-France. 2017, pp.330 154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292857v1</w:t>
+                <w:t xml:space="preserve">hal-02427303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Templeuve-En-Pévèle (59), Rue Grande Campagne. Des Tombes Privilégiées Gallo-Romaines Installées En Bordure d'un Axe Routier. Rapport de Fouille. 2 Vol.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Notte</w:t>
+                <w:t xml:space="preserve">Nord-Pas-de-Calais, Villeneuve d'Ascq, Place de la République. Sur les traces du domaine royale d'Annappes... : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deflorenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Broes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Delmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean- Hervé Yvinec</w:t>
+                <w:t xml:space="preserve">Marie Derreumaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Research Report] Inrap Hauts-de-France. 2017, pp.330 154</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Hauts-de-France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427303v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verquin, ZAC du Beau Pré. De la pratique funéraire à la vie domestique : quatre siècles d'occupation à Verquin. Rapport de fouille</w:t>
               </w:r>
@@ -5842,51 +5842,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Chapelle-d'Armentières (Nord), avenue Paul Harris : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Praud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5928,340 +5928,340 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herlies, Nord, les Hauts Champs : rapport de diagnostic</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Jagou</w:t>
+                <w:t xml:space="preserve">Noordpeene (59), route de Zuytpeene et rue Ronde : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Lantoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Lorin</w:t>
+                <w:t xml:space="preserve">Philippe Feray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ledauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2016, pp.107</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2016, pp.64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427283v1</w:t>
+                <w:t xml:space="preserve">hal-02427284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noordpeene (59), route de Zuytpeene et rue Ronde : rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Créteur</w:t>
+                <w:t xml:space="preserve">Herlies, Nord, les Hauts Champs : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Jagou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Feray</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sophie Oudry</w:t>
+                <w:t xml:space="preserve">Yann Lorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2016, pp.64</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2016, pp.107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427284v1</w:t>
+                <w:t xml:space="preserve">hal-02427283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wavrin (59), site de &amp;quot;la Vallée&amp;quot; et du &amp;quot;Château de la Vallée&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Feray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6339,51 +6339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bollard-Raineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Gambier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Jagou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Mahéo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6527,90 +6527,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nord-Pas-de-Calais, Lille, Pitgam, Crochte, Bissezeele, Socx, Quaëdypre, West-Cappel, Rexpoëde et Oost-Cappel : Gazoduc Artère des Flandres, lot 2 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaiana Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6793,51 +6793,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Boulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Broes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Coubray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7114,2220 +7114,2194 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02890774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aire-sur-la-Lys, rue de l'Europe et rue de Constantinople : rapport de diagnostic</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.64</w:t>
+                <w:t xml:space="preserve">Dourges : projet d'extension de la plateforme multimodale Delta 3 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Georges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Comont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaiana Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, 550 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427249v1</w:t>
+                <w:t xml:space="preserve">hal-02427250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haillicourt, Le Bois à Baudets : nécropole à incinération et ensemble domestique du début du Ier siècle : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Vistel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bossut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry-Braillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dourges : projet d'extension de la plateforme multimodale Delta 3 : rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nord-Pas-de-Calais, Gravelines-Saint-Georges-sur-l'Aa, Parc paysager des rives de l'Aa, phase 3, lieux-dits L'Enclos et Les Jésuites : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Demarly-Cresp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Notte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaiana Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Comont</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-02427250v1</w:t>
+                <w:t xml:space="preserve">hal-02446407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nord-Pas-de-Calais, Gravelines-Saint-Georges-sur-l'Aa, Parc paysager des rives de l'Aa, phase 3, lieux-dits L'Enclos et Les Jésuites : rapport de diagnostic</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mazingarbe (62), Rue Du Touquet. Rapport de Diagnostic Archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Inrap Nord-Picardie. 2014, 45 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Demarly-Cresp</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-02446407v1</w:t>
+                <w:t xml:space="preserve">hal-02427246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mazingarbe (62), Rue Du Touquet. Rapport de Diagnostic Archéologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Leriche</w:t>
+                <w:t xml:space="preserve">Nord-Pas-de-Calais, Lestrem, ZAC de la rue des Mioches : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Vistel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Notte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Inrap Nord-Picardie. 2014, 45 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaiana Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427246v1</w:t>
+                <w:t xml:space="preserve">hal-02446417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nord-Pas-de-Calais, Lestrem, ZAC de la rue des Mioches : rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Vistel</w:t>
+                <w:t xml:space="preserve">Gravelines-Saint-Georges-sur-l'Aa (59), Parc paysager des rives de l'Aa, phase 3, lieux-dits L'Enclos et Les Jésuites : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Demarly-Cresp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Notte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaiana Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2014</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.134</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02446417v1</w:t>
+                <w:t xml:space="preserve">hal-02396462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravelines-Saint-Georges-sur-l'Aa (59), Parc paysager des rives de l'Aa, phase 3, lieux-dits L'Enclos et Les Jésuites : rapport de diagnostic</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.134</w:t>
+                <w:t xml:space="preserve">Saultain (Nord) Rue Henri Barbusse. Rapport de fouille archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Henton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2014, pp.267</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02396462v1</w:t>
+                <w:t xml:space="preserve">hal-02427247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saultain (Nord) Rue Henri Barbusse. Rapport de fouille archéologique</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Villers-Bocage (Somme), parc d'activité de la Montignette : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Blondiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Beaujard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Buchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Chaidron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gaudefroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.352</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Hulin</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-02427247v1</w:t>
+                <w:t xml:space="preserve">hal-02427253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villers-Bocage (Somme), parc d'activité de la Montignette : rapport de fouilles</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fournes-en-Weppes, boulevard Victor Hugo : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Chaidron</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-02427253v1</w:t>
+                <w:t xml:space="preserve">hal-02427251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fournes-en-Weppes, boulevard Victor Hugo : rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dominique Favier</w:t>
+                <w:t xml:space="preserve">Aire-sur-la-Lys, rue de l'Europe et rue de Constantinople : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Donnadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.54</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2014, pp.64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427251v1</w:t>
+                <w:t xml:space="preserve">hal-02427249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rouvignies (Nord), ZAC de l'aérodrome ouest de Valenciennes, phase 16, tranche 1 : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Méaulte et Bécordel-Bécourt (Somme), ZAC du Pays du Coquelicot, site 10 : une nécropole rurale datée de La Tène moyenne : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Soupart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginette Auxiette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Populaire</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.62</w:t>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Descheyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry-Braillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.156</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427241v1</w:t>
+                <w:t xml:space="preserve">hal-02427238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méaulte et Bécordel-Bécourt (Somme), ZAC du Pays du Coquelicot, site 10 : une nécropole rurale datée de La Tène moyenne : rapport de fouilles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ginette Auxiette</w:t>
+                <w:t xml:space="preserve">Liévin (Pas-de-Calais), ZI de l'Alouette : habitat et nécropoles gallo-romains : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Coutard</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.156</w:t>
+                <w:t xml:space="preserve">Denis Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rappasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Gustiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427238v1</w:t>
+                <w:t xml:space="preserve">hal-02427237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérouanne (62), Chaussée Brunehaut, parcelle AD 76 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaiana Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liévin (Pas-de-Calais), ZI de l'Alouette : habitat et nécropoles gallo-romains : rapport de diagnostic</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rang-du-Fliers/Verton, Pas-de-Calais, Champ Gretz : diagnostic archéologique préalable à la création d'une Zone d'Activités Concertées : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Couillard-Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Bacquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Le Bayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erick Mariette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Rappasse</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-02427237v1</w:t>
+                <w:t xml:space="preserve">hal-02427240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rang-du-Fliers/Verton, Pas-de-Calais, Champ Gretz : diagnostic archéologique préalable à la création d'une Zone d'Activités Concertées : rapport de diagnostic</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pitgam (59), projet d'interconnexion : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Le Bayon</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-02427240v1</w:t>
+                <w:t xml:space="preserve">hal-02427239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pitgam (59), projet d'interconnexion : rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rouvignies (Nord), ZAC de l'aérodrome ouest de Valenciennes, phase 16, tranche 1 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonja Willems</w:t>
+                <w:t xml:space="preserve">Cécilia Populaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Feray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.86</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2013, pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427239v1</w:t>
+                <w:t xml:space="preserve">hal-02427241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wavrin (59), Rue Georges Clemenceau. Rapport de diagnostic</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Brissay-Choigny (Aisne), Les Courts Marchés : Occupations des berges de l'Oise (1er siècle avant J.-C. - 7e siècle après J.-C.) : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Boulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexy Duvaut-Saunier</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2012, pp.73</w:t>
+                <w:t xml:space="preserve">Roland Delmaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Cercy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427226v1</w:t>
+                <w:t xml:space="preserve">hal-02426645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brissay-Choigny (Aisne), Les Courts Marchés : Occupations des berges de l'Oise (1er siècle avant J.-C. - 7e siècle après J.-C.) : rapport de fouilles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wavrin (59), rue Georges Clémenceau : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexy Duvaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.135</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426645v1</w:t>
+                <w:t xml:space="preserve">hal-02427234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rouvignies (Nord), parc d'activités de l'aérodrome ouest, phase 16, tranche 2 : occupations protohistorique et gallo-romaine : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Lesquin (Nord), domaine du Lac (zone 1) : rapport de fouilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Neaud</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId196" w:history="1">
+                <w:t xml:space="preserve">Carole Quérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Henton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.93</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Laperle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427233v1</w:t>
+                <w:t xml:space="preserve">hal-02427232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boulogne (62), Place Navarin. Rapport de diagnostic</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Erre, Nord, rues Condorcet et Hubert Parent : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Debs</w:t>
-[...46 lines deleted...]
-                <w:t xml:space="preserve">hal-02427225v1</w:t>
+                <w:t xml:space="preserve">hal-02427231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courcelles-Les-Lens, Pas-de-Calais, éco-quartier de la Marlière, tranche 1 : rapport de diagnostic</w:t>
               </w:r>
@@ -9365,51 +9339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaï Fechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -9425,918 +9399,944 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Croix (Nord), église Saint-Martin. Rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Boulogne (62), Place Navarin. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cercy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Debs</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2012, pp.50</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Decoupigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2012, pp.123</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426642v1</w:t>
+                <w:t xml:space="preserve">hal-02427225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wavrin (59), rue Georges Clémenceau : rapport de diagnostic</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yves Créteur</w:t>
+                <w:t xml:space="preserve">Rouvignies (Nord), parc d'activités de l'aérodrome ouest, phase 16, tranche 2 : occupations protohistorique et gallo-romaine : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Feray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Henton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.88</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427234v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesquin (Nord), domaine du Lac (zone 1) : rapport de fouilles</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Croix (Nord), église Saint-Martin. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Cercy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Debs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2012, pp.50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Quérel</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-02427232v1</w:t>
+                <w:t xml:space="preserve">hal-02426642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erre, Nord, rues Condorcet et Hubert Parent : rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Bardel</w:t>
+                <w:t xml:space="preserve">Douvrin, rue de Lennes : l'enclos de l'âge du Bronze : nouvelles données : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Henton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Béhague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.62</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427231v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courcelles-Les-Lens (62) éco-quartier de la Marlière, tranche 1. Rapport de diagnostic</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2012, pp.130</w:t>
+                <w:t xml:space="preserve">Amiens, Somme, ZAC les Jardins d'Intercampus : organisation, évolution de l'habitat et des nécropoles sur le plateau dominant la vallée de la Selle en périphérie d'Amiens du Bronze final au IIe s. ap. J.-C. : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Blondiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginette Auxiette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Buchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Chaidron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Descheyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.527</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427227v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Douvrin, rue de Lennes : l'enclos de l'âge du Bronze : nouvelles données : rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Henton</w:t>
+                <w:t xml:space="preserve">Courcelles-Les-Lens (62) éco-quartier de la Marlière, tranche 1. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lecanuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Béhague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.46</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaï Fechner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2012, pp.130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427230v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amiens, Somme, ZAC les Jardins d'Intercampus : organisation, évolution de l'habitat et des nécropoles sur le plateau dominant la vallée de la Selle en périphérie d'Amiens du Bronze final au IIe s. ap. J.-C. : rapport de fouilles</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2012, pp.527</w:t>
+                <w:t xml:space="preserve">Wavrin (59), Rue Georges Clemenceau. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexy Duvaut-Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2012, pp.73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427228v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesquin (59), Rue Jean Jaurès, Ferme de la Motte. Une nécropole du premier Moyen Âge. Rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Quérel</w:t>
+                <w:t xml:space="preserve">Pitgam (59), projet de canalisation de gaz entre Loon-Plage (Nord) et Cuvilly (Oise), &amp;quot;Artère des Hauts de France II&amp;quot; : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2011, pp.106</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427178v1</w:t>
+                <w:t xml:space="preserve">hal-02427182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maisnil-les-Ruitz (62), rue de Ruitz : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Blanchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10365,428 +10365,428 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pitgam (59), projet de canalisation de gaz entre Loon-Plage (Nord) et Cuvilly (Oise), &amp;quot;Artère des Hauts de France II&amp;quot; : rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Viviane Clavel</w:t>
+                <w:t xml:space="preserve">Lesquin (59), Rue Jean Jaurès, Ferme de la Motte. Une nécropole du premier Moyen Âge. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Quérel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.99</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deschodt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2011, pp.106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427182v1</w:t>
+                <w:t xml:space="preserve">hal-02427178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breteuil, route d'Amiens, extension ZAC : rapport de fouilles</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.107</w:t>
+                <w:t xml:space="preserve">Bruay-la-Buissière, Pas-de-Calais, parc de la Porte Nord, Le Bois Lannoy : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blamangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Feray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Lantoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427181v1</w:t>
+                <w:t xml:space="preserve">hal-02427180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruay-la-Buissière, Pas-de-Calais, parc de la Porte Nord, Le Bois Lannoy : rapport de diagnostic</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.46</w:t>
+                <w:t xml:space="preserve">Breteuil, route d'Amiens, extension ZAC : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Descheyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Comont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Coutard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Debecdelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.107</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427180v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saultain (59), rue H. Barbusse, &amp;quot;Le Champ du Pont de Curgies&amp;quot; : occupations protohistorique et gallo-romaine en bordure d'un ancien talweg : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Henton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -10808,90 +10808,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steenvoorde (59), rue de Bailleul et lieu-dit route de Steenvoorde : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Willems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2011, pp.60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -10907,1205 +10907,1188 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villeneuve d'Ascq (Nord), rue de Hem, construction d'un hôpital privé : rapport de diagnostic</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vaiana Vincent</w:t>
+                <w:t xml:space="preserve">Cambrai (Nord), route de Solesmes - Le Bon Pasteur : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Praud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Canonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry-Braillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2010</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02362482v1</w:t>
+                <w:t xml:space="preserve">hal-02427165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cambrai (Nord), route de Solesmes - Le Bon Pasteur : rapport de diagnostic</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Beaurains (62), Les Longs Champs : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.53</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427165v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beaurains (62), Les Longs Champs : rapport de diagnostic</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+                <w:t xml:space="preserve">Lomme, rue du Grand But (Nord) : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Praud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Paques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.21</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426643v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marck (62), rue Pasteur, projet de lotissement : rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Routier</w:t>
+                <w:t xml:space="preserve">Dainville (Pas-de-Calais), Le Champ Bel Air. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Henton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.45</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2010, pp.126</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427168v1</w:t>
+                <w:t xml:space="preserve">hal-02427161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wormhout (Nord), route d'Herzeele, chemin de Winnezeele : rapport de diagnostic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Steene, Nord, lotissement rue du Château II : occupation diachronique (de l'époque gallo-romaine à l'époque carolingienne) et pluri-fonctionnelle (habitat, artisanat du sel, funéraire) : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Clerget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yves Créteur</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.68</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427170v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steene, Nord, lotissement rue du Château II : occupation diachronique (de l'époque gallo-romaine à l'époque carolingienne) et pluri-fonctionnelle (habitat, artisanat du sel, funéraire) : rapport de diagnostic</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
+                <w:t xml:space="preserve">Bierne-Socx (Nord), &amp;quot;ZAC du Bierendyck et de la Croix Rouge&amp;quot;, Extension de la ZAC. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.158</w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2010, pp.143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427162v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bierne-Socx (Nord), &amp;quot;ZAC du Bierendyck et de la Croix Rouge&amp;quot;, Extension de la ZAC. Rapport de diagnostic archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sonja Willems</w:t>
+                <w:t xml:space="preserve">Cysoing, Nord, rue de Fontenoy : l'abbaye Saint-Calixte de Cysoing : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Notte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Ladureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Nedlejkovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2010, pp.143</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427160v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cysoing, Nord, rue de Fontenoy : l'abbaye Saint-Calixte de Cysoing : rapport de diagnostic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Notte</w:t>
+                <w:t xml:space="preserve">Wormhout (Nord), route d'Herzeele, chemin de Winnezeele : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Neaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Ladureau</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.258</w:t>
+                <w:t xml:space="preserve">Pascal Bura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Canonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427166v1</w:t>
+                <w:t xml:space="preserve">hal-02427170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lomme, rue du Grand But (Nord) : rapport de diagnostic</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.52</w:t>
+                <w:t xml:space="preserve">Marck (62), rue Pasteur, projet de lotissement : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Barbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Devred</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427167v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dainville (Pas-de-Calais), Le Champ Bel Air. Rapport de diagnostic</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Henton</w:t>
+                <w:t xml:space="preserve">Boves, la forêt de Boves, zone 2 : une nécropole de La Tène finale : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Blondiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Descheyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gaudefroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2010, pp.126</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.154</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427161v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruitz (Pas-de-Calais) : la zone d'activité intercommunale de Ruitz, tranche 1 : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12113,563 +12096,580 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bostyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Willems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Villeneuve-d'Ascq (Nord), Rue de Hem, construction d'un hôpital privé. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Notte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Quérel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaï Fechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaiana Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2010, pp.122</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boves, la forêt de Boves, zone 2 : une nécropole de La Tène finale : rapport de fouilles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Gaudefroy</w:t>
+                <w:t xml:space="preserve">Villeneuve d'Ascq (Nord), rue de Hem, construction d'un hôpital privé : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Notte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Querel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaï Fechner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2010, pp.154</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaiana Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427164v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02362482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruay-la-Buissière (62), Parc d'activités de la Porte Nord, Parcelles ZA 42 à 47. Rapport de diagnostic archéologique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Blamangin</w:t>
+                <w:t xml:space="preserve">Capinghem/Lomme (59), quartier St-Philibert. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Labarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Goutelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2009, pp.51</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2009, pp.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427139v1</w:t>
+                <w:t xml:space="preserve">hal-02427141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capinghem/Lomme (59), quartier St-Philibert. Rapport de diagnostic archéologique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bruay-la-Buissière (62), Parc d'activités de la Porte Nord, Parcelles ZA 42 à 47. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blamangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2009, pp.51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Goutelard</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-02427141v1</w:t>
+                <w:t xml:space="preserve">hal-02427139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tardinghen (62), route d'Ausques - AK 158p : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Guerlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12698,188 +12698,175 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tardinghen (Pas-de-Calais), route d'Ausques - AK 154-156. Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Boussois (59), rue Anatole France : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deschodt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.26</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426630v1</w:t>
+                <w:t xml:space="preserve">hal-02426637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrepont-sur-Avre (Somme), Le Prieuré St Riquier : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lascour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erick Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Chaidron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12940,77 +12927,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fouquereuil (62), rue du Marais, &amp;quot;La Voyette d'Annezin&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13043,447 +13030,460 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drincham (59), Looweg Straete. Rapport de diagnostic archéologique.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Faupin</w:t>
+                <w:t xml:space="preserve">Feignies (59), &amp;quot;Les Mottes&amp;quot;, &amp;quot;Queue Bizenne&amp;quot; et &amp;quot;Grand Bray&amp;quot; : extension de la zone d'activité du Parc de Grévaux les Guides : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Feray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deschodt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Lantoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2009, pp.41</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427138v1</w:t>
+                <w:t xml:space="preserve">hal-02427146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feignies (59), &amp;quot;Les Mottes&amp;quot;, &amp;quot;Queue Bizenne&amp;quot; et &amp;quot;Grand Bray&amp;quot; : extension de la zone d'activité du Parc de Grévaux les Guides : rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Deschodt</w:t>
+                <w:t xml:space="preserve">Hénin-Beaumont (62), rue des Chauffours : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Thoquenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.54</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427146v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hénin-Beaumont (62), rue des Chauffours : rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Drincham (59), Looweg Straete. Rapport de diagnostic archéologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Faupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Thoquenne</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.43</w:t>
+                <w:t xml:space="preserve">Rudy Debiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2009, pp.41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427143v1</w:t>
+                <w:t xml:space="preserve">hal-02427138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boussois (59), rue Anatole France : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Tardinghen (Pas-de-Calais), route d'Ausques - AK 154-156. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Routier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.25</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Guerlin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426637v1</w:t>
+                <w:t xml:space="preserve">hal-02426630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loos (59), Parc Eurasanté - ZAC Est - \ⁱlot F : rapport de diagnostic</w:t>
               </w:r>
@@ -13574,51 +13574,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cercy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Routier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.122 (2 vol.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -13666,51 +13666,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Faupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -13745,51 +13745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loos (59), Parc Eurasanté - ZAC Est - \ⁱlot E : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13824,90 +13824,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruay-la-Buissière (62), Parc d'activités de la Porte Nord : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blamangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Willems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -14060,51 +14060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Harnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Coutard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14169,51 +14169,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loos (59), Parc Eurasanté - ZAC Est - \ⁱlot B : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Canonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14261,64 +14261,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Escaudoeuvres (Nord), rue d'en Bas. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2009, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -14334,1943 +14334,1943 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looberghe (Nord), rue de Cassel. Rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Boulogne-sur-Mer (Pas-de-Calais), stade de la Libération, phase 2 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blamangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.35</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonja Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391667v1</w:t>
+                <w:t xml:space="preserve">hal-02427118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sainte-Marie-Kerque (Pas-de-Calais), rue de l'Eglise. Rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arques/Campagne-lès-Wardrecques, plateforme multimodale de l'Aa, tranche 5 : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Delmaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Florent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Henton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.21</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426629v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looberghe (Nord), chemin de la Mairie. Rapport de diagnostic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Bouchet</w:t>
+                <w:t xml:space="preserve">La Chapelle-d'Armentières, Route Nationale (Nord) : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Descheyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Créteur</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.30</w:t>
+                <w:t xml:space="preserve">Dominique Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaï Fechner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426628v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boulogne-sur-Mer (Pas-de-Calais), stade de la Libération, phase 2 : rapport de diagnostic</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Looberghe (Nord), rue de Cassel. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.121</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Florent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427118v1</w:t>
+                <w:t xml:space="preserve">hal-02391667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arques/Campagne-lès-Wardrecques, plateforme multimodale de l'Aa, tranche 5 : rapport de diagnostic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Sainte-Marie-Kerque (Pas-de-Calais), rue de l'Eglise. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Elleboode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.68</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Canonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427119v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Chapelle-d'Armentières, Route Nationale (Nord) : rapport de diagnostic</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Looberghe (Nord), chemin de la Mairie. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Oudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Florent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2008, pp.30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Lançon</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-02427120v1</w:t>
+                <w:t xml:space="preserve">hal-02426628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcq-en-Baroeul, Bondues (59), Le Cheval Blanc. Rapport de diagnostic archéologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beno\ⁱt Leriche</w:t>
+                <w:t xml:space="preserve">Armentières (Nord), Requalification des places Charles de Gaulle et Saint-Vaast : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Cercy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2007, pp.97</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.2 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427111v1</w:t>
+                <w:t xml:space="preserve">hal-02427112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dommartin-Varimont (Marne) &amp;quot;La Pique&amp;quot;. Rapport de fouille</w:t>
+                <w:t xml:space="preserve">Labeuvrière (62), rue Léon Blum : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap GEN. 2007, pp.37</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426609v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hesdigneul-les-Béthune (Pas-de-Calais), allée Champêtre. Rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Courcelles-Les-Lens, ZAC des Hauts de France, tranche 2 (Pas-de-Calais) : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.21</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426613v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Labeuvrière (62), rue Léon Blum : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Harnes (62), rue de Casablanca : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426616v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armentières (Nord), Requalification des places Charles de Gaulle et Saint-Vaast : rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bourbourg (Nord), &amp;quot;Les Magnolias&amp;quot;. Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.2 vol</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAP Nord-Picardie. 2007, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427112v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Courcelles-Les-Lens, ZAC des Hauts de France, tranche 2 (Pas-de-Calais) : rapport de diagnostic</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Witry-lès-Reims (Marne) &amp;quot; La Commelle&amp;quot; &amp;quot;Le Village&amp;quot; &amp;quot; La Pelle &amp;quot;. Rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.26</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Avival</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bocquillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap GEN. 2007, pp.169</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427113v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnes (62), rue de Casablanca : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Bouvines (Nord), 190 rue du Maréchal Foch. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.17</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rappasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Canonne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426617v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bourbourg (Nord), &amp;quot;Les Magnolias&amp;quot;. Rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Auchy-les-Mines / Haisnes-lez-La Bassée (62), La Porte des Flandres ; Le Chemin du Marais : rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deschodt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] INRAP Nord-Picardie. 2007, pp.20</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.88</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426610v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Witry-lès-Reims (Marne) &amp;quot; La Commelle&amp;quot; &amp;quot;Le Village&amp;quot; &amp;quot; La Pelle &amp;quot;. Rapport de fouilles</w:t>
+                <w:t xml:space="preserve">Saint-Saulve (Nord), RD 75. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap GEN. 2007, pp.169</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Lantoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Desoutter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Deschodt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426611v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouvines (Nord), 190 rue du Maréchal Foch. Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Bourbourg (Nord), route de Looberghe, tranche 1. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rappasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.23</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudy Debiak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426614v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auchy-les-Mines / Haisnes-lez-La Bassée (62), La Porte des Flandres ; Le Chemin du Marais : rapport de diagnostic</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dommartin-Varimont (Marne) &amp;quot;La Pique&amp;quot;. Rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.88</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Duchêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Turé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap GEN. 2007, pp.37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02427114v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Saulve (Nord), RD 75. Rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Marcq-en-Baroeul, Bondues (59), Le Cheval Blanc. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beno\ⁱt Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.45</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Nord-Picardie. 2007, pp.97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426612v1</w:t>
+                <w:t xml:space="preserve">hal-02427111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bourbourg (Nord), route de Looberghe, tranche 1. Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Hesdigneul-les-Béthune (Pas-de-Calais), allée Champêtre. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.24</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beno\ⁱt Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2007, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426615v1</w:t>
+                <w:t xml:space="preserve">hal-02426613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groffliers (62 - Pas-de-Calais), &amp;quot;La Mollière&amp;quot; : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Coutard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2006, pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -16378,241 +16378,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gravelines (Nord). Zone des Huttes Sud. Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Saint-Georges-sur-l'Aa, le long de la rue du village (59-Nord) : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] INRAP Nord-Picardie. 2006, pp.23</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Desoutter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2006, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02426597v1</w:t>
+                <w:t xml:space="preserve">hal-02426600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Georges-sur-l'Aa, le long de la rue du village (59-Nord) : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Gravelines (Nord). Zone des Huttes Sud. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap NP. 2006, pp.19</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Créteur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mangeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAP Nord-Picardie. 2006, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02426600v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02426597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fruges (Pas-de-Calais), Domaine Louis Boudenoot. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Oudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Créteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Wlodarczyk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16961,51 +16961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.oudry@inrap.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837873v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12sif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181002v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blamangin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.30320" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01854748v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Geoffroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Notte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry-Braillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Doyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426583v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gryspeirt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cercy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02391612v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.830" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426520v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.284" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027305v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Laurent-Dehecq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290028v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106769v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345142v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027285v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106835v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03677423v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Elise Fischer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne P&#233;monge" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaure Ducoussau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Arzelier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02874917v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Durin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vatteoni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Cr&#233;peau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Delobel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426542v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desrue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Delobel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04431809v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Fechner" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Danese" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/qf2s-8t28" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525400v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Faupin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525460v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063735v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle de Kepper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Prouin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05097648v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Soupart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Descheyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B&#233;hague" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459872v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fossurier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Maestracci" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mayer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/monographies-instrumentum/346-le-petit-mobilier-dans-les-sepultures-depoque-moderne-9782355181436.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908598v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dananai" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/96437" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.96147" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462462v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266427v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01791902v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01791897v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890823v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deflorenne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316845v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bardel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239; Fechner" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Morel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316837v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316827v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04203555v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dohr" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgie Baudry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03994799v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dottori" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hadot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04210976v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barth&#232;lemy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427322v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lef&#232;vre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte H&#233;non" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jagou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ledauphin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427325v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Clerget" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Broes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Donnadieu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02447046v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Leriche" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaiana Vincent" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427321v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cr&#233;teur" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427323v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Elleboode" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427324v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Favier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gourio" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Canonne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03106908v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02139340v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lantoine" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02139352v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxellande Jude" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427306v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duprat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02156731v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Teysseire" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02292857v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Delmont" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427303v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Herv&#233; Yvinec" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427304v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Charbonnier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427305v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Praud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427283v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lorin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427284v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Feray" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427286v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427285v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Blondiau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bollard-Raineau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Gambier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Mah&#233;o" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buchez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaudefroy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02443690v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427258v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Devred" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427260v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Sadou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427259v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Qu&#233;rel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bossut" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890774v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427249v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427252v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vistel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427250v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Georges" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Comont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446407v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Demarly-Cresp" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427246v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446417v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396462v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427247v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Henton" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427253v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beaujard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaidron" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427251v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427241v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Populaire" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427238v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427242v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427237v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gaillard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rappasse" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gustiaux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427240v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Couillard-Lesage" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lemaire" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bacquart" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Le Bayon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Mariette" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427239v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Willems" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427226v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Duvaut-Saunier" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426645v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Delmaire" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427233v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427225v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Debs" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Decoupigny" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427229v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecanuet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426642v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427234v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Duvaut" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427232v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Qu&#233;rel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laperle" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427231v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427227v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427230v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427228v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427178v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426644v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Blanchard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427182v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427181v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Debecdeli&#232;vre" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien H&#233;bert" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427180v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427179v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427183v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02362482v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Querel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427165v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426643v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427168v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Routier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barbet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427170v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bura" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427162v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427160v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427166v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ladureau" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Nedlejkovic" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427167v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paques" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427161v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427169v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427159v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427164v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427139v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427141v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labarre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Goutelard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426635v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guerlin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426630v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427148v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lascour" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lancelot" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427147v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427138v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Debiak" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427146v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427143v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thoquenne" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426637v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426631v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Poirier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427140v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426634v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426632v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427145v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427142v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Harnay" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427144v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426633v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426627v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02391667v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouchet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Florent" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426629v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426628v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427118v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427119v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427120v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lan&#231;on" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427111v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno\&#8305;t Leriche" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426609v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duch&#234;ne" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Moreau" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Saurel" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Tur&#233;" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426613v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426616v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427112v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427113v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426617v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426610v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426611v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Avival" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bocquillon" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426614v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427114v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426612v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Desoutter" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426615v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426598v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426595v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Prilaux" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426597v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mangeon" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426600v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426596v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wlodarczyk" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426594v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426599v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Th&#233;venard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.oudry@inrap.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837873v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Marchal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bocquentin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Buquet-Marcon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12sif" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181002v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blamangin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.30320" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01854748v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Geoffroy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Notte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Oudry-Braillon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Doyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426583v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Gryspeirt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cercy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02391612v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.830" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426520v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rao.284" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027305v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Laurent-Dehecq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290028v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345142v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106769v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027285v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106835v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03677423v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Elise Fischer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;h&#233;l&#232;ne P&#233;monge" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaure Ducoussau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Arzelier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Rivollat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02874917v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Durin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vatteoni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Cr&#233;peau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Delobel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833427v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426542v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312014v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Desrue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Delobel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04431809v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Fechner" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coubray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Danese" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/qf2s-8t28" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525400v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bak" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Faupin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525460v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05063735v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ga&#235;lle de Kepper" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Nivez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Prouin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05097648v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Soupart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Descheyer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B&#233;hague" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04459872v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fossurier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Maestracci" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Mayer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/monographies-instrumentum/346-le-petit-mobilier-dans-les-sepultures-depoque-moderne-9782355181436.html" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462462v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908598v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dananai" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/septentrion/96437" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.96147" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266427v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01791902v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01791897v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890823v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deflorenne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316837v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bardel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239; Fechner" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Morel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316827v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316845v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04203555v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dohr" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bauchet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgie Baudry" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03994799v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Dottori" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hadot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04210976v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barth&#232;lemy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427323v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Elleboode" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ledauphin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02447046v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Leriche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaiana Vincent" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427325v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Clerget" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Broes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Donnadieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427321v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cr&#233;teur" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427324v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Favier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Simon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gourio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Canonne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03106908v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427322v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lef&#232;vre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte H&#233;non" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jagou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02139340v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lantoine" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Deschodt" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02139352v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxellande Jude" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audouit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02156731v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Teysseire" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427306v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duprat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427303v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Herv&#233; Yvinec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02292857v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Delmont" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427304v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Canny" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Charbonnier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dubois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427305v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Praud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427284v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Feray" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427283v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lorin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427286v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427285v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Blondiau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bollard-Raineau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Gambier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Mah&#233;o" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buchez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaudefroy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02443690v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427258v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Devred" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427260v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Sadou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427259v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Qu&#233;rel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Blet-Lemarquand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bossut" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890774v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bostyn" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Clavel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427250v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Georges" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Comont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427252v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vistel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446407v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Demarly-Cresp" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427246v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02446417v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396462v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427247v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Henton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hulin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427253v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beaujard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Chaidron" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427251v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427249v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427238v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Coutard" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427237v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Gaillard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rappasse" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gustiaux" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427242v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427240v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Couillard-Lesage" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lemaire" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bacquart" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Le Bayon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Mariette" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427239v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Willems" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427241v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Populaire" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426645v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Delmaire" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427234v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Duvaut" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427232v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Qu&#233;rel" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laperle" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427231v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Neaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427229v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecanuet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427225v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Debs" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Decoupigny" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427233v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426642v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427230v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427228v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427227v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427226v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexy Duvaut-Saunier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427182v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426644v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Blanchard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427178v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427180v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427181v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Debecdeli&#232;vre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien H&#233;bert" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427179v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427183v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427165v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426643v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427167v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paques" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427161v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427162v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427160v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Routier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427166v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Ladureau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Nedlejkovic" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427170v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bura" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427168v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Barbet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427164v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427169v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427159v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02362482v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Querel" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427141v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Labarre" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Goutelard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427139v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426635v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Guerlin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426637v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427148v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lascour" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lancelot" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427147v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427146v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427143v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thoquenne" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427138v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Debiak" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426630v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426631v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Poirier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427140v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426634v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426632v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427145v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427142v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Harnay" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427144v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ducrocq" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426633v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426627v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427118v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427119v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Florent" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427120v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lan&#231;on" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02391667v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bouchet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426629v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426628v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427112v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426616v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427113v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426617v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426610v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426611v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Moreau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Saurel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Avival" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bocquillon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426614v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427114v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426612v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Desoutter" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426615v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426609v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duch&#234;ne" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Tur&#233;" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02427111v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno\&#8305;t Leriche" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426613v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426598v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426595v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Prilaux" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426600v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426597v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mangeon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426596v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Wlodarczyk" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426594v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02426599v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Th&#233;venard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>