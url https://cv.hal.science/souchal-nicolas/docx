--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,71 +1,161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:114.97005988024px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> nicolas SOUCHAL </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identifiants chercheurs</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdHAL : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">souchal-nicolas</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0009-0001-5943-2188</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> ResearcherID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">1327705</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -92,111 +182,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic Augmentation of the Trumpet – Navigating Control and Unpredictability in a Long-Term Research-Creation Collaboration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Souchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diemo Schwarz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Informatique Musicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRAME; Inria, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05102295v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -206,120 +296,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien avec des membres de la Fanfare Invisible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Hamey Jakubowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Souchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Filigrane - Musique, esthétique, sciences, société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Sons et esthétiques dans la protestation sociale. Mouvements post-altermondialistes (28), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12i9f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04353423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -329,112 +419,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’INDIVIDU M COMPOSE PAR LE MUSICIEN ET SON INSTRUMENT : EVAN PARKER</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Souchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">n° 123</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp 34 à 39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04369521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -500,51 +590,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="614B1F27"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -581,51 +823,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102295v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Souchal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353423v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Hamey Jakubowicz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12i9f" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369521v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/souchal-nicolas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-5943-2188" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/1327705" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102295v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Souchal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemo Schwarz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353423v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Hamey Jakubowicz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12i9f" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369521v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>