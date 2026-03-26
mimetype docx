--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -925,273 +925,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04511633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron-catalyzed decarboxylative radical addition to chiral azomethine imines upon visible light</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mariia Savchuk</w:t>
+                <w:t xml:space="preserve">Sels d’ammoniums quaternaires chiraux en organocatalyse : des outils polyvalents pour la synthèse asymétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 497, pp.23-25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04602715v1</w:t>
+                <w:t xml:space="preserve">hal-04707081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sels d’ammoniums quaternaires chiraux en organocatalyse : des outils polyvalents pour la synthèse asymétrique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Iron-catalyzed decarboxylative radical addition to chiral azomethine imines upon visible light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arona Fall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihaela Magdei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariia Savchuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/x0xx00000x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04707081v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domino Transformations of 3‐Fluoro‐1,2,4‐Triazine Derivatives towards Spirocyclic and Fused Pyridines</w:t>
               </w:r>
@@ -1982,51 +1982,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Martzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arona Fall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Sanselme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3227,147 +3227,189 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral Ammonium Aryloxides as Brønsted Base Catalysts for the Henry Reaction of Nitroalkanes to Aromatic and Aliphatic Aldehydes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brook/Elimination/Aldol Reaction Sequence for the Direct One-Pot Preparation of Difluorinated Aldols from (Trifluoromethyl)trimethylsilane and Acylsilanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Decostanzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Godemert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Campagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemistrySelect</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/slct.201600776⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 358 (4), pp.526-531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201500849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02046208v1</w:t>
+                <w:t xml:space="preserve">hal-02046202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiral Ammonium Aryloxides: Efficient Multipurpose Basic Organocatalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Godemert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3386,384 +3428,325 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemCatChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (1), pp.74-85. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cctc.201500616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brook/Elimination/Aldol Reaction Sequence for the Direct One-Pot Preparation of Difluorinated Aldols from (Trifluoromethyl)trimethylsilane and Acylsilanes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chiral Ammonium Aryloxides as Brønsted Base Catalysts for the Henry Reaction of Nitroalkanes to Aromatic and Aliphatic Aldehydes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Godemert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemistrySelect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (12), pp.3184-3188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/slct.201600776⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adsc.201500849⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02046202v1</w:t>
+                <w:t xml:space="preserve">hal-02046208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New developments in redox chemical delivery systems by means of 1,4-dihydroquinoline-based targetor: Application to galantamine delivery to the brain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formation of epoxydes and N-arylaziridines via a simple Mg-Barbier reaction in DMF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Léonel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihaela-Liliana Tîntas</w:t>
+                <w:t xml:space="preserve">Jean Paul Paugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lénaïg Foucout</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Yves Nedelec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2014.05.022⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 70 (4), pp.919-923. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tet.2013.12.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01141464v1</w:t>
+                <w:t xml:space="preserve">hal-01141449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in Catalytic Asymmetric Protonation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3782,1337 +3765,1354 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2014 (28), pp.6103-6119. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ejoc.201402213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01141335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation of epoxydes and N-arylaziridines via a simple Mg-Barbier reaction in DMF</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New developments in redox chemical delivery systems by means of 1,4-dihydroquinoline-based targetor: Application to galantamine delivery to the brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihaela-Liliana Tîntas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lénaïg Foucout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Nedelec</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabienne Gourand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 70 (4), pp.919-923. </w:t>
+              <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 81, pp.218-226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tet.2013.12.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejmech.2014.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01141449v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enantioselective desymmetrization of prochiral ketones via an organocatalytic deprotonation process</w:t>
+                <w:t xml:space="preserve">Developments in Meyers' lactamization methodology: en route to bi(hetero)aryl structures with defined axial chirality.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Claraz</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Svetlana Postikova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad Sabbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Wightman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ich Tuan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Sanselme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2013.05.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 78 (16), pp.8191-8197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jo401259w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01015427v1</w:t>
+                <w:t xml:space="preserve">hal-00997427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral Quaternary Ammonium Aryloxide/N,O-Bis(trimethyl- silyl)acetamide Combination as Efficient Organocatalytic System for the Direct Vinylogous Aldol Reaction of (5H)-Furan-2-one Derivatives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Enantioselective desymmetrization of prochiral ketones via an organocatalytic deprotonation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Claraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.201201041⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 24 (12), pp.764-768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2013.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01015430v1</w:t>
+                <w:t xml:space="preserve">hal-01015427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetric Organocatalytic Protonation of Silyl Enolates Catalyzed by Simple and Original Betaines Derived from Cinchona Alkaloids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Chiral Quaternary Ammonium Aryloxide/N,O-Bis(trimethyl- silyl)acetamide Combination as Efficient Organocatalytic System for the Direct Vinylogous Aldol Reaction of (5H)-Furan-2-one Derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Claraz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Landelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejoc.201301345⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 355 (5), pp.841-846. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.201201041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01015423v1</w:t>
+                <w:t xml:space="preserve">hal-01015430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developments in Meyers' lactamization methodology: en route to bi(hetero)aryl structures with defined axial chirality.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamad Sabbah</w:t>
+                <w:t xml:space="preserve">Asymmetric Organocatalytic Protonation of Silyl Enolates Catalyzed by Simple and Original Betaines Derived from Cinchona Alkaloids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Claraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Wightman</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grégory Landelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Levacher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2013 (34), pp.7693-7696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejoc.201301345⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jo401259w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00997427v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01015423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deracemization of a-Substituted Carbonyl Compounds via Catalytic Enantioselective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Claraz</w:t>
+                <w:t xml:space="preserve">Recent advances in cooperative ion pairing in asymmetric organocatalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 16 (19), pp.2192-2205. </w:t>
+              <w:t xml:space="preserve">Chemical Society Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 41 (5), pp.1696-1707. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/138527212803520308⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c1cs15200a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01016900v1</w:t>
+                <w:t xml:space="preserve">hal-00997086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal or ammonium alginates as Lewis base catalysts for the 1,2-addition of silyl nucleophiles to carbonyl compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Verrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tetrahedron Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 53 (15), pp.1958-1960. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2012.02.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2012.02.012⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00734701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-promoted one-pot vinylogous Mannich-type reaction of trimethylsilyloxyfuran</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
+                <w:t xml:space="preserve">Deracemization of a-Substituted Carbonyl Compounds via Catalytic Enantioselective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Claraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 16 (19), pp.2192-2205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/138527212803520308⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2012.02.115⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01016733v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient C-3 functionalization of 4-dimethylaminopyridine (DMAP). A straightforward access to new chiral nucleophilic catalysts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Poisson</w:t>
+                <w:t xml:space="preserve">Water-promoted one-pot vinylogous Mannich-type reaction of trimethylsilyloxyfuran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Landelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Claraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2012.04.068⟩</w:t>
+              <w:t xml:space="preserve">Tetrahedron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 53 (19), pp.2414-2416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2012.02.115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01016375v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advances in cooperative ion pairing in asymmetric organocatalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Brière</w:t>
+                <w:t xml:space="preserve">Efficient C-3 functionalization of 4-dimethylaminopyridine (DMAP). A straightforward access to new chiral nucleophilic catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Society Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 53 (26), pp.3284-3287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetlet.2012.04.068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c1cs15200a⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00997086v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalytic enantioselective protonation of enol trifluoroacetates by means of hydrogenocarbonates and cinchona alkaloids.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Claraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5185,51 +5185,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organocatalyzed enantioselective protonation of silyl enol ethers: scope, limitations, and application to the preparation of enantioenriched homoisoflavones.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gembus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5328,51 +5328,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of β-Lactams by Mannich-Type Addition of Ethyl(trimethyl­silyl)acetate (ETSA) to N-(2-Hydroxyphenyl)aldimine Sodium Salts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gembus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5445,51 +5445,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Product-Catalyzed Addition of Alkyl Nitriles to Unactivated Imines Promoted by Sodium Aryloxide/Ethyl(trimethylsilyl)acetate (ETSA) Combination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gembus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5569,721 +5569,721 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New advances in stereoselective Meyers’ lactamization. Application to the diastereoselective synthesis of β-substituted oxazoloazepinones</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Bouet</w:t>
+                <w:t xml:space="preserve">Straightforward Organocatalytic Enantioselective Protonation of Silyl Enolates by Means of Cinchona Alkaloids and Carboxylic Acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Georges Dupas</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Marsais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2008.10.014⟩</w:t>
+              <w:t xml:space="preserve">SYNLETT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 2008 (16), pp.2447-2450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-2008-1078260⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02278757v1</w:t>
+                <w:t xml:space="preserve">hal-02278741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Straightforward Organocatalytic Enantioselective Protonation of Silyl Enolates by Means of Cinchona Alkaloids and Carboxylic Acids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Poisson</w:t>
+                <w:t xml:space="preserve">New advances in stereoselective Meyers’ lactamization. Application to the diastereoselective synthesis of β-substituted oxazoloazepinones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Dalla</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Marsais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYNLETT</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tetrahedron: Asymmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 19 (20), pp.2396-2401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tetasy.2008.10.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/s-2008-1078260⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02278741v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1,2‐Addition of α,α,α‐Trichlorotoluene to Ketones via a Mg Barbier Reaction in DMF: New Route to Cycloalk‐1‐en‐1‐yl and Alk‐1‐en‐1‐yl Phenyl Ketones</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Akima Aaziz</w:t>
+                <w:t xml:space="preserve">Organocatalytic Enantioselective Protonation of Silyl Enolates Mediated by Cinchona Alkaloids and a Latent Source of HF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Marsais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Synthetic Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00397910701198971⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 46 (37), pp.7090-7093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.200701683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02278800v1</w:t>
+                <w:t xml:space="preserve">hal-02278779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of new axially chiral bridged 2,2′-bipyridines and pyridyl monooxazolines (pymox). Evaluation in copper( i )-catalyzed enantioselective cyclopropanation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Bouet</w:t>
+                <w:t xml:space="preserve">1,2‐Addition of α,α,α‐Trichlorotoluene to Ketones via a Mg Barbier Reaction in DMF: New Route to Cycloalk‐1‐en‐1‐yl and Alk‐1‐en‐1‐yl Phenyl Ketones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akima Aaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Leonel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Paul Paugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Heller</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean‐yves Nédélec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/b701549f⟩</w:t>
+              <w:t xml:space="preserve">Synthetic Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 37 (7), pp.1147-1154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00397910701198971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02278796v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalytic Enantioselective Protonation of Silyl Enolates Mediated by Cinchona Alkaloids and a Latent Source of HF</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+                <w:t xml:space="preserve">Preparation of new axially chiral bridged 2,2′-bipyridines and pyridyl monooxazolines (pymox). Evaluation in copper( i )-catalyzed enantioselective cyclopropanation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Heller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Papamicaël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 46 (37), pp.7090-7093. </w:t>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 5 (9), pp.1397-1404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.200701683⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/b701549f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278779v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of polysubstituted chlorocyclopropanes from electrophilic olefins and activated trichloromethyl compounds.</w:t>
               </w:r>
@@ -6295,51 +6295,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Léonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Paugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Sulpice-Gaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6520,51 +6520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Léonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Paugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Nédélec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6611,90 +6611,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">gem-Dihalocyclopropane formation by iron/copper activation of tetrahalomethanes in the presence of nucleophilic olefins. Evidence for a carbene pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Leonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Lejaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Paugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Nédélec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6766,77 +6766,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclopropane Formation via a Simple Barbier Reaction in DMF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akima Aaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Leonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Paugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Nédélec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6896,64 +6896,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-catalyzed electrosynthesis of 1-acyl-2,2-diphenylcyclopropanes and their behaviour in acidic medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Leonel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Paugam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Nédélec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8152,204 +8152,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meldrum's acid derivatives and chiral ammonium phenoxides : a useful combination for asymmetric synthesis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Organocatalyse par paires d'ions coopératifs chirales : principe général et applications synthétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">Séminaire national</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Charles Gerhardt Montpellier (ICGM, UMR 5253), Nov 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02374269v1</w:t>
+                <w:t xml:space="preserve">hal-02390792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalyse par paires d'ions coopératifs chirales : principe général et applications synthétiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Meldrum's acid derivatives and chiral ammonium phenoxides : a useful combination for asymmetric synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire national</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Charles Gerhardt Montpellier (ICGM, UMR 5253), Nov 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02390792v1</w:t>
+                <w:t xml:space="preserve">hal-02374269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In situ generated chiral quaternary ammonium amide as Brønsted base catalyst</w:t>
               </w:r>
@@ -9168,152 +9168,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiral ammonium aryloxides as nucleophilic organocatalysts : Application to the enantioselective decarboxylative protonation of Meldrum’s acid derivatives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">C5-disubstituted Meldrum's acid derivatives as platform for the organocatalytic synthesis of C3-alkylated dihydrocoumarins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Annibaletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Levacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de chimie organique (JCO, 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">European symposium on organic chemistry (ESOC, 21, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02368726v1</w:t>
+                <w:t xml:space="preserve">hal-02376282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organocatalyzed one-pot deracemization of alpha-substituted ketones via enantioselective protonation reaction</w:t>
               </w:r>
@@ -9401,148 +9397,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C5-disubstituted Meldrum's acid derivatives as platform for the organocatalytic synthesis of C3-alkylated dihydrocoumarins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multicomponent organocatalytic synthesis of isoxazolidin-5-ones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Annibaletto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Berini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European symposium on organic chemistry (ESOC, 21, 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02376282v1</w:t>
+                <w:t xml:space="preserve">hal-02376286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicomponent organocatalytic synthesis of 1,5-diazabicyclo[3.3.0]octane-2,6-diones and derivatives: regio- and stereoselective approaches</w:t>
               </w:r>
@@ -9647,377 +9643,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicomponent organocatalytic synthesis of isoxazolidin-5-ones</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chiral ammonium aryloxides as nucleophilic organocatalysts : Application to the enantioselective decarboxylative protonation of Meldrum’s acid derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Legros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Martzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Annibaletto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European symposium on organic chemistry (ESOC, 21, 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Journées de chimie organique (JCO, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02376286v1</w:t>
+                <w:t xml:space="preserve">hal-02368726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicomponent organocatalytic synthesis of isoxazolidin-5-ones</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Berini</w:t>
+                <w:t xml:space="preserve">Organocatalyzed one-pot deracemization of alpha-substituted ketones via enantioselective protonation reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Godemert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journées de chimie organique (JCO, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02376289v1</w:t>
+                <w:t xml:space="preserve">hal-02368463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organocatalyzed one-pot deracemization of alpha-substituted ketones via enantioselective protonation reaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Godemert</w:t>
+                <w:t xml:space="preserve">Multicomponent organocatalytic synthesis of isoxazolidin-5-ones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Annibaletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Berini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Levacher</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de chimie organique (JCO, 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02368463v1</w:t>
+                <w:t xml:space="preserve">hal-02376289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicomponent organocatalytic synthesis of isoxazolidin-5-ones</w:t>
               </w:r>
@@ -10072,73 +10072,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs (JNOEJC, 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">Journée de l'Ecole doctorale normande de chimie (JEDNC, 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02376299v1</w:t>
+                <w:t xml:space="preserve">hal-02376315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective nucleophilic dearomatization of pyridinium salts via bifunctional organocatalysts</w:t>
               </w:r>
@@ -10301,73 +10301,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Oudeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l'Ecole doctorale normande de chimie (JEDNC, 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs (JNOEJC, 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02376315v1</w:t>
+                <w:t xml:space="preserve">hal-02376299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase-transfer catalyzed asymmetric decarboxylative protonation reaction involving Meldrum’s acid derivatives and phenols</w:t>
               </w:r>
@@ -10422,73 +10422,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European symposium on organic chemistry (ESOC, 20, 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Cologne, Germany</w:t>
+              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02373920v1</w:t>
+                <w:t xml:space="preserve">hal-02373929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase-transfer catalyzed asymmetric decarboxylative protonation reaction involving Meldrum’s acid derivatives and phenols</w:t>
               </w:r>
@@ -10543,73 +10543,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Levacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’Ecole doctorale normande de chimie (JEDNC, 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Rouen, France</w:t>
+              <w:t xml:space="preserve">European symposium on organic chemistry (ESOC, 20, 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Cologne, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02373929v1</w:t>
+                <w:t xml:space="preserve">hal-02373920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combination between meldrum’s acid derivatives and chiral ammonium phenoxides for an assymetric decarboxylative protonation reaction</w:t>
               </w:r>
@@ -10703,51 +10703,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiral Quaternary ammoniulm aryloxides: Multipurpose Basic Organocatalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Claraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Godemert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11516,51 +11516,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CD3FF806"/>
+    <w:nsid w:val="CFE10263"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11747,51 +11747,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Anani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bri&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Oudeyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00212" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05049778v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beucher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Levacher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04969147v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lapray" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Hiebel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Suzenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c00008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04511633v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Savchuk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giang Vo-Thanh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4OB00233D" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04602715v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arona Fall" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Magdei" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04707081v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04373094v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martzel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;aude Hiebel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202301307" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03954900v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28031071" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04238834v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Maret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pierrot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;onel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28186704" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03922108v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Coffinet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202201147" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03822325v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Segovia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Godemert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202200857" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03808493v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Champetter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Alahyen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.202203305" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03659242v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leleu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC01795D" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03200519v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Wittmann" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Thanh Pham Truong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Toffano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202014489" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03426052v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Nocquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11101249" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02523950v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Annibaletto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pair" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001214" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02197276v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201801453" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376720v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Castillo-Aguilera" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201901528" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02197279v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lebr&#234;ne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9020131" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024511v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Legros" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800331" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046255v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Annibaletto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1588765" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046291v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tcr.201600111" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046208v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201600776" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046209v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201500616" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GBCMS2SM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046202v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decostanzi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Campagne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201500849" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XCSHKQZ5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141464v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela-Liliana T&#238;ntas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g Foucout" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gourand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2014.05.022" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141335v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201402213" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E96103EA733ADC669176EC5429330EA26AA9C82E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141449v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Paugam" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Nedelec" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.12.016" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015427v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Claraz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2013.05.011" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGHJMBKJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015430v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201201041" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KKHFJT14-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015423v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Landelle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201301345" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PG6W4BVB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997427v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Postikova" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sabbah" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wightman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ich Tuan Nguyen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo401259w" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016900v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138527212803520308" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-8ZRGPVC1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734701v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Verrier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2012.02.012" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26V3MWPL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016733v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2012.02.115" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-016RH4VQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016375v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poisson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2012.04.068" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7901WL13-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997086v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cs15200a" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992157v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo201146b" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992146v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gembus" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo101585t" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278770v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marsais" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0029-1217729" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278746v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo802763b" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278757v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bouet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Dupas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2008.10.014" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XK2VQ9J-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278741v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1078260" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278800v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akima Aaziz" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leonel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00397910701198971" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278796v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Heller" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Papamica&#235;l" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b701549f" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ECD143282EF7EE6C4ADB0F84346A97325468704F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278779v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200701683" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0C88B98890FDB9BEF679BE08D465ECA315AF18EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017953v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sulpice-Gaillet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351032v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Royer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dudot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-05-10335" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278871v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2004-815915" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278862v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lejaye" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2004.01.124" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0KRX4JT-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278874v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2003-37514" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278877v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(02)01620-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4VR5BPXS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593347v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrio St&#233;phane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593357v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593641v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03322504v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03080607v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02543021v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376266v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02368490v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376338v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Berini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376343v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374269v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02390792v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374309v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374330v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374276v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374302v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371679v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxiao Yang" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Rio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371682v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05371154v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371586v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02368726v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376270v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376282v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376368v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain No&#235;l" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376286v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376289v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02368463v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376299v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373902v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376315v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373920v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373929v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374227v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373942v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374234v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374251v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024990v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Vitale" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.focat.2017.07.052" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024983v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-127-7.50002-2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278891v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rathke" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Elghanian" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047084289X.ra028.pub2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Anani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lohier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Gaumont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bri&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Oudeyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00212" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05049778v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beucher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Levacher" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04969147v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lapray" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Hiebel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Suzenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.5c00008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04511633v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariia Savchuk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giang Vo-Thanh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4OB00233D" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04707081v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04602715v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arona Fall" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Magdei" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04373094v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Martzel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;aude Hiebel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202301307" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03954900v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28031071" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04238834v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Maret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pierrot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;onel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28186704" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03922108v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Coffinet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gillaizeau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202201147" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03822325v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Segovia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Godemert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202200857" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03808493v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Champetter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Alahyen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Taillier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dalla" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.202203305" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03659242v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leleu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Sanselme" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2CC01795D" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03200519v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Wittmann" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Thanh Pham Truong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Toffano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202014489" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03426052v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Nocquet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11101249" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02523950v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Annibaletto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Millet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Pair" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001214" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02197276v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201801453" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376720v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Castillo-Aguilera" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201901528" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02197279v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lebr&#234;ne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9020131" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024511v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Legros" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800331" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046255v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Annibaletto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0036-1588765" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046291v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/tcr.201600111" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046202v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Decostanzi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Campagne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201500849" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XCSHKQZ5-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046209v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201500616" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GBCMS2SM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046208v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.201600776" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141449v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Paugam" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Nedelec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2013.12.016" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141335v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201402213" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E96103EA733ADC669176EC5429330EA26AA9C82E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141464v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela-Liliana T&#238;ntas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;g Foucout" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gourand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2014.05.022" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997427v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Postikova" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Sabbah" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wightman" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ich Tuan Nguyen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo401259w" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015427v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Claraz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2013.05.011" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGHJMBKJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015430v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201201041" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KKHFJT14-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015423v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Landelle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201301345" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PG6W4BVB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997086v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cs15200a" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734701v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Verrier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2012.02.012" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26V3MWPL-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016900v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/138527212803520308" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-8ZRGPVC1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016733v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2012.02.115" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-016RH4VQ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016375v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Poisson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2012.04.068" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7901WL13-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992157v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leroy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo201146b" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992146v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gembus" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo101585t" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278770v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Marsais" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0029-1217729" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278746v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo802763b" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278741v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2008-1078260" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278757v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bouet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Dupas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetasy.2008.10.014" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XK2VQ9J-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278779v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.200701683" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0C88B98890FDB9BEF679BE08D465ECA315AF18EC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278800v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akima Aaziz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Leonel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;yves N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00397910701198971" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278796v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Heller" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Papamica&#235;l" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b701549f" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/ECD143282EF7EE6C4ADB0F84346A97325468704F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017953v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sulpice-Gaillet" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351032v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Royer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dudot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3987/COM-05-10335" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278871v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2004-815915" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278862v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lejaye" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tetlet.2004.01.124" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C0KRX4JT-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278874v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2003-37514" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278877v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-4020(02)01620-4" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4VR5BPXS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593347v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrio St&#233;phane" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593357v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593641v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03322504v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03080607v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02543021v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376266v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02368490v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376338v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Berini" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376343v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02390792v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374269v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374309v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374330v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374276v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374302v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371679v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxiao Yang" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Rio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371682v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05371154v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371586v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376282v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376270v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376286v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376368v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain No&#235;l" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02368726v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02368463v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376289v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376315v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373902v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02376299v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373929v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373920v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374227v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02373942v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374234v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02374251v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024990v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Vitale" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.focat.2017.07.052" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02024983v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-127-7.50002-2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02278891v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rathke" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Elghanian" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/047084289X.ra028.pub2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>