--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -179,51 +179,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourav De</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 222 (17), </w:t>
+              <w:t xml:space="preserve">, 2025, 222 (17), pp.2500376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssa.202500376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>