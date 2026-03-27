--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -191,195 +191,195 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Framework for brain-derived dimensions of psychopathology</w:t>
+                <w:t xml:space="preserve">A next generation neural mass model with neuromodulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristram A Lett</w:t>
+                <w:t xml:space="preserve">Damien Depannemaecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nilakshi Vaidya</w:t>
+                <w:t xml:space="preserve">Chloé Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tianye Jia</w:t>
+                <w:t xml:space="preserve">Gabriele Casagrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elli Polemiti</w:t>
+                <w:t xml:space="preserve">Marisa Saggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobias Banaschewski</w:t>
+                <w:t xml:space="preserve">Anastasios Polykarpos Athanasiadis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 82 (8), pp.778. </w:t>
+              <w:t xml:space="preserve">Journal of Computational Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 54 (1), pp.23-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1001/jamapsychiatry.2025.1246⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10827-026-00920-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05482214v1</w:t>
+                <w:t xml:space="preserve">hal-05540784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual Brain Inference (VBI): A flexible and integrative toolkit for efficient probabilistic inference on virtual brain models</w:t>
               </w:r>
@@ -493,693 +493,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05126286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchronization in spiking neural networks with short and long connections and time delays</w:t>
+                <w:t xml:space="preserve">Framework for brain-derived dimensions of psychopathology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Kusch</w:t>
+                <w:t xml:space="preserve">Tristram A Lett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Breyton</w:t>
+                <w:t xml:space="preserve">Nilakshi Vaidya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Depannemaecker</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Spase Petkoski</w:t>
+                <w:t xml:space="preserve">Tianye Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktor K Jirsa</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elli Polemiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Banaschewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0158186⟩</w:t>
+              <w:t xml:space="preserve">JAMA Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 82 (8), pp.778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamapsychiatry.2025.1246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04947885v1</w:t>
+                <w:t xml:space="preserve">hal-05482214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal brain complexity quantifies consciousness outside of perturbation paradigms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Synchronization in spiking neural networks with short and long connections and time delays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Kusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Breyton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Depannemaecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spase Petkoski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor K Jirsa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.98920.3⟩</w:t>
+              <w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0158186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338672v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetry breaking organizes the brain’s resting state manifold</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Spatiotemporal brain complexity quantifies consciousness outside of perturbation paradigms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Breyton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Fousek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Rabuffo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Rabuffo</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Spase Petkoski</w:t>
+                <w:t xml:space="preserve">Lionel Kusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-83542-w⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.98920.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05124011v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual brain twins: from basic neuroscience to clinical use</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martin Breyton</w:t>
+                <w:t xml:space="preserve">Symmetry breaking organizes the brain’s resting state manifold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Fousek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Rabuffo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Borana Dollomaja</w:t>
+                <w:t xml:space="preserve">Kashyap Gudibanda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Didier Lemarechal</w:t>
+                <w:t xml:space="preserve">Hiba Sheheitli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">National Science Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (5), pp.nwae079. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.31970. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nsr/nwae079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-83542-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04649948v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05124011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of regional differences in resting-state fMRI with a data-driven network model of brain dynamics</w:t>
+                <w:t xml:space="preserve">Virtual brain twins: from basic neuroscience to clinical use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktor Sip</w:t>
+                <w:t xml:space="preserve">Huifang E Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meysam Hashemi</w:t>
+                <w:t xml:space="preserve">Paul Triebkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Breyton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timo Dickscheid</w:t>
+                <w:t xml:space="preserve">Borana Dollomaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrin Amunts</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Spase Petkoski</w:t>
+                <w:t xml:space="preserve">Jean-Didier Lemarechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9 (11), </w:t>
+              <w:t xml:space="preserve">National Science Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (5), pp.nwae079. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abq7547⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nsr/nwae079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04092057v1</w:t>
+                <w:t xml:space="preserve">hal-04649948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State-switching and high-order spatiotemporal organization of dynamic functional connectivity are disrupted by Alzheimer’s disease</w:t>
               </w:r>
@@ -1293,1877 +1293,2011 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04295704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetry breaking organizes the brain's resting state manifold</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Viktor Jirsa</w:t>
+                <w:t xml:space="preserve">Characterization of regional differences in resting-state fMRI with a data-driven network model of brain dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Sip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meysam Hashemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Dickscheid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrin Amunts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cold Spring Harbor Laboratory Press</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2022.01.03.474841⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abq7547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04086340v1</w:t>
+                <w:t xml:space="preserve">hal-04092057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole-brain propagation delays in multiple sclerosis, a combined tractography - magnetoencephalography study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elisabetta Signoriello</w:t>
+                <w:t xml:space="preserve">Symmetry breaking organizes the brain's resting state manifold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Fousek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Rabuffo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kashyap Gudibanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Sheheitli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Jirsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cold Spring Harbor Laboratory Press</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2022.01.03.474841⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/jneurosci.0938-22.2022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03851744v1</w:t>
+                <w:t xml:space="preserve">hal-04086340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normalizing the brain connectome for communication through synchronization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Whole-brain propagation delays in multiple sclerosis, a combined tractography - magnetoencephalography study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maddalena Sparaco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emahnuel Troisi Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Signoriello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Network Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.JN-RM-0938-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.0938-22.2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/netn_a_00231⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03783266v1</w:t>
+                <w:t xml:space="preserve">hal-03851744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating psychosocial variables and societal diversity in epidemic models for predicting COVID-19 transmission dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Normalizing the brain connectome for communication through synchronization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spase Petkoski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Jirsa</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Digital Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pdig.0000098⟩</w:t>
+              <w:t xml:space="preserve">Network Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (3), pp.722 - 744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/netn_a_00231⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03782635v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03783266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamical Mechanisms of Interictal Resting-State Functional Connectivity in Epilepsy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Bartolomei</w:t>
+                <w:t xml:space="preserve">Integrating psychosocial variables and societal diversity in epidemic models for predicting COVID-19 transmission dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Jirsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huifang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marmaduke Woodman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Fousek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0905-19.2020⟩</w:t>
+              <w:t xml:space="preserve">PLOS Digital Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (8), pp.e0000098. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pdig.0000098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02908107v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03782635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and Computational Study on Motor Control and Recovery After Stroke: Toward a Constructive Loop Between Experimental and Virtual Embodied Neuroscience</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamical Mechanisms of Interictal Resting-State Functional Connectivity in Epilepsy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Egidio Falotico</w:t>
+                <w:t xml:space="preserve">Julie Courtiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Jirsa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Systems Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14, pp.31. </w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (29), pp.5572-5588. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnsys.2020.00031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0905-19.2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03423103v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural rhythms of periodic temporal attention</w:t>
+                <w:t xml:space="preserve">Experimental and Computational Study on Motor Control and Recovery After Stroke: Toward a Constructive Loop Between Experimental and Virtual Embodied Neuroscience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Zalta</w:t>
+                <w:t xml:space="preserve">Anna Letizia Allegra Mascaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Egidio Falotico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Pasquini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Vannucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-14888-8⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Systems Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14, pp.31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnsys.2020.00031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02492232v1</w:t>
+                <w:t xml:space="preserve">hal-03423103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling seizure propagation in large-scale brain networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simona Olmi</w:t>
+                <w:t xml:space="preserve">Natural rhythms of periodic temporal attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Zalta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Viktor Jirsa</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Morillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-14888-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006805⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-02146511v1</w:t>
+                <w:t xml:space="preserve">hal-02492232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmission time delays organize the brain network synchronization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Jirsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">rsta.royalsocietypublishing.org Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 377 (2153), pp.20180132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rsta.2018.0132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02527427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-lags in large scale brain synchronization: Methodological considerations and in-silico analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlling seizure propagation in large-scale brain networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Olmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matias J Palva</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor Jirsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Computational Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 14 (7), pp.e1006160. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006160⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 15 (2), pp.e1006805. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02145488v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02146511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">26th Annual Computational Neuroscience Meeting (CNS*2017): Part 2</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wouter Klijn</w:t>
+                <w:t xml:space="preserve">Phase-lags in large scale brain synchronization: Methodological considerations and in-silico analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ben Cumming</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matias J Palva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Jirsa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12868-017-0371-2⟩</w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (7), pp.e1006160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1006160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01580190v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02145488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterations in the coupling functions between cortical and cardio-respiratory oscillations due to anaesthesia with propofol and sevoflurane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">26th Annual Computational Neuroscience Meeting (CNS*2017): Part 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonid L. Rubchinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomislav Stankovski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Spase Petkoski</w:t>
+                <w:t xml:space="preserve">Sungwoo Ahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Raeder</w:t>
+                <w:t xml:space="preserve">Wouter Klijn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew F. Smith</w:t>
+                <w:t xml:space="preserve">Ben Cumming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter V. E. Mcclintock</w:t>
+                <w:t xml:space="preserve">Stuart Yates</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 374 (2067), </w:t>
+              <w:t xml:space="preserve">BMC Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (Suppl 1), pp.59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsta.2015.0186⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12868-017-0371-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01431283v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01580190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multiscale entropy: Guidelines for use and interpretation in brain signal analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alterations in the coupling functions between cortical and cardio-respiratory oscillations due to anaesthesia with propofol and sevoflurane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dionysios Perdikis</w:t>
+                <w:t xml:space="preserve">Tomislav Stankovski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktor Mueller</w:t>
+                <w:t xml:space="preserve">Johan Raeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raoul Huys</w:t>
+                <w:t xml:space="preserve">Andrew F. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter V. E. Mcclintock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2016.09.004⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 374 (2067), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2015.0186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01431295v1</w:t>
+                <w:t xml:space="preserve">hal-01431283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneity of time delays determines synchronization of coupled oscillators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The multiscale entropy: Guidelines for use and interpretation in brain signal analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Courtiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dionysios Perdikis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parham Aram</w:t>
+                <w:t xml:space="preserve">Viktor Mueller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Temprado</w:t>
+                <w:t xml:space="preserve">Raoul Huys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 94 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 273, pp.175-190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.94.012209⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2016.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01431271v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Heterogeneity of time delays determines synchronization of coupled oscillators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spase Petkoski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Spiegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothée Proix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parham Aram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Temprado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.94.012209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">25th Annual Computational Neuroscience Meeting: CNS-2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatyana Sharpee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Destexhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitsuo Kawato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladislav Sekulić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frances Skinner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 17 (S1), pp.54. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12868-016-0283-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03598912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3173,65 +3307,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large scale modeling of the mouse brain dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Kusch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3246,51 +3380,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Neuroscience 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3300,494 +3434,494 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Next generation neural mass model with dopamine modulation mediated by D1-type receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriele Casagrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustinas Fedaravičius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Duprat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Randal Mcintosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339212v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic Inference on Virtual Brain Models of Disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meysam Hashemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abolfazl Ziaeemehr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marmaduke M Woodman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor K Jirsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mean-field approximation of network of biophysical neurons driven by conductance-based ion exchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhirup Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viktor K Jirsa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spase Petkoski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03575932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The virtual aging brain: a model-driven explanation for cognitive decline in older subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Lavanga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Stumme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahar Yalcinkaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Fousek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiane Jockwitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId141"/>
+      <w:footerReference w:type="default" r:id="rId146"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3855,51 +3989,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7D4EA3A4"/>
+    <w:nsid w:val="10463B21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4086,51 +4220,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/spase-petkoski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4540-6293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/Y-2792-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482214v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristram A Lett" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilakshi Vaidya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianye Jia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elli Polemiti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Banaschewski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamapsychiatry.2025.1246" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126286v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Ziaee-Mehr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marmaduke Woodman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Domide" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spase Petkoski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Jirsa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.106194.1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947885v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Kusch" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breyton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Depannemaecker" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor K Jirsa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0158186" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338672v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Fousek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Rabuffo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.98920.3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124011v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashyap Gudibanda" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Sheheitli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-83542-w" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649948v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifang E Wang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Triebkorn" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borana Dollomaja" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Lemarechal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nsr/nwae079" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04092057v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Sip" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Hashemi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Dickscheid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Amunts" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abq7547" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295704v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Arbabyazd" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Breakspear" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Solodkin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Battaglia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00332" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04086340v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.01.03.474841" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851744v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena Sparaco" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emahnuel Troisi Lopez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Signoriello" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0938-22.2022" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783266v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00231" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782635v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifang Wang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0000098" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908107v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Courtiol" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guye" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bartolomei" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0905-19.2020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423103v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Letizia Allegra Mascaro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Falotico" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pasquini" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vannucci" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2020.00031" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492232v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zalta" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morillon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14888-8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02146511v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Olmi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006805" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527427v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0132" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02145488v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias J Palva" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006160" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01580190v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid L. Rubchinsky" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungwoo Ahn" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Klijn" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Cumming" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Yates" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12868-017-0371-2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431283v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomislav Stankovski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Raeder" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew F. Smith" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter V. E. Mcclintock" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2015.0186" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431295v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios Perdikis" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Mueller" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Huys" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2016.09.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431271v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Spiegler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Proix" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Aram" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Temprado" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.012209" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598912v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Sharpee" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Destexhe" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuo Kawato" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Sekuli&#263;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Skinner" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12868-016-0283-6" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379195v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05339212v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Casagrande" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustinas Fedaravi&#269;ius" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Duprat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Randal Mcintosh" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650193v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Ziaeemehr" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marmaduke M Woodman" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575932v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhirup Bandyopadhyay" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bernard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681799v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lavanga" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Stumme" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar Yalcinkaya" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Jockwitz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/spase-petkoski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4540-6293" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/Y-2792-2019" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540784v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Depannemaecker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Duprat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Casagrande" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa Saggio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasios Polykarpos Athanasiadis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10827-026-00920-1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126286v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Ziaee-Mehr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marmaduke Woodman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Domide" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spase Petkoski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Jirsa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.106194.1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482214v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristram A Lett" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilakshi Vaidya" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianye Jia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elli Polemiti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Banaschewski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamapsychiatry.2025.1246" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947885v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Kusch" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Breyton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor K Jirsa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0158186" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338672v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Fousek" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Rabuffo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.98920.3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124011v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kashyap Gudibanda" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Sheheitli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-83542-w" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649948v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifang E Wang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Triebkorn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borana Dollomaja" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Lemarechal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nsr/nwae079" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295704v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Arbabyazd" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Breakspear" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Solodkin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Demian Battaglia" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00332" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04092057v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Sip" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Hashemi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Dickscheid" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Amunts" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abq7547" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04086340v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2022.01.03.474841" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851744v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena Sparaco" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emahnuel Troisi Lopez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Signoriello" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0938-22.2022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03783266v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00231" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03782635v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huifang Wang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0000098" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908107v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Courtiol" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guye" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bartolomei" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0905-19.2020" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03423103v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Letizia Allegra Mascaro" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egidio Falotico" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pasquini" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Vannucci" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2020.00031" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492232v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Zalta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Morillon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-14888-8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527427v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0132" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02146511v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Olmi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006805" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02145488v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias J Palva" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1006160" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01580190v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid L. Rubchinsky" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungwoo Ahn" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Klijn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Cumming" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Yates" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12868-017-0371-2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431283v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomislav Stankovski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Raeder" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew F. Smith" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter V. E. Mcclintock" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2015.0186" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431295v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionysios Perdikis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Mueller" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Huys" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2016.09.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431271v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Spiegler" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Proix" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Aram" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Temprado" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.012209" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598912v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Sharpee" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Destexhe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuo Kawato" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Sekuli&#263;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Skinner" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12868-016-0283-6" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379195v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05339212v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustinas Fedaravi&#269;ius" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Duprat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Randal Mcintosh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650193v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abolfazl Ziaeemehr" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marmaduke M Woodman" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575932v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhirup Bandyopadhyay" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bernard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681799v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Lavanga" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Stumme" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahar Yalcinkaya" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Jockwitz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>