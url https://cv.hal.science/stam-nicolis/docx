--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -2519,226 +2519,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01358068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nambu mechanics for stochastic magnetization dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Finite-dimensional colored fluctuation-dissipation theorem for spin systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stam Nicolis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Thibaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stam Nicolis</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tranchida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4975132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01382369v1</w:t>
+                <w:t xml:space="preserve">cea-05445918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite-dimensional colored fluctuation-dissipation theorem for spin systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nambu mechanics for stochastic magnetization dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Thibaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Nussle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stam Nicolis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Tranchida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 432, pp.175-180</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4975132⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-05445918v1</w:t>
+                <w:t xml:space="preserve">hal-01382369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Markovian Magnetization Dynamics for Uniaxial Nanomagnets</w:t>
               </w:r>
@@ -4063,51 +4063,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015002v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stam Nicolis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536152v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055934v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.436.0108" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281341v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2105/1/012003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663399v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minos Axenides" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Floratos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.406.0243" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426037v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496749v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668738v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377522v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Thibaudeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tranchida" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283696v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784946v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G. Floratos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400088v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796789v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784947v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532082v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445200v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nussle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/apxr.202400057" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565444v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011602v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Barker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.5.043075" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747767v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.064206" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667164v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashid V. Williams-Garc&#237;a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2022.112739" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03162639v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/s10051-021-00211-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267951v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/sigma.2021.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338986v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imam Makhfudz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrick Olive" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0013062" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880502v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2019-90539-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645405v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2018.09.030" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02168016v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358068v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382369v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445918v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4975132" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05446610v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2016.2522502" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445265v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445248v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2016.2527362" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05446645v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tranchida" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicolis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2015.10.012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445274v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/574/1/012146" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782303v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Krokhotin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti J. Niemi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865933" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787609v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zerkak" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967984v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayolle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681319v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-2179-5_32" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01295226v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01502663v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015002v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stam Nicolis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536152v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055934v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.436.0108" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281341v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2105/1/012003" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663399v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minos Axenides" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Floratos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22323/1.406.0243" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426037v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496749v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668738v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377522v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Thibaudeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tranchida" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00283696v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784946v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G. Floratos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400088v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796789v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784947v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532082v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445200v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nussle" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/apxr.202400057" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565444v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011602v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Barker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.5.043075" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03747767v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.064206" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03667164v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashid V. Williams-Garc&#237;a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2022.112739" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03162639v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/s10051-021-00211-x" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267951v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/sigma.2021.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338986v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imam Makhfudz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrick Olive" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0013062" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880502v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2019-90539-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645405v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2018.09.030" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02168016v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358068v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445918v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4975132" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382369v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05446610v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2016.2522502" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445265v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445248v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2016.2527362" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05446645v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tranchida" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nicolis" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2015.10.012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05445274v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/574/1/012146" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01782303v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Krokhotin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antti J. Niemi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4865933" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00787609v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zerkak" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967984v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayolle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681319v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-2179-5_32" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01295226v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01502663v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>