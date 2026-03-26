--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -212,165 +212,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refus de la qualification d’acte de procédure de la notice informative en matière d’expulsion locative : vers une décharge de responsabilité des commissaires de justice ?</w:t>
+                <w:t xml:space="preserve">La réticence dolosive au secours du cessionnaire professionnel négligeant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Barry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° 228, pp. 39</w:t>
+              <w:t xml:space="preserve">, 2024, n° 231, pp. 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04693009v1</w:t>
+                <w:t xml:space="preserve">hal-04808429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La réticence dolosive au secours du cessionnaire professionnel négligeant</w:t>
+                <w:t xml:space="preserve">Refus de la qualification d’acte de procédure de la notice informative en matière d’expulsion locative : vers une décharge de responsabilité des commissaires de justice ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Barry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n° 231, pp. 10</w:t>
+              <w:t xml:space="preserve">, 2024, n° 228, pp. 39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808429v1</w:t>
+                <w:t xml:space="preserve">hal-04693009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude sur le risque de « rénovictions » en France : propositions pour protéger les locataires</w:t>
               </w:r>
@@ -1920,51 +1920,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 4</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Avallone</w:t>
@@ -2021,75 +2021,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04542057v1</w:t>
+                <w:t xml:space="preserve">halshs-04541898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 2</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Avallone</w:t>
@@ -2146,75 +2146,75 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04541898v1</w:t>
+                <w:t xml:space="preserve">halshs-04541958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n° 3</w:t>
+                <w:t xml:space="preserve">Veille juridique immobilière n° 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Avallone</w:t>
@@ -2271,258 +2271,258 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04541958v1</w:t>
+                <w:t xml:space="preserve">halshs-04542057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veille juridique immobilière n°1</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
+                <w:t xml:space="preserve">Avant-projet de réforme des contrats spéciaux : enjeux et incidences sur le secteur de l'immobilier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Barry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04030627v1</w:t>
+                <w:t xml:space="preserve">hal-03880711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-projet de réforme des contrats spéciaux : enjeux et incidences sur le secteur de l'immobilier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Veille juridique immobilière n°1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Audrain-Demey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Avallone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Barry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernanda Sabrinni-Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Guemar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers ESPI2R</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880711v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04030627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le délai biennal de la garantie des vices cachés</w:t>
               </w:r>
@@ -2770,51 +2770,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BE126D29"/>
+    <w:nsid w:val="55BB036C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3001,51 +3001,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stanislas-barry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-8802-3879" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241996759" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04693009v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Barry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04808429v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04732358v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Sabrinni-Chatelard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04761036v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04314095v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04314086v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098966v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847735v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883060v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847728v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03845293v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847752v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847720v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847713v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847706v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847641v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04721267v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765817v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04540935v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Povoa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456851v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542057v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Audrain-Demey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Avallone" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guemar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541898v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541958v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030627v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880711v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fournier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870792v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04079737v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stanislas-barry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-8802-3879" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241996759" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04808429v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Barry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04693009v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04732358v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Sabrinni-Chatelard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04761036v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04314095v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04314086v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098966v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847735v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883060v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847728v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03845293v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847752v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847720v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847713v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847675v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847706v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847641v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04721267v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765817v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04540935v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Povoa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456851v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541898v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Audrain-Demey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Avallone" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Guemar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541958v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04542057v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880711v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fournier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04030627v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870792v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04079737v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>