--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -75,51 +75,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (10)</w:t>
+        <w:t xml:space="preserve">Rapport (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -147,107 +147,107 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Cabot</w:t>
+                <w:t xml:space="preserve">Luc Baray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Chamarre</w:t>
+                <w:t xml:space="preserve">Gabriel Caraire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+                <w:t xml:space="preserve">Lucile Catté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CReAAH UMR 6566. 2025</w:t>
+              <w:t xml:space="preserve">CReAAH UMR 6566. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971827v1</w:t>
+                <w:t xml:space="preserve">hal-05546361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ville antique de Noviodunum (Jublains, Mayenne). Analyse et interprétation de données acquises au géoradar (GPR). 2025 - Les quartiers nord-ouest</w:t>
               </w:r>
@@ -289,662 +289,780 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05451164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site antique de Cherré et son environnement de la Protohistoire au début du Moyen Âge. Rapport d'activités scientifiques 2023</w:t>
+                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site antique de Cherré et son environnement de la Protohistoire au début du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Cormier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Élodie Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coutelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; SRA des Pays de la Loire, Nantes. 2024</w:t>
+              <w:t xml:space="preserve">CReAAH UMR 6566. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04442707v1</w:t>
+                <w:t xml:space="preserve">hal-04971827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site de Cherré et son environnement de la Protohistoire à l'Antiquité. Rapport d'activités scientifiques 2022 et projet 2023-2025</w:t>
+                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site antique de Cherré et son environnement de la Protohistoire au début du Moyen Âge. Rapport d'activités scientifiques 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; SRA des Pays de la Loire, Nantes. 2023, 278 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cormier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coutelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghyslain Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; SRA des Pays de la Loire, Nantes. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04046575v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04442707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juvigné (Mayenne, Pays de la Loire). Le sanctuaire de la Fermerie, de l'âge du Fer à l'époque romaine. Fouille de 2016 - Rapport d'études complémentaires et projet de publication</w:t>
+                <w:t xml:space="preserve">Aubigné-Racan (Sarthe, Pays de la Loire). Le site de Cherré et son environnement de la Protohistoire à l'Antiquité. Rapport d'activités scientifiques 2022 et projet 2023-2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; SRA des Pays de la Loire, Nantes. 2023, 278 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Meissonnier</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-04442747v1</w:t>
+                <w:t xml:space="preserve">hal-04046575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ville antique de Nouiodunum (Jublains, Mayenne). Analyse et interprétation de données acquises au géoradar (GPR)</w:t>
+                <w:t xml:space="preserve">Juvigné (Mayenne, Pays de la Loire). Le sanctuaire de la Fermerie, de l'âge du Fer à l'époque romaine. Fouille de 2016 - Rapport d'études complémentaires et projet de publication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Reich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Meissonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; SRA des Pays de la Loire, Nantes. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04442713v1</w:t>
+                <w:t xml:space="preserve">halshs-04442747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dépôt monétaire de Soudan (Loire-Atlantique) et le monnayage celtique en territoire namnète. Rapport d'étude complémentaire</w:t>
+                <w:t xml:space="preserve">La ville antique de Nouiodunum (Jublains, Mayenne). Analyse et interprétation de données acquises au géoradar (GPR)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; Université de Nantes; SRA des Pays de la Loire, Nantes. 2020, 87 p</w:t>
+              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; SRA des Pays de la Loire, Nantes. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04046582v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04442713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dépôt monétaire de Soudan (Loire-Atlantique). Rapport d'étude numismatique d'un dépôt de statères en or allié de la série dite &amp;quot;à l'hippophore</w:t>
+                <w:t xml:space="preserve">Le dépôt monétaire de Soudan (Loire-Atlantique) et le monnayage celtique en territoire namnète. Rapport d'étude complémentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; Université de Nantes; SRA des Pays de la Loire, Nantes. 2016, 172 p</w:t>
+              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; Université de Nantes; SRA des Pays de la Loire, Nantes. 2020, 87 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04046587v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juvigné (Mayenne). Le sanctuaire gaulois et gallo-romain de la Fermerie/Mérolle</w:t>
+                <w:t xml:space="preserve">Le dépôt monétaire de Soudan (Loire-Atlantique). Rapport d'étude numismatique d'un dépôt de statères en or allié de la série dite &amp;quot;à l'hippophore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; université de Nantes; SRA des Pays de la Loire, Nantes. 2016, 237 p. et 2 pl. h.-t</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; Université de Nantes; SRA des Pays de la Loire, Nantes. 2016, 172 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04046598v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Juvigné (Mayenne). Le sanctuaire gaulois et gallo-romain de la Fermerie/Mérolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; université de Nantes; SRA des Pays de la Loire, Nantes. 2016, 237 p. et 2 pl. h.-t</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les sanctuaires antiques de la cité des Aulerques Diablintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">UMR 6566 CReAAH - LARA; université de Nantes; SRA des Pays de la Loire, Nantes. 2015, 76 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -954,2494 +1072,2494 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépôts d’objets et dépôts de monnaies des IIIe – VIe s. : un bilan interrégional pour l’Ouest et le Centre-Ouest de la Gaule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-André Besombes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bollard-Raineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Corson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATEG IX - Les dépôts d'objets métalliques en contexte archéologique dans les provinces gauloises et limitrophes durant l'Antiquité tardive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05451204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site antique de Cherré à Aubigné-Racan (Sarthe). Nouveaux apports d'un projet collectif de recherche (2022-2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées régionales de l'archéologie des Pays de la Loire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SRA des Pays de la Loire, Mar 2025, Mayenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05451222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanctuaries and religious landscape between the Loire and Seine rivers, from Iron Age to the early Roman Empire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop NEMESIS 5/5 - The religious factor in the organisation of territories and societies in the Iron Age</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05451209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstituer les réseaux divins des cités de Gaule Lyonnaise à partir de l'étude des sanctuaires : réflexions méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier "Jeunes chercheurs et chercheuses. Religions de Rome et du monde romain"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Francesca Prescendi Morresi; Françoise Van Haeperen, Sep 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de Cherré à Aubigné-Racan (Sarthe) : une agglomération des Aulerques Cénomans ? Etat des lieux et perspectives de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVe journée d'étude sur l'Ouest de la Gaule romaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Yvan Maligorne, Oct 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanctuaires et évolution du paysage religieux antique dans les Pays de la Loire, de la fin de l'âge du Fer à l'Antiquité tardive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées archéologiques des Pays de la Loire 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Service régional de l'archéologie des Pays de la Loire, Mar 2022, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aedes Cereris in praediis&amp;quot;. Temples et pratiques rituelles dans les villae de Gaule Lyonnaise</w:t>
+                <w:t xml:space="preserve">Cultes et sanctuaires du centre et de l'ouest de la Gaule Lyonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Monteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lieux de culte en Gaule du Sud et dans les provinces limitrophes (IIe s. av. J.-C. - Ve s. ap. J.-C.)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sandrine Agusta-Boularot; Marilyne Bovagne; Stéphanie Raux; Grégory Vacassy; Ghislain Vincent, May 2021, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Atelier de travail "Les paysages religieux en Gaule romaine : où en est-on ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Raphaël Golosetti, Nov 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04046550v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultes et sanctuaires du centre et de l'ouest de la Gaule Lyonnaise</w:t>
+                <w:t xml:space="preserve">Aedes Cereris in praediis&amp;quot;. Temples et pratiques rituelles dans les villae de Gaule Lyonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Martial Monteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier de travail "Les paysages religieux en Gaule romaine : où en est-on ?"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Raphaël Golosetti, Nov 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Lieux de culte en Gaule du Sud et dans les provinces limitrophes (IIe s. av. J.-C. - Ve s. ap. J.-C.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sandrine Agusta-Boularot; Marilyne Bovagne; Stéphanie Raux; Grégory Vacassy; Ghislain Vincent, May 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04046564v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04046550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sanctuaires de l’Ouest de la France : de l’organisation des sites à la structuration des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Doctoral Meeting of the European School of Protohistory of Bibracte</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Léonard Dumont; Pascual Perdiguero; Marta Karvin; Marine Rodé, Mar 2020, Glux-en-Glenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crop productions, forms and sustainability of the Iron Age farmsteads in northern France: differences and convergences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Malrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Zech-Matterne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lorho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Derreumaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual conference of the Iron Age Study Group (AG Eisenzeit)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Münster, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunnels across the Channel: new research on Iron Age souterrains in Brittany and Normandy (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gadea Cabanillas de La Torre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st Annual Meeting of the European Association of Archaeologists, session 'Going Underground: the archaeology of souterrains in Scotland, Ireland, Cornwall and Brittany'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Derek Alexander, Richard Strachan, Niall Roycroft, Sep 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanctuaires et paysage religieux des cités du Centre et de l'Ouest de la Gaule Lyonnaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes. Revue archéologique de l'Ouest, supplément 14, 2024, 978-2-7535-9800-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12ppp⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultes et sanctuaires à Angers dans l'Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ombline Grosbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Pithon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mortreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musées d'Angers. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les souterrains gaulois en Bretagne et en Normandie occidentale. Architectures de stockage enterrées (VIe-Ier siècle av. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes (PUR), 224 p., 2020, Collection Archéologie et Culture, 978-2-7535-7985-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De nouvelles données sur un sanctuaire diablinte : le site de la Fermerie à Juvigné (Mayenne) du iie s. av. n. è. au ive s. de n. è.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Meissonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Reich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Archéologique de l'Ouest</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 40 - Varia, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12nao⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04817183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un sanctuaire du nord-ouest de la Gaule : Juvigné (Mayenne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camus Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Mathé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Annales de Normandie, 73e Année (1), pp.149-158. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/annor.731.0149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crop productions, forms and sustainability of the Iron Age farmsteads in northern France: differences and convergences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Zech-Matterne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Malrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lorho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Derreumaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Beiträge zur Ur- und Frühgeschichte Mitteleuropas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Trebsche P., Wendling H., Augstein M., Fries-Knoblach J., Ludwig K., Schumann R., Tappert C., Wiethold J. (eds.) LANDwirtschaft – LANDnutzung, Aspekte der Aneignung und Ökonomie ländlicher Ressourcen im eisenzeitlichen Mitteleuropa, Proceedings of the Annual conference of the Iron Age Study Group (AG Eisenzeit), 18th–21st September 2016, Münster, Allemagne., 93, pp.9-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02996385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sanctuaire de la Fermerie à Juvigné (Mayenne), de l’âge du Fer à l’époque romaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Messonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 73 (2), pp.25-53. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/gallia.2721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01918904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sanctuaire de Juvigné : de l'époque gauloise à la Gaule romaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 367, pp.74-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046532v1</w:t>
-              </w:r>
-[...281 lines deleted...]
-                <w:t xml:space="preserve">hal-02885196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les blocs de fondation et de soubassement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Peter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bouillet J., Augry S., Bertrand E., Meunier H., Monteil M. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au pied du mur. L'enceinte romaine du Mans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musées du Mans, pp.65-67, 2022, catalogue d'exposition (Le Mans, musée Jean-Claude-Boulard-Carré Plantagenêt, 14 mai 2022 - 8 janvier 2023), 978-94-616-172-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution du stockage agricole dans la moitié septentrionale de la France à l'âge du Fer (VIe - Ier s. av. n. è.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rural Granaries in Northern Gaul (6th Century BCE–4th Century CE). From Archaeology to Economic History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brill, pp.51-72, 2019, Radboud Studies in Humanities, 8, 978-90-04-38903-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/9789004389045_006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04046523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La religion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Eure (27/2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie des inscriptions et belles lettres, 2019, Carte archéologique de la Gaule, 27-2, 978-2-87754-384-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04046526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sanctuaire de Juvigné (Mayenne) : organisation et pratiques rituelles de l’âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Camus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Mathé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Barral; Matthieu Thivet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sanctuaires de l’âge du Fer. Actes du 41e colloque international de l’Association française pour l’étude de l’âge du Fer (Dole, 25-28 mai 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection AFEAF (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFEAF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.443-247, 2019, 978-2-9567407-0-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02891585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les architectures des structures de stockage alimentaire à l’âge du Fer dans l’Ouest de la France (VI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-I&amp;lt;sup&amp;gt;er&amp;lt;/sup&amp;gt; s. av. n. è.) : choix techniques ou culturels ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Guillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Lepaumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Levillayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Villard-Le Tiec; Yves Menez; Patrick Maguer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Architectures de l’âge du Fer en Europe occidentale et centrale. Actes du 40e colloque international de l’Association française pour l’étude de l’âge du Fer (Rennes, 4-7 mai 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.349-388, 2018, Archéologie &amp; Culture, 978-2-7535-7442-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02283720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Fermerie, Juvigné (Mayenne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Raux, V. Brouquier-Reddé, M. Monteil, W. Van Andringa (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des dieux et des hommes. Cultes et sanctuaires en Sarthe et en Mayenne dans l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ville du Mans, pp.123-126, 2015, catalogue d'exposition (Le Mans, musée Jean-Claude-Boulard-Carré Plantagenêt, 21 mars - 21 septembre 2015), 978-2-911057-50-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Provenchères, Athée (Mayenne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Raux, V. Brouquier-Reddé, M. Monteil, W. Van Andringa (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des dieux et des hommes. Cultes et sanctuaires en Sarthe et en Mayenne dans l'Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ville du Mans, pp.110-113, 2015, catalogue d'exposition (Le Mans, musée Jean-Claude-Boulard-Carré Plantagenêt, 21 mars - 21 septembre 2015), 978-2-911057-50-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04046544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3451,100 +3569,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cultes et sanctuaires du centre et de l'ouest de la Gaule Lyonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Université de Nantes, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021NANT2029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04046539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3554,150 +3672,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthèse sur l'Antiquité romaine dans le département de l'Eure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Spiesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carte archéologique de la Gaule. L'Eure (27/2).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3707,151 +3825,151 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un sanctuaire du nord-ouest de la Gaule : Juvigné (Mayenne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Dufay-Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camus Adrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Mathé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Far West. La Normandie antique et les marges nord-ouest de l'Empire romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Caen et Vieux-la-romaine, France. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02564561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId93"/>
+      <w:footerReference w:type="default" r:id="rId97"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3998,51 +4116,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971827v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chamarre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451164v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442707v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cormier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyslain Ferr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046575v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442747v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Meissonnier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442713v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046582v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046587v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046598v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046607v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451204v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Andr&#233; Besombes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bollard-Raineau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Corson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451222v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451209v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046560v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046557v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046611v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046550v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046564v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046567v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886579v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malrain" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Zech-Matterne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lorho" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046555v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gadea Cabanillas de La Torre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817183v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12nao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357406v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camus Adrien" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0149" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996385v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918904v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Messonnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.2721" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046532v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971770v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ppp" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972013v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Comte" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombline Grosbois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pithon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mortreau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02885196v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046540v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Meunier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Peter" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04046523v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004389045_006" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04046526v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283720v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guillier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lepaumier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Levillayer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046547v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046544v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04046539v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NANT2029" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897768v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Spiesser" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ferreira" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hartz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02564561v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546361v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Baray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caraire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Catt&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451164v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971827v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cabot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chamarre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442707v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cormier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghyslain Ferr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046575v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442747v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reich" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Meissonnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442713v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046582v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046587v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046598v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046607v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451204v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Andr&#233; Besombes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bollard-Raineau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Corson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451222v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05451209v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046560v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046557v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046611v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046564v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046550v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046567v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886579v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Malrain" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Zech-Matterne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lorho" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Derreumaux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046555v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gadea Cabanillas de La Torre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971770v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ppp" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972013v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Comte" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombline Grosbois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pithon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mortreau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02885196v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817183v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12nao" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357406v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camus Adrien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Math&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.731.0149" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996385v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918904v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Messonnier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.2721" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046532v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046540v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Meunier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Peter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04046523v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004389045_006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04046526v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02891585v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Camus" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283720v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Guillier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lepaumier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Levillayer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046547v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046544v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04046539v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NANT2029" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897768v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Spiesser" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Ferreira" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hartz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Brunet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02564561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>