--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -106,295 +106,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive Interactions Under Ocean Warming and Acidification: Crustose Coralline Algae Holobionts Enhance Gorgonian Larval Settlement Under Climate Change</w:t>
+                <w:t xml:space="preserve">Tolerance of organisms composing an Arctic kelp community to ocean warming and marine heatwaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Manea</w:t>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Galand</w:t>
+                <w:t xml:space="preserve">Cale Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Comeau</w:t>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Ferrier-Pagès</w:t>
+                <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Giordano</w:t>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (12), </w:t>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.70217⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.70074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05470176v1</w:t>
+                <w:t xml:space="preserve">hal-05103984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolerance of organisms composing an Arctic kelp community to ocean warming and marine heatwaves</w:t>
+                <w:t xml:space="preserve">Positive Interactions Under Ocean Warming and Acidification: Crustose Coralline Algae Holobionts Enhance Gorgonian Larval Settlement Under Climate Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+                <w:t xml:space="preserve">E. Manea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cale Miller</w:t>
+                <w:t xml:space="preserve">P. Galand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+                <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Urrutti</w:t>
+                <w:t xml:space="preserve">C. Ferrier-Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Alliouane</w:t>
+                <w:t xml:space="preserve">B. Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2745.70074⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.70217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05103984v1</w:t>
+                <w:t xml:space="preserve">hal-05470176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced Atlantic reef growth past 2 °C warming amplifies sea-level impacts</w:t>
               </w:r>
@@ -700,51 +700,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lo Monaco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth System Science Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 17 (3), pp.1075-1100. </w:t>
@@ -929,90 +929,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Productivity of mixed kelp communities in an Arctic fjord exhibit tolerance to a future climate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cale A Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 930, pp.172571. </w:t>
@@ -1258,64 +1258,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward an ecologically realistic experimental system to investigate the multigenerational effects of ocean warming and acidification on benthic invertebrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1392,103 +1392,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Summer primary production of Arctic kelp communities is more affected by duration than magnitude of simulated marine heatwaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cale Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (10), </w:t>
@@ -1526,103 +1526,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical note: An autonomous flow-through salinity and temperature perturbation mesocosm system for multi-stressor experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cale Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 21 (1), pp.315-333. </w:t>
@@ -1660,103 +1660,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifactorial effects of warming, low irradiance, and low salinity on Arctic kelps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cale Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Meynadier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Urrutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 21 (20), pp.4605-4620. </w:t>
@@ -2692,663 +2692,663 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03795821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate change and species facilitation affect the recruitment of macroalgal marine forests</w:t>
+                <w:t xml:space="preserve">Coral calcification mechanisms in a warming ocean and the interactive effects of temperature and light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margalida Monserrat</w:t>
+                <w:t xml:space="preserve">Claire L. Ross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Warnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Spennato</w:t>
+                <w:t xml:space="preserve">Christopher E. Cornwall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael V. W. Cuttler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-22845-2⟩</w:t>
+              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43247-022-00396-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03835447v1</w:t>
+                <w:t xml:space="preserve">insu-03661715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of climate change on Arctic macroalgal communities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anais Lebrun</w:t>
+                <w:t xml:space="preserve">Early life stages of a Mediterranean coral are vulnerable to ocean warming and acidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloe Carbonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phoebe Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keyla Plichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2022.103980⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (19), pp.4767-4777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-19-4767-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03831187v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of ocean warming and acidification on calcifying coral reef taxa: mechanisms responsible and adaptive capacity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christopher Cornwall</w:t>
+                <w:t xml:space="preserve">Impact of climate change on Arctic macroalgal communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Verena Schoepf</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Topics in Life Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 219, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1042/ETLS20210226⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2022.103980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03582027v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coral calcification mechanisms in a warming ocean and the interactive effects of temperature and light</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impacts of ocean warming and acidification on calcifying coral reef taxa: mechanisms responsible and adaptive capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Cornwall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Comeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire L. Ross</w:t>
+                <w:t xml:space="preserve">Hollie Putnam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Warnes</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Verena Schoepf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43247-022-00396-8⟩</w:t>
+              <w:t xml:space="preserve">Emerging Topics in Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/ETLS20210226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03661715v1</w:t>
+                <w:t xml:space="preserve">hal-03582027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early life stages of a Mediterranean coral are vulnerable to ocean warming and acidification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloe Carbonne</w:t>
+                <w:t xml:space="preserve">Climate change and species facilitation affect the recruitment of macroalgal marine forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margalida Monserrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Verdura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phoebe Chan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
+                <w:t xml:space="preserve">Guillaume Spennato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (19), pp.4767-4777. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.18103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-19-4767-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-22845-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03812812v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ocean acidification research in the Mediterranean Sea: Status, trends and next steps</w:t>
               </w:r>
@@ -3749,51 +3749,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid multi-generational acclimation of coralline algal reproductive structures to ocean acidification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Moore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bekaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4285,51 +4285,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A coralline alga gains tolerance to ocean acidification over multiple generations of exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. E Cornwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. D’alexis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4400,295 +4400,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ocean acidification causes variable trait‐shifts in a coral species</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ocean acidification as a multiple driver: how interactions between changing seawater carbonate parameters affect marine life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Caroselli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Samir Alliouane</w:t>
+                <w:t xml:space="preserve">Catriona Hurd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiara Ceccarelli</w:t>
+                <w:t xml:space="preserve">John Beardall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher E Cornwall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Havenhand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 26 (12), pp.6813-6830. </w:t>
+              <w:t xml:space="preserve">Marine and Freshwater Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 71, pp.263-274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.15372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/MF19267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03374987v1</w:t>
+                <w:t xml:space="preserve">hal-02406524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ocean acidification as a multiple driver: how interactions between changing seawater carbonate parameters affect marine life</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ocean acidification causes variable trait‐shifts in a coral species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Teixidó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catriona Hurd</w:t>
+                <w:t xml:space="preserve">Erik Caroselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Beardall</w:t>
+                <w:t xml:space="preserve">Chiara Ceccarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Havenhand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Freshwater Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 71, pp.263-274. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (12), pp.6813-6830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/MF19267⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02406524v1</w:t>
+                <w:t xml:space="preserve">hal-03374987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating marine bio‐calcification mechanisms in a changing ocean with in vivo and high‐resolution ex vivo Raman spectroscopy</w:t>
               </w:r>
@@ -4912,51 +4912,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance to ocean acidification in coral reef taxa is not gained by acclimatization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cornwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5046,51 +5046,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flow-driven micro-scale pH variability affects the physiology of corals and coralline algae under ocean acidification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cornwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5323,51 +5323,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance of corals and coralline algae to ocean acidification: physiological control of calcification under natural pH variability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. E. Cornwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. M. Decarlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5444,51 +5444,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of coral bleaching on pH and oxygen gradients across the coral concentration boundary layer: a microsensor study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verena Schoepf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher E Cornwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5591,51 +5591,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coral resistance to ocean acidification linked to increased calcium at the site of calcification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Decarlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cornwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5825,64 +5825,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine heatwave causes unprecedented regional mass bleaching of thermally resistant corals in northwestern Australia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morane Le Nohaic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire L. Ross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher E. Cornwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6210,51 +6210,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emily B. Rivest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher E. Cornwall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CURRENT CLIMATE CHANGE REPORTS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 3 (4), pp.271-281. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6422,51 +6422,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parameterization of the response of calcification to temperature and pCO(2) in the coral Acropora pulchra and the alga Lithophyllum kotschyanum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. C. Carpenter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6673,51 +6673,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of ocean acidification on marine shelled molluscs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura M. Parker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6924,51 +6924,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of ocean acidification on overwintering juvenile Arctic pteropods Limacina helicina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Alliouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7028,51 +7028,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Larvae of the pteropod Cavolinia inflexa exposed to aragonite undersaturation are viable but shell-less</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gorsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7274,51 +7274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of ocean acidification on a key Arctic pelagic mollusc (&lt;i&gt;Limacina helicina&lt;/i&gt;)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gorsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7417,51 +7417,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real time device for biosensing: design of a bacteriophage model using love acoustic waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ollivier Tamarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Dejous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7581,51 +7581,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rebiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pistre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 91, pp.275-284</w:t>
@@ -7930,277 +7930,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00184219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Device for Biosensing: Design of a Bacteriophage Model Using Love Acoustic Waves.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude d'un microcapteur à ondes de Love pour la détection temps réel de virus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Comeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Moynet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bezian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ollivier Tamarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Dejous</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Rebiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Japon. pp.1</w:t>
+              <w:t xml:space="preserve">Les Techniques Innovantes en Matière de Mesures dans l'Eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00184218v1</w:t>
+                <w:t xml:space="preserve">hal-00184401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude d'un microcapteur à ondes de Love pour la détection temps réel de virus.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Real-Time Device for Biosensing: Design of a Bacteriophage Model Using Love Acoustic Waves.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ollivier Tamarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Dejous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Rebiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Techniques Innovantes en Matière de Mesures dans l'Eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, France</w:t>
+              <w:t xml:space="preserve">Biosensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Japon. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00184401v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00184218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de bactériophages par un dispositif acoustique à ondes de Love</w:t>
               </w:r>
@@ -8238,51 +8238,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Rebiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Pistre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée CMC2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, France</w:t>
@@ -8455,250 +8455,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05056731v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technical Note: An Autonomous Flow through Salinity and Temperature Perturbation Mesocosm System for Multi-stressor Experiments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Urrutti</w:t>
+                <w:t xml:space="preserve">Benthic diversity along an Arctic fjord: which are the key factors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Comeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240387v1</w:t>
+                <w:t xml:space="preserve">hal-04263701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benthic diversity along an Arctic fjord: which are the key factors?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Technical Note: An Autonomous Flow through Salinity and Temperature Perturbation Mesocosm System for Multi-stressor Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cale Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Urrutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Comeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04263701v1</w:t>
+                <w:t xml:space="preserve">hal-04240387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of carbonate chemistry manipulations on calcification, respiration, and excretion of a Mediterranean pteropod</w:t>
               </w:r>
@@ -8723,51 +8723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Jeffree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gazeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9108,51 +9108,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-05470176v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Manea" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Comeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier-Pag&#232;s" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giordano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70217" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103984v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale Miller" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Urrutti" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70074" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365158v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris T Perry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier M de Bakker" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice E Webb" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Comeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Harvey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09439-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946711v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carlot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galobart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G&#243;mez-Gras" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Santamar&#237;a" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Golo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-55949-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003817v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Metzl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lo Monaco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mignon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-1075-2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05507213v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Eckert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefevre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mullarney" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rose" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.70040" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564045v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale A Miller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172571" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752830v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Cornwall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-15-671-2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886355v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Schaum" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lob.10623" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650917v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dousset" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brodu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Richard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.10630" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713807v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70183" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628973v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-315-2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753036v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Meynadier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4605-2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887468v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Daniel Ackerman" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimi Koehl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.12732" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524101v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Carbonne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyla Plichon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schaub" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.231683" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659691v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elisa Schaum" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. David Hambright" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lob.10548" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272418v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Edward Cornwall" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Donner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Perry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dunne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16647" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04660995v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mccoy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curt Pueschel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00318884.2023.2285673" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A Venn" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tambutt&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tambutt&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.973908" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795821v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Garrabou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#243;mez-Gras" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Medrano" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cerrano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Ponti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16301" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03835447v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margalida Monserrat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Verdura" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Spennato" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-22845-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03831187v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lebrun" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2022.103980" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582027v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hollie Putnam" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Schoepf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ETLS20210226" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661715v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire L. Ross" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Warnes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher E. Cornwall" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael V. W. Cuttler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00396-8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812812v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe Chan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-4767-2022" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795797v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed El Rahman Hassoun" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Bantelman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donata Canu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Galdies" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.892670" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561214v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher E Cornwall" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Shlesinger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Hoogenboom" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mana" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16093" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954671v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pansch" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Raatz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Hui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Havenhand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.994756" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847680v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moore" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bekaert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cossais" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purdy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.0130" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348884v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Teixid&#243;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Moore" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mirasole" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guttierez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.11942" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03266793v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas A Kornder" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben van Hooidonk" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2015265118" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445628v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cornwall" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Hall&#8208;spencer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15899" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007123v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E Cornwall" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. D&#8217;alexis" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M Decarlo" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Larcombe" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-019-0681-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374987v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Caroselli" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ceccarelli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15372" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406524v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catriona Hurd" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Beardall" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF19267" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346588v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M Decarlo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gajdzik" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guagliardo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14579" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02142177v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Diaz-Pulido" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00186" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02178762v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornwall" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Decarlo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Doo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpenter" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-019-0486-9" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02297095v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pupier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alessi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49044-w" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321980v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Krieger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Mcculloch" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14379" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505054v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Cornwall" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Decarlo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. d'Alexis" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.1168" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346579v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Pfeifer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Carrion" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Alessi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-018-1726-6" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322043v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Mcculloch" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.0564" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502967v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulson A. Lantz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Carpenter" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Edmunds" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00298" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502946v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morane Le Nohaic" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Lowe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14794-y" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955652v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Comeau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C E Cornwall" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M T Mcculloch" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08003-z" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03043084v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Manno" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bednar&#353;ek" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint A Tarling" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky L Peck" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2017.04.005" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502944v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily B. Rivest" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40641-017-0082-x" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304138v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulson Lantz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Andersson" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherie Briggs" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biw023" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502975v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Carpenter" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. Lantz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Edmunds" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-016-1425-0" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502772v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella L. Howes" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bednarsek" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Buedenbender" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayla Doubleday" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plankt/fbu002" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255951v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M. Parker" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne A. O'Connor" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-013-2219-3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205262v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marin Nisumaa" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Orr" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2011.0910" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502684v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alliouane" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Gattuso" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps09696" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502056v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gorsky" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-010-1493-6" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/878A183622CACF9010B17F6A9055440D8D59785F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502066v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Jeffree" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Teyssie" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011362" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03325665v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jeffree" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Teyssi&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Gattuso" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-6-1877-2009" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183754v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Tamarin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moynet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebiere" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183755v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pistre" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184212v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184219v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184218v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184401v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bezian" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184400v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056731v2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Manea" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre E. Galand" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferrier-Pag&#232;s" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Giordano" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240387v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263701v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110606v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103984v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Lebrun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale Miller" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gazeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Urrutti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Alliouane" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70074" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-05470176v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Manea" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Comeau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier-Pag&#232;s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Giordano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70217" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365158v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris T Perry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier M de Bakker" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice E Webb" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Comeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Harvey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09439-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946711v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carlot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Galobart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. G&#243;mez-Gras" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Santamar&#237;a" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Golo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-55949-0" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003817v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Metzl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lo Monaco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Mignon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-1075-2025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05507213v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Eckert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lefevre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Mullarney" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rose" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.70040" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564045v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cale A Miller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172571" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752830v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Cornwall" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esd-15-671-2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886355v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Schaum" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lob.10623" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650917v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dousset" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Brodu" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Richard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.10630" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713807v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.70183" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628973v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-315-2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753036v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Meynadier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-21-4605-2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887468v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josef Daniel Ackerman" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimi Koehl" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.12732" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524101v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Carbonne" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyla Plichon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Schaub" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.231683" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659691v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Elisa Schaum" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. David Hambright" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lob.10548" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272418v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Edward Cornwall" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Donner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Perry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dunne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16647" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04660995v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mccoy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Curt Pueschel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Kranz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00318884.2023.2285673" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander A Venn" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tambutt&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tambutt&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.973908" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795821v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquim Garrabou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G&#243;mez-Gras" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Medrano" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Cerrano" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Ponti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16301" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661715v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire L. Ross" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Warnes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher E. Cornwall" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael V. W. Cuttler" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43247-022-00396-8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812812v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe Chan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-19-4767-2022" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03831187v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Lebrun" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2022.103980" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582027v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hollie Putnam" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Schoepf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ETLS20210226" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03835447v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margalida Monserrat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Verdura" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Spennato" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-22845-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795797v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abed El Rahman Hassoun" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Bantelman" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donata Canu" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Galdies" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.892670" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561214v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher E Cornwall" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Shlesinger" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mia Hoogenboom" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Mana" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16093" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954671v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pansch" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Raatz" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Hui" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Havenhand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.994756" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847680v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moore" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bekaert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cossais" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Purdy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.0130" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348884v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Teixid&#243;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Billy Moore" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Mirasole" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guttierez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lno.11942" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03266793v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas A Kornder" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben van Hooidonk" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2015265118" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445628v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cornwall" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Hall&#8208;spencer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15899" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007123v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E Cornwall" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. D&#8217;alexis" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M Decarlo" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Larcombe" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-019-0681-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406524v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catriona Hurd" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Beardall" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/MF19267" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374987v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Caroselli" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ceccarelli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15372" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346588v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas M Decarlo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gajdzik" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Guagliardo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14579" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02142177v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Diaz-Pulido" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2019.00186" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02178762v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornwall" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Decarlo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Doo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpenter" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41558-019-0486-9" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02297095v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pupier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alessi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49044-w" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321980v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Krieger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Mcculloch" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.14379" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505054v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Cornwall" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. M. Decarlo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. d'Alexis" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.1168" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346579v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja Pfeifer" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Carrion" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Alessi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-018-1726-6" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322043v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Mcculloch" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2018.0564" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502967v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulson A. Lantz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert C. Carpenter" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter J. Edmunds" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2017.00298" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502946v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morane Le Nohaic" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Lowe" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-14794-y" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03955652v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Comeau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C E Cornwall" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M T Mcculloch" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-08003-z" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03043084v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Manno" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bednar&#353;ek" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraint A Tarling" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky L Peck" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2017.04.005" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502944v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily B. Rivest" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40641-017-0082-x" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01304138v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coulson Lantz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Andersson" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherie Briggs" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biw023" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502975v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Carpenter" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. Lantz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Edmunds" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-016-1425-0" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502772v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ella L. Howes" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Bednarsek" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Buedenbender" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayla Doubleday" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plankt/fbu002" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01255951v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M. Parker" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayne A. O'Connor" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-013-2219-3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205262v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marin Nisumaa" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Orr" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2011.0910" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502684v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alliouane" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Gattuso" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps09696" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502056v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gorsky" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-010-1493-6" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/878A183622CACF9010B17F6A9055440D8D59785F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502066v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Jeffree" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Teyssie" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011362" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03325665v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jeffree" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Teyssi&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Gattuso" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-6-1877-2009" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183754v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollivier Tamarin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Dejous" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moynet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rebiere" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00183755v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pistre" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184212v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184219v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184401v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bezian" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184218v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00184400v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056731v2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Manea" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre E. Galand" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ferrier-Pag&#232;s" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Giordano" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263701v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240387v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110606v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>