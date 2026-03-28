--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -446,267 +446,267 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enceintes de hauteur de la Heidenstadt à Ernolsheim-lès-Saverne, du Brotschberg à Haegen, du Kastelring à Lampertsloch, du Jardin des Fées à Lutzelhouse, du Kastel et du Petit Ringelsberg à Oberhaslach, et du Purpurkopf à Rosheim (67)</w:t>
+                <w:t xml:space="preserve">Le site de hauteur de la Burg à Ratzwiller (67), occupations préhistorique et protohistorique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Barbau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Diemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Féliu</w:t>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] UMR 7044 : ArcHiMedE; Université de Strasbourg (Unistra), FRA.; Drac Alsace. 2021</w:t>
+                <w:t xml:space="preserve">Sylvain Griselin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR 7044 - Archimede; Université de Strasbourg; Drac Alsace. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03098478v1</w:t>
+                <w:t xml:space="preserve">hal-03098540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le site de hauteur de la Burg à Ratzwiller (67), occupations préhistorique et protohistorique</w:t>
+                <w:t xml:space="preserve">Les enceintes de hauteur de la Heidenstadt à Ernolsheim-lès-Saverne, du Brotschberg à Haegen, du Kastelring à Lampertsloch, du Jardin des Fées à Lutzelhouse, du Kastel et du Petit Ringelsberg à Oberhaslach, et du Purpurkopf à Rosheim (67)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Diemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Griselin</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] UMR 7044 - Archimede; Université de Strasbourg; Drac Alsace. 2021</w:t>
+                <w:t xml:space="preserve">Clément Féliu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Jodry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] UMR 7044 : ArcHiMedE; Université de Strasbourg (Unistra), FRA.; Drac Alsace. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03098540v1</w:t>
+                <w:t xml:space="preserve">hal-03098478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enceintes de hauteur de la Heidenstadt à Ernolsheim-lès-Saverne, du Brotschberg à Haegen, du Kastelring à Lampertsloch, du Jardin des Fées à Lutzelhouse, du Kastel et du Petit Ringelsberg à Oberhaslach, et du Purpurkopf à Rosheim (67) : Prospection thématique, Rapport 2020</w:t>
               </w:r>
@@ -810,51 +810,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes et fonctions des fortifications de hauteur dans le nord du massif vosgien entre Protohistoire et Moyen Âge (programme collectif de recherche) ; Les enceintes de hauteur de la Heidenstadt à Ernolsheim-lès-Saverne, du Brotschberg à Haegen, du Keltenring à Lampertsloch, du Castelberg à Wagenbourg-Engenthal et du Heidenschloss à Romanswiller (prospection thématique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1080,51 +1080,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Diemer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2767,178 +2767,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01589310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Économie du fer et voies de communication, de l‘abattage du minerai à la distribution du métal : l‘exemple du nord de la Forêt-Noire au ve siècle av. J.-C.</w:t>
+                <w:t xml:space="preserve">Conclusion. L'archéologie des réseaux : une thématique aux multiples facettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Wassong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 3, pp.150-168</w:t>
+              <w:t xml:space="preserve">, 2016, 3, pp.184-186</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01587244v1</w:t>
+                <w:t xml:space="preserve">hal-01587266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion. L'archéologie des réseaux : une thématique aux multiples facettes</w:t>
+                <w:t xml:space="preserve">Économie du fer et voies de communication, de l‘abattage du minerai à la distribution du métal : l‘exemple du nord de la Forêt-Noire au ve siècle av. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rémy Wassong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 3, pp.184-186</w:t>
+              <w:t xml:space="preserve">, 2016, 3, pp.150-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01587266v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01587244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archäologische Sondagen am Nordhang des &amp;quot;Battert&amp;quot; bei Baden-Baden</w:t>
               </w:r>
@@ -3085,125 +3085,219 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archäologische Ausgrabungen in Baden-Württemberg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02546308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céramique, économie et société dans le Rhin supérieur du V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; à la première moitié du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle avant J.-C.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Gentner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AVAGE, 9, 2023, Mémoires d'archéologie du Grand Est, 978-2-9561936-9-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04826098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierres et fer à l’âge du Fer dans la vallée du Rhin supérieur : exploitation, approvisionnement, consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Chosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3242,178 +3336,178 @@
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Millénaire av. n. è. Exploitation, transformation, diffusion. Actes du 45</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> colloque international de l’Association française pour l’étude de l’âge du Fer (Gijón, 13-15 mai 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afeaf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.365-375, 2023, Collection Afeaf (5), 978-2-9567407-4-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04224081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Répartition des habitats de hauteur et de plaine dans le sud du fossé rhénan supérieur du Hallstatt final à La Tène ancienne (520 à 280 av. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roth-Zehner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas Historique d'Alsace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05277600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sites fortifiés du massif vosgien : vieux problèmes, vieilles méthodes, nouveaux résultats sur des fortifications non datées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3423,96 +3517,96 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Walter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Delrieu; Clément Féliu; Philippe Gruat; Marie-Caroline Kurzaj; Élise Nectoux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces fortifiés à l’âge du Fer en Europe. Actes du 43e colloque international de l’Association française pour l’étude de l’âge du Fer (Le Puy-en-Velay, 30 mai-1er juin 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection AFEAF (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AFEAF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.437-442, 2021, 978-2-9567407-2-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sites fortifiés du massif vosgien : vieux problèmes, vielles méthodes, nouveaux résultats sur des fortifications non datées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3532,73 +3626,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Delrieu; Clément Féliu; Ph. Gruat; M.-C. Kurzaj; E. Nectoux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces fortifiés à l’âge du Fer en Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, pp.437-442, 2021, Collection AFEAF, 978-2-9567407-2-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05277362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Befestigte Höhensiedlungen der Eisenzeit im Oberrheintal: Forschungsstand und Fragestellungen am Beispiel des Schieferberges von Oberhaslach (67 – Bas-Rhin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3627,467 +3721,651 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archäologie in der Großregion: Beiträge des internationalen Symposiums zur Archäologie in der Großregion in der Europäischen Akademie Otzenhausen vom 23.-26. März 2017 - Mélanges offerts à Alfred HAFFNER</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Europäische Akademie Otzenhausen, 2018, Archäologentage Otzenhausen, 978-3-941509-15-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05283939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre Sud et Nord du Rhin supérieur : Production et consommation de céramiques de l'Alsace au Nordbaden aux Ve - IVe siècles av. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ludwig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J. Wilczek; A. Cannot; T. Le Cozanet; J. Remy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interdisciplinarité et nouvelles approches dans les recherches sur l’âge du Fer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masaryk University Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Dissertationes Archaelogicae Brunenses / Pragensesque, Supplementum IV, 978-80-210-8802-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05277571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The northern Black Forest and its environment in the 5th century BC (Baden-Württemberg, DE),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Occuper l’espace aux âges du Bronze et du Fer : des sites aux paysages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6, EEPB, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05277274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une urbanisation entre Vosges et Forêt-Noire à l’âge du Fer ? Nouvelles données sur quelques sites fortifiés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stephan Fichtl; Loup Bernard; Anne-Marie Adam. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’urbanisme aux âges du Fer, Mélanges offerts à Susanne SIEVERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05277377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céramique, économie et société dans le Rhin supérieur du V&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; à la première moitié du III&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle avant J.-C.</w:t>
+                <w:t xml:space="preserve">Les sites fortifiés du massif vosgien, vieux problèmes, vieilles méthodes, nouveaux résultats sur des fortifications non datées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04826098v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les espaces fortifiés à l'âge du Fer en Europe, 43e Colloque International de l'AFEAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Le Puy en Velay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sites fortifiés du massif vosgien : vieux problèmes, vieilles méthodes, nouveaux résultats sur des fortifications non datées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Gentner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les espaces fortifiés à l’âge du Fer en Europe. 43e colloque international de l’Association française pour l’étude de l’âge du Fer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Le Puy-en-Velay, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02547464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Der Schlossberg von Neuenbürg (Baden-Württemberg), eine frühlatènezeitliche Höhensiedlung im Eisenerzrevier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steeve Gentner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loup Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KunstHandWerk 26. Tagung der AG Eisenzeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Bad Salzhausen, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02546297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fortifications protohistoriques du Rhin supérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loup Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4119,323 +4397,323 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces fortifiés à l’âge du Fer en Europe. 43e colloque international de l’Association française pour l’étude de l’âge du Fer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFEAF, May 2019, Le Puy-en-Velay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fortifications protohistoriques du Rhin supérieur / Die vorgeschichtlichen Befestigungen des Oberrheins.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loup Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Landolt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43e colloque de l’AFEAF "Les espaces fortifiés à l’âge du Fer en Europe"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Le Puy-en-Velay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fortifications protohistoriques d’Alsace, nouvelles données et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Féliu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loup Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Fichtl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées archéologiques transfrontalières de la vallée du Rhin Supérieur, 4 ; les fortifications dans l’espace Rhénan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Service régional de l'archéologie de la DRAC Grand Est - site de Strasbourg ; Landesdenkmalpflege du Land du Bade-Wurtemberg ; Archäologische Bodenforschung du Canton de Bâle-Ville, 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sites fortifiés de hauteur de la vallée du Rhin supérieur aux âges du Fer : état de la question et problématiques de recherches. L'exemple du Schieferberg à Oberhaslach (67 -Bas-Rhin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4464,335 +4742,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archäologie in der Großregion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Otzenhausen, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02468495v1</w:t>
-              </w:r>
-[...276 lines deleted...]
-                <w:t xml:space="preserve">hal-02546297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4836,51 +4836,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Camberlein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steeve Gentner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Wassong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, pp.127-134, 2016, revue en ligne ArcHiMedE, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5083,51 +5083,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058386v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Gentner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brang&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Diemer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jodry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548033v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Roche" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020453v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Barbau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098478v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Walter" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098540v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05300329v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Feliu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590359v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Ch&#226;telet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455550v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468478v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415847v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Cesaratto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05312625v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kraft" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Magar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Pracht-Mendel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419517v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Henry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419499v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415861v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Chameroy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02411169v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05312636v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02411161v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992523v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Hansen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Krausse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991500v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/afeaf.2023.1991" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546340v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258781v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468483v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Robin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468487v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546325v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Bernard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizzie Scholtus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01589310v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hutin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka V&#225;le&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587244v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587266v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Wassong" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546316v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Wieland" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546308v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224081v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chosson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277600v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roth-Zehner" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258603v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277362v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05283939v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277571v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ludwig" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://halshs.archives-ouvertes.fr/halshs-01818921" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277274v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277377v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826098v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547933v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Adam" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936013v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184312v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Fichtl" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468495v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468500v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547464v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546297v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Camberlein" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0003" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058386v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steeve Gentner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Zimmermann" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Brang&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Diemer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Jodry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548033v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Roche" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020453v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Barbau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098540v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Walter" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098478v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment F&#233;liu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05300329v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Feliu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590359v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Ch&#226;telet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455550v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468478v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415847v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Cesaratto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05312625v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Kraft" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Magar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Pracht-Mendel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419517v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Henry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419499v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415861v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Chameroy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02411169v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05312636v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02411161v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992523v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Hansen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Krausse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991500v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/afeaf.2023.1991" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546340v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05258781v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468483v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Robin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468487v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546325v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Bernard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizzie Scholtus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01589310v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hutin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;&#225;rka V&#225;le&#269;kov&#225;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587266v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Wassong" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587244v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546316v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Wieland" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546308v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826098v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224081v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Chosson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277600v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roth-Zehner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258603v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277362v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05283939v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277571v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ludwig" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://halshs.archives-ouvertes.fr/halshs-01818921" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277274v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05277377v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468500v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547464v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546297v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547933v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Adam" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936013v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Landolt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184312v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Fichtl" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468495v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961641v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Camberlein" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0003" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>