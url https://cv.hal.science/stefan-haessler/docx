--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -661,291 +661,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attosecond Science: an emerging field brought to light by the Physics Nobel Prize</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High repetition rate relativistic laser–solid–plasma interaction platform featuring simultaneous particle and radiation detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaismeen Kaur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Ouillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Ruchon</w:t>
+                <w:t xml:space="preserve">Dan Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Cornaggia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stefan Haessler</w:t>
+                <w:t xml:space="preserve">Louis Daniault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Monot</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Axel Robbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/photon/202212221⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 94 (11), pp.113002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0157390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04318834v1</w:t>
+                <w:t xml:space="preserve">hal-04259703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High repetition rate relativistic laser–solid–plasma interaction platform featuring simultaneous particle and radiation detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Ouillé</w:t>
+                <w:t xml:space="preserve">Attosecond Science: an emerging field brought to light by the Physics Nobel Prize</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dan Levy</w:t>
+                <w:t xml:space="preserve">Christian Cornaggia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Haessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Daniault</w:t>
+                <w:t xml:space="preserve">Pascal Monot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axel Robbes</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Salières</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 94 (11), pp.113002. </w:t>
+              <w:t xml:space="preserve">Photoniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 122, pp.21-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0157390⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/photon/202212221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259703v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Harmonic Generation and Correlated Electron Emission from Relativistic Plasma Mirrors at 1 kHz Repetition Rate</w:t>
               </w:r>
@@ -1199,51 +1199,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low divergence proton beams from a laser-plasma accelerator at kHz repetition rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Andriyash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3467,303 +3467,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01164764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrally resolved multi-channel contributions to the harmonic emission in N 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imaging orbitals with attosecond and Ångström resolutions: toward attochemistry? Imaging orbitals with attosecond and Ångström resolutions: toward attochemistry?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Salières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zsolt Diveki</w:t>
+                <w:t xml:space="preserve">A Maquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Haessler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Camper</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R Taïeb</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reports on Progress in Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 75, pp.062401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0034-4885/75/6/062401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1367-2630/14/2/023062⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164759v1</w:t>
+                <w:t xml:space="preserve">hal-01164756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging orbitals with attosecond and Ångström resolutions: toward attochemistry? Imaging orbitals with attosecond and Ångström resolutions: toward attochemistry?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spectrally resolved multi-channel contributions to the harmonic emission in N 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Maquet</w:t>
+                <w:t xml:space="preserve">Zsolt Diveki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Camper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Haessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Auguste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Ruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reports on Progress in Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0034-4885/75/6/062401⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 14, pp.023062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1367-2630/14/2/023062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01164756v1</w:t>
+                <w:t xml:space="preserve">hal-01164759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femtosecond envelope of the high-harmonic emission from ablation plasmas</w:t>
               </w:r>
@@ -3947,51 +3947,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Haessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Ruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 106, pp.093002. </w:t>
@@ -4189,51 +4189,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Haessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Caillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Salières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics B: Atomic and Molecular Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44, pp.203001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4331,51 +4331,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Haessler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Ruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 106 (9), pp.093002. </w:t>
@@ -7015,51 +7015,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D010D981"/>
+    <w:nsid w:val="92D63CEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7246,51 +7246,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stefan-haessler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7003-2089" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140493816" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/haessler_s_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-1057-2011" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986897v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoneng Wu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Xu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Kalouguine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaismeen Kaur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cavagna" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/adbc1c" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878790v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Eder" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enam Chowdhury" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Kalouguine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.545912" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677478v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ouill&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Cheng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Haessler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Lopez-Martens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.534255" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318834v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ruchon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cornaggia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Monot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sali&#232;res" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202212221" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259703v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Levy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Daniault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Robbes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0157390" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767700v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;mouna Bocoum" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik B&#246;hle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/2022/9893418" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04308129v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Haessler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fabre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Higuet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caillat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ruchon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.029901" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788792v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Andriyash" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevAccelBeams.25.093402" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767708v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chopineau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Blaclard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Denoeud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Vincenti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.4.L012030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301605v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theocharis Lamprou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo B. Lopez-Martens" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Liontos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhendu Kahaly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics8060192" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978236v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vernier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jullien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-020-0280-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978239v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Th&#233;venet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/ab9715" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978218v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Richter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lytova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Morales" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Smirnova" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.390665" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02057189v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Faure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominikas Gustas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Gu&#233;not" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aae047" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02149608v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zaim" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#246;hle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bocoum" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vernier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5084783" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01818757v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudipta Mondal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Shirozhan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Ahmed" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Boehle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.35.000A93" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01533395v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Chatziathanasiou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Skantzakis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Sansone" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics4020026" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01634510v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei K&#252;hn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dumergue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s F&#252;le" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aa6ee8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01634502v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bal&#269;i&#363;nas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fourcade-Dutin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Voronin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.012713" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164321v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bal&#269;i&#363;nas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Fan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chipperfield" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baltuska" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep10084" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164337v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bal&#269;iunas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lorenc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ivanov" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Smirnova" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Zheltikov" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.015278" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071424v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Andriukaitis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pug&#382;lys" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.4.021028" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164753v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Strelkov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B Elouga Bom" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Khokhlova" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gobert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/1/013051" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164764v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Diveki" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guichard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Caillat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Camper" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2012.03.021" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164759v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Diveki" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camper" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Auguste" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/2/023062" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164756v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maquet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ta&#239;eb" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0034-4885/75/6/062401" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/58A09C6606FD3667481B92CA32B5BC66350CD770/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164768v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Gobert" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Hergott" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lepetit" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/45/7/074012" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3BA20804057547EF40CB6D4494446B3C94F57FBA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164772v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Caillat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Maquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fabre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.093002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164777v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Perdrix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.003677" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164771v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/44/20/203001" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1594543D8EA45572DA4EC590351214623D6FFA52/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01955579v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164779v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Boutu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Giovanetti-Teixeira" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ruchon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHYS1511" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01955607v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.011404" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164781v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Stankiewicz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L J Frasinski" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien J. Weber" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/42/13/134002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8393524B7CE55713490EB2ED00B01ABC2726E283/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164790v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Merdji" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Breger" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Waters" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys964" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00267577v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mairesse" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boutu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/10/2/025028" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878845v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274574v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2021.FTu1K.1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466485v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haessler Stefan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466654v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouill&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lozano" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466460v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301619v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466577v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominykas Gustas" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466544v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denoeud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chopineau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274571v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maimouna Bocoum" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/HILAS.2018.HT2A.3" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341634v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balciunas" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Fourcade Dutin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Voronin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164799v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Dahlstr&#246;m" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Vacher" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380377v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chopineau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blaclard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Denoeud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Vincenti Fabien Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991825v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Haessler" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F B&#246;hle" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bocoum" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ouill&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kaur" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817893v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Za&#239;m" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00440190v2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stefan-haessler" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7003-2089" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140493816" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/haessler_s_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/E-1057-2011" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04986897v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaoneng Wu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Xu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Kalouguine" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaismeen Kaur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cavagna" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/adbc1c" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878790v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo Eder" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enam Chowdhury" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Kalouguine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.545912" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677478v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ouill&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Cheng" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Haessler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Lopez-Martens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.534255" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259703v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Levy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Daniault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Robbes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0157390" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318834v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ruchon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cornaggia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Monot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sali&#232;res" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202212221" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767700v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;mouna Bocoum" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik B&#246;hle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/2022/9893418" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04308129v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Haessler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fabre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Higuet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caillat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ruchon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.029901" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788792v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Andriyash" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevAccelBeams.25.093402" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767708v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chopineau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Blaclard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Denoeud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Vincenti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.4.L012030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301605v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theocharis Lamprou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo B. Lopez-Martens" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Liontos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhendu Kahaly" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics8060192" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978236v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vernier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jullien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41377-020-0280-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978239v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Th&#233;venet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/ab9715" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978218v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Richter" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Lytova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Morales" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Smirnova" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.390665" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02057189v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Faure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominikas Gustas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Gu&#233;not" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/aae047" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02149608v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zaim" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. B&#246;hle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bocoum" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vernier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5084783" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01818757v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudipta Mondal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Shirozhan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveed Ahmed" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Boehle" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.35.000A93" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01533395v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Chatziathanasiou" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanouil Skantzakis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Sansone" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/photonics4020026" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01634510v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei K&#252;hn" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dumergue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s F&#252;le" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6455/aa6ee8" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01634502v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bal&#269;i&#363;nas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fourcade-Dutin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Voronin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.24.012713" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164321v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bal&#269;i&#363;nas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Fan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chipperfield" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baltuska" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep10084" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164337v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bal&#269;iunas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lorenc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ivanov" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Smirnova" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Zheltikov" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.015278" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071424v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Andriukaitis" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pug&#382;lys" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.4.021028" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164753v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Strelkov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B Elouga Bom" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Khokhlova" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gobert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/1/013051" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164764v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Diveki" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Guichard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Caillat" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Camper" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemphys.2012.03.021" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164756v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maquet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ta&#239;eb" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0034-4885/75/6/062401" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/58A09C6606FD3667481B92CA32B5BC66350CD770/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164759v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Diveki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camper" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Auguste" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/2/023062" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164768v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Gobert" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F Hergott" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lepetit" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/45/7/074012" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3BA20804057547EF40CB6D4494446B3C94F57FBA/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164772v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Caillat" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Maquet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fabre" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.093002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164777v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Perdrix" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.003677" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164771v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/44/20/203001" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1594543D8EA45572DA4EC590351214623D6FFA52/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01955579v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164779v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Boutu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Giovanetti-Teixeira" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Ruchon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHYS1511" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01955607v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.80.011404" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164781v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Stankiewicz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L J Frasinski" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien J. Weber" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-4075/42/13/134002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8393524B7CE55713490EB2ED00B01ABC2726E283/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164790v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Merdji" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Breger" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Waters" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys964" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00267577v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mairesse" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Boutu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/10/2/025028" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878845v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274574v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2021.FTu1K.1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466485v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haessler Stefan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466654v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouill&#233;" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lozano" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466460v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301619v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466577v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominykas Gustas" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02466544v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Denoeud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Chopineau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274571v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maimouna Bocoum" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/HILAS.2018.HT2A.3" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341634v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balciunas" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Fourcade Dutin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandr Voronin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01164799v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Dahlstr&#246;m" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Vacher" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380377v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chopineau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blaclard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Denoeud" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Vincenti Fabien Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991825v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Haessler" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F B&#246;hle" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bocoum" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ouill&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Kaur" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817893v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Za&#239;m" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00440190v2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>