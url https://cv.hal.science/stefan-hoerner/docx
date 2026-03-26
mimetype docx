--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -3608,290 +3608,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05269917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alternative methods to experiments on live fish for the risk of mortality for fish entrained in hydraulic machines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic Control and Sensing Architecture for Experimental Intracycle Pitching in Cross-Flow Turbines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adhithiyan Jayaprakash</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hoerner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shokoofeh Abbaszadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Leidhold</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8eme Colloque HydroES - Environement and Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SHF Société Hydrotechnique de France, Sep 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">7th International Conference on Ocean Engineering, Chennai, India (2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Chennai, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05435707v1</w:t>
+                <w:t xml:space="preserve">hal-05269916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Control and Sensing Architecture for Experimental Intracycle Pitching in Cross-Flow Turbines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alternative methods to experiments on live fish for the risk of mortality for fish entrained in hydraulic machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Hoerner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Powalla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolf Iring Kösters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey A. Tuhtan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adhithiyan Jayaprakash</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Falko Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Ocean Engineering, Chennai, India (2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Chennai, India</w:t>
+              <w:t xml:space="preserve">8eme Colloque HydroES - Environement and Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHF Société Hydrotechnique de France, Sep 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05269916v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05435707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct-Driven Blade-Embedded Pitch Actuator for High Dynamic Pitching Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhithiyan Jayaprakash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hoerner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3990,51 +3990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Bennecke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karla Ruiz-Hussmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhithiyan Jayaprakash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederik Nottrodt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4076,51 +4076,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Behavioral Analysis of Fish Passage: A Laboratory Study of Hydraulic Conditions Relevant to Turbine and Pump Inlets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelger Ellings</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4128,51 +4128,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ianina Kopecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rößger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey A. Tuhtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Symposium on Ecohydraulics and Fish Passage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAHR, May 2024, Quebec, Canada</w:t>
@@ -4214,51 +4214,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying fish response to extreme hydraulic conditions during downstream passage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ianina Kopecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hoerner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4452,64 +4452,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating fish swimming speed using non-invasive backpack sensors in a laboratory flume at high flow velocities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ianina Kopecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey A. Tuhtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Roessger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4603,51 +4603,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolf Iring Kösters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shokoofeh Abbaszadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey A Tuhtan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4780,51 +4780,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fischverhalten in Turbinen und Pumpen - Ergebnisse ethohydraulischer Modellversuche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Rößger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4931,51 +4931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shokoofeh Abbaszadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gert Toming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey A. Tuhtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Leidhold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5026,51 +5026,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New, Non-invasive Fish Backpack Biologger to Measure the Physical Conditions Experienced by Swimming Fish during Downstream Passage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Busch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6360,51 +6360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gert Toming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hoerner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey A. Tuhtan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kalinowska, M.B.; Mrokowska, M.M.; Rowinski, P.M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Hydraulic Research, GeoPlanet, ISH 2023, Earth and Planetary Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.231-242, 2024, GeoPlanet: Earth and Planetary Sciences, 978-3-031-56092-7. </w:t>
@@ -6526,51 +6526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Islam Abdelghafar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeel Kerikous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falko Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6605,51 +6605,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensor Probes for Fish Passage Safety: Evaluating Strike Severity Metrics and Data-Driven Prediction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolf Iring Kösters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeffrey A. Tuhtan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Hoerner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6762,51 +6762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolf Iring Kösters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karla Ruiz-Hussmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhithiyan Jayaprakash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7038,51 +7038,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="542F3556"/>
+    <w:nsid w:val="17C6721E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7269,51 +7269,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stefan-hoerner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9167-4964" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167316v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Iring K&#246;sters" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A Tuhtan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danil Efimov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarja Kruusmaa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hoerner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seta.2025.104427" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117543v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Ruiz-Hussmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Luc Delafin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bonamy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delannoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Th&#233;venin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/imej.8.47-55" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364773v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Bennecke" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0291030" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117547v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shokoofeh Abbaszadeh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Joedecke" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/imej.8.197-206" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117538v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Leidhold" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/imej.8.37-46" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792038v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hassan Khan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Toming" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2426809" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512883v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-024-03786-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206489v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam Abdelghafar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Refaie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeel Kerikous" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2023.117331" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206124v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2023.103956" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206492v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.114504" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206401v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanneck Kiiski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/aceedb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206130v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-021-00126-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206503v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Powalla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2022.101652" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206127v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishekkumar Shingala" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cleynen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aman Jain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103723" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206128v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15093228" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144978v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vignal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14040797" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144988v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine M&#252;ller" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Stamm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14030639" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221487v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ma&#238;tre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03186-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144991v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Engel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2020.118880" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02750344v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-020-02970-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338663v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2821-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126765v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.04.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357328v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-rpg.2019.0309" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293958v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2018.10.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293960v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie M&#252;ller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Lichtenberg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2018.1521709" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293956v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/9806278" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155157v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kovats" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269917v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2025-891" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435707v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A. Tuhtan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falko Wagner" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269916v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhithiyan Jayaprakash" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269914v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2025-1062" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454884v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Nottrodt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155161v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelger Ellings" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ianina Kopecki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom R&#246;&#223;ger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642592v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676018" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642586v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Bolland" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip A Rubini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind M Wright" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155163v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Roessger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias H&#228;gele" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642604v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155153v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155156v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155168v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649170v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Busch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Buysse" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Kenndorf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904149v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-Toralf Weber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787154v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787118v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685286v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293965v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319468v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-578" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319473v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-252" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319472v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-501" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319477v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doddamani Hithaish" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdus Samad" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-182" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642598v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56093-4_18" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507409v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314322v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05197527v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243683v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/stefan-hoerner" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9167-4964" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167316v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolf Iring K&#246;sters" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A Tuhtan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danil Efimov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarja Kruusmaa" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Hoerner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seta.2025.104427" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117543v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karla Ruiz-Hussmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Luc Delafin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bonamy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Delannoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Th&#233;venin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/imej.8.47-55" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05364773v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Bennecke" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0291030" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117547v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shokoofeh Abbaszadeh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Joedecke" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/imej.8.197-206" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117538v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Leidhold" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/imej.8.37-46" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792038v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hassan Khan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert Toming" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2024.2426809" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512883v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-024-03786-0" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206489v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam Abdelghafar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Refaie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeel Kerikous" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enconman.2023.117331" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206124v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2023.103956" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206492v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceaneng.2023.114504" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206401v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanneck Kiiski" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-3190/aceedb" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206130v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-021-00126-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206503v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Powalla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2022.101652" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206127v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishekkumar Shingala" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cleynen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aman Jain" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15103723" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206128v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15093228" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144978v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Vignal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14040797" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144988v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine M&#252;ller" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Stamm" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14030639" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03221487v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ma&#238;tre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-021-03186-8" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144991v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Engel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2020.118880" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02750344v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-020-02970-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338663v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-019-2821-3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126765v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.04.011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357328v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-rpg.2019.0309" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293958v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2018.10.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293960v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie M&#252;ller" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Lichtenberg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24705357.2018.1521709" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293956v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/9806278" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155157v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kovats" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269917v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2025-891" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269916v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adhithiyan Jayaprakash" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435707v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A. Tuhtan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falko Wagner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269914v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2025-1062" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454884v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik Nottrodt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155161v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelger Ellings" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ianina Kopecki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom R&#246;&#223;ger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642592v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676018" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642586v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Bolland" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip A Rubini" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind M Wright" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3929/ethz-b-000676016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155163v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Roessger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias H&#228;gele" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642604v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155153v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155156v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155168v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649170v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Busch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Buysse" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Kenndorf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904149v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian-Toralf Weber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787154v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787118v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685286v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293965v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319468v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-578" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319473v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-252" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319472v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-501" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319477v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doddamani Hithaish" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdus Samad" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36688/ewtec-2023-182" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642598v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56093-4_18" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507409v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314322v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05197527v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05243683v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>