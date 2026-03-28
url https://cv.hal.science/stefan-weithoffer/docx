--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1089,248 +1089,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04196583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iteration Overlap for Low-Latency Turbo Decoding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Construction of Symbol Transformations for Non-Binary Turbo Codes with Lowered Error Floor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Wilking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Weithoffer</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISTC 2023: 12th International Symposium on Topics in Coding</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Brest, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISTC57237.2023.10273532⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISTC57237.2023.10273516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04168135v1</w:t>
+                <w:t xml:space="preserve">hal-04168146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of Symbol Transformations for Non-Binary Turbo Codes with Lowered Error Floor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Iteration Overlap for Low-Latency Turbo Decoding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Weithoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Wilking</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stefan Weithoffer</w:t>
+                <w:t xml:space="preserve">Ghazi Aousaji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISTC 2023: 12th International Symposium on Topics in Coding</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Brest, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISTC57237.2023.10273516⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISTC57237.2023.10273532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04168146v1</w:t>
+                <w:t xml:space="preserve">hal-04168135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved Non-Uniform Constellations for Non-Binary Codes Through Deep Reinforcement Learning</w:t>
               </w:r>
@@ -1531,252 +1531,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitigating Blind Detection Through Protograph Based Interleaving for Turbo Codes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low Complexity Non-binary Turbo Decoding based on the Local-SOVA Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Le Blevec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami Klaimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Weithoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Military Communications Conference 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISTC 2021: 11th International Symposium on Topics in Coding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Montreal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISTC49272.2021.9594236⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03520539v1</w:t>
+                <w:t xml:space="preserve">hal-03279861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Complexity Non-binary Turbo Decoding based on the Local-SOVA Algorithm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Le Blevec</w:t>
+                <w:t xml:space="preserve">Mitigating Blind Detection Through Protograph Based Interleaving for Turbo Codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Weithoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rami Klaimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amer Baghdadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISTC 2021: 11th International Symposium on Topics in Coding</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Military Communications Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, San Diego, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISTC49272.2021.9594236⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03279861v1</w:t>
+                <w:t xml:space="preserve">hal-03520539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Fully Pipelined Decoding of Spatially Coupled Serially Concatenated Codes</w:t>
               </w:r>
@@ -1890,51 +1890,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03280057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-complexity Computational Units for the Local-SOVA Decoding Algorithm</w:t>
+                <w:t xml:space="preserve">Fully Pipelined Iteration Unrolled Decoders -The Road to Tb/s Turbo Decoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Weithoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rami Klaimi</w:t>
@@ -1965,342 +1965,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Wehn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Douillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PIMRC 2020: IEEE International Symposium on Personal, Indoor and Mobile Radio Communications - ETTCOM Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, London (Virtual), United Kingdom. </w:t>
+              <w:t xml:space="preserve">ICASSP 2020: 45th International Conference on Acoustics, Speech, and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Barcelona, Spain. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PIMRC48278.2020.9217318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9053453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02545582v4</w:t>
+                <w:t xml:space="preserve">hal-02430254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully Pipelined Iteration Unrolled Decoders -The Road to Tb/s Turbo Decoding</w:t>
+                <w:t xml:space="preserve">Advanced Hardware Architectures for Turbo Code Decoding Beyond 100 Gb/s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Weithoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Griebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rami Klaimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Wehn</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Douillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASSP 2020: 45th International Conference on Acoustics, Speech, and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9053453⟩</w:t>
+              <w:t xml:space="preserve">WCNC 2020 : IEEE Wireless Communications and Networking Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Seoul, South Korea. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WCNC45663.2020.9120779⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02430254v1</w:t>
+                <w:t xml:space="preserve">hal-02319732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Hardware Architectures for Turbo Code Decoding Beyond 100 Gb/s</w:t>
+                <w:t xml:space="preserve">Low-complexity Computational Units for the Local-SOVA Decoding Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Weithoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rami Klaimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Abdel Nour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Wehn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Douillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCNC 2020 : IEEE Wireless Communications and Networking Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Seoul, South Korea. </w:t>
+              <w:t xml:space="preserve">PIMRC 2020: IEEE International Symposium on Personal, Indoor and Mobile Radio Communications - ETTCOM Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, London (Virtual), United Kingdom. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WCNC45663.2020.9120779⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PIMRC48278.2020.9217318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02319732v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545582v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">25 Years of Turbo Codes: From Mb/s to beyond 100 Gb/s</w:t>
               </w:r>
@@ -3116,51 +3116,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05178523v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Weithoffer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdel Nour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3590986" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068412v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Mahdavi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Herrmann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Liu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ove Edfors" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsi.2022.3149718" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045788v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Bazzal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Nadal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douillard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05168400v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jabour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05168399v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810787v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Nadal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF60004.2024.10942983" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608337v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISWCS61526.2024.10639085" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196583v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Elfryakh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Aousaji" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC57237.2023.10273532" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168146v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Wilking" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC57237.2023.10273516" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668962v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Klaimi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC51304.2022.9834022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03279583v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594265" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520539v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03279861v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Le Blevec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Baghdadi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594236" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03280057v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lentmaier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Wehn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594185" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545582v4" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217318" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02430254v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053453" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319732v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Griebel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC45663.2020.9120779" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01869012v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berrou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2018.8625377" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325554v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Kestel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SiPS.2017.8109974" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045838v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05333771v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Leonardon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leroux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05166912v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05178523v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Weithoffer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Abdel Nour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3590986" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068412v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Mahdavi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Herrmann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liang Liu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ove Edfors" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tcsi.2022.3149718" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045788v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Bazzal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Nadal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Douillard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05168400v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Jabour" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05168399v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810787v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Nadal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEEECONF60004.2024.10942983" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04608337v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISWCS61526.2024.10639085" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196583v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Elfryakh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Houcke" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Wilking" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC57237.2023.10273516" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168135v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghazi Aousaji" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC57237.2023.10273532" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668962v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Klaimi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPAWC51304.2022.9834022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03279583v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594265" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03279861v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Le Blevec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amer Baghdadi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594236" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520539v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03280057v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lentmaier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Wehn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC49272.2021.9594185" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02430254v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053453" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319732v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Griebel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC45663.2020.9120779" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545582v4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC48278.2020.9217318" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01869012v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berrou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISTC.2018.8625377" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325554v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus Kestel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SiPS.2017.8109974" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05045838v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05333771v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Leonardon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jego" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leroux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-05166912v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>