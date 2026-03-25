--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -183,51 +183,51 @@
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Élie Fillion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 113, pp.054416. </w:t>
+              <w:t xml:space="preserve">, 2025, 113 (5), pp.054416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/cwwy-hndc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -368,429 +368,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast current-induced skyrmion motion in synthetic antiferromagnets</w:t>
+                <w:t xml:space="preserve">Anisotropic creep velocity of Dzyaloshinskii domain walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">van Tuong Pham</w:t>
+                <w:t xml:space="preserve">Tchilabalo Pakam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naveen Sisodia</w:t>
+                <w:t xml:space="preserve">Assiongbon Adanlété Adjanoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilaria Di Manici</w:t>
+                <w:t xml:space="preserve">Serge Dzo Mawuefa Afenyiveh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseba Urrestarazu-Larrañaga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kaushik Bairagi</w:t>
+                <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.add5751⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 124 (9), pp.092403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0191540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04553207v1</w:t>
+                <w:t xml:space="preserve">hal-04485390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical detection and nucleation of a magnetic skyrmion in a magnetic tunnel junction observed via $operando$ magnetic microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast current-induced skyrmion motion in synthetic antiferromagnets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tuong Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Urrestarazu Larrañaga</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Naveen Sisodia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilaria Di Manici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Masseboeuf</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseba Urrestarazu-Larrañaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaushik Bairagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nano Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c00316⟩</w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 384 (6693), pp.307-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.add5751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04220466v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04553207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic creep velocity of Dzyaloshinskii domain walls</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrical detection and nucleation of a magnetic skyrmion in a magnetic tunnel junction observed via $operando$ magnetic microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefania Pizzini</w:t>
+                <w:t xml:space="preserve">J. Urrestarazu Larrañaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naveen Sisodia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Tuong Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaria Di Manici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Masseboeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 124 (9), pp.092403. </w:t>
+              <w:t xml:space="preserve">Nano Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (12), pp.3557-3565. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0191540⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.nanolett.4c00316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04485390v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04220466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards fully electrically controlled domain-wall logic</w:t>
               </w:r>
@@ -815,51 +815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Raymenants</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V T Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Sorée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1044,77 +1044,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of magnetic domain wall dynamics by buffer layer annealing of Pt/Co/Pt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tchilabalo Pakam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assiongbon Adanlete Adjanoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Dzo Mawuefa Afenyiveh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ranno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1766,51 +1766,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raj Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymen Fassatoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.5257. </w:t>
@@ -2168,51 +2168,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tevfik Onur Menteş</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 23 (1), pp.013020. </w:t>
@@ -3374,51 +3374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viola Křižáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 99 (14), pp.144404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3638,51 +3638,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Japanese Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 57 (12), pp.120310. </w:t>
@@ -3759,51 +3759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soong-Geun Je</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayane de Souza Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana D. Buda-Prejbeanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3893,51 +3893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Belhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4148,51 +4148,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aleš Hrabec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viola Křižáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joao Sampaio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4429,51 +4429,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bernand-Mantel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ranno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4697,51 +4697,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Rohart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Belmeguenai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4818,51 +4818,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keita Ito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rougemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syuta Honda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4965,51 +4965,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Van-Dai Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rougemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5086,51 +5086,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Jué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Thiaville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Miltat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5367,51 +5367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongxin Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dayane de Souza Chaves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5890,51 +5890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.-D. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5998,51 +5998,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chirality-induced asymmetric magnetic nucleation in Pt/Co/AlOx ultrathin microstructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6158,51 +6158,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Stefanowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lavinia Nistor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Kuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6413,51 +6413,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de l'aimantation étudiée par rayonnement synchrotron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Uhlir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6528,295 +6528,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00855015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain wall tilting in the presence of the Dzyaloshinskii-Moriya interaction in out-of-plane magnetized magnetic nanotracks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electric-field control of domain wall nucleation and pinning in a metallic ferromagnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bernand-Mantel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Boulle</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">I. M. Miron</w:t>
+                <w:t xml:space="preserve">Liza Herrera-Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ranno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Pizzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.217203⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 102 (12), pp.122406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4798506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00903921v1</w:t>
+                <w:t xml:space="preserve">hal-00819148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electric-field control of domain wall nucleation and pinning in a metallic ferromagnet</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Bernand-Mantel</w:t>
+                <w:t xml:space="preserve">Domain wall tilting in the presence of the Dzyaloshinskii-Moriya interaction in out-of-plane magnetized magnetic nanotracks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Boulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Rohart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. D. Buda-Prejbeanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Jué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liza Herrera-Diez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jan Vogel</w:t>
+                <w:t xml:space="preserve">I. M. Miron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 102 (12), pp.122406. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 111, pp.217203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4798506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.217203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00819148v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Observation of Massless Domain Wall Dynamics in Nanostripes with Perpendicular Magnetic Anisotropy</w:t>
               </w:r>
@@ -7109,51 +7109,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Uhlir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fruchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7364,51 +7364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ales Hrabec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.T. Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ranno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7468,51 +7468,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct observation of Oersted-field-induced magnetization dynamics in magnetic nanostripes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Uhlir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rougemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8272,51 +8272,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current-induced motion and pinning of domain walls in spin-valve nanowires studied by XMCD-PEEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Uhlir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Rougemaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8393,51 +8393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High domain wall velocity at zero magnetic field induced by low current densities in spin-valve nanostripes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtech Uhlir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8540,51 +8540,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-Ray Analysis of Oxygen-induced Perpendicular Magnetic Anisotropy in Pt/Co/AlOx trilayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8981,51 +8981,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keiki Fukumoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Romanens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 92, pp.505. </w:t>
@@ -9088,51 +9088,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray analysis of the magnetic influence of oxygen in Pt/Co/AlOx trilayers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Manchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9235,51 +9235,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salia Cherifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Romanens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9529,51 +9529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Romanens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 96, pp.097204. </w:t>
@@ -9758,51 +9758,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic relaxation measurements of exchange biased (Pt/Co) multilayers with perpendicular anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Romanens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordi Sort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9892,51 +9892,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic relaxation of exchange biased (Pt/Co) multilayers studied by time-resolved Kerr microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Romanens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabiano Yokaichiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10065,51 +10065,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Vogel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Camarero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 293, pp.863. </w:t>
@@ -10747,51 +10747,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure, magnétisme local et dynamique de l'aimantation de couches minces couplées étudiés par Spectroscopie d'Absoption X et effet Kerr magnéto-optique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefania Pizzini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matière Condensée [cond-mat]. Université Joseph-Fourier - Grenoble I, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10978,51 +10978,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371640v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Gueneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ibrahim" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fischer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Voj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-&#201;lie Fillion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/cwwy-hndc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160323v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Klimeczek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio de Santis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Masseboeuf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vogel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ranno" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0275288" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553207v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tuong Pham" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Sisodia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Di Manici" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseba Urrestarazu-Larra&#241;aga" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bairagi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.add5751" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220466v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Urrestarazu Larra&#241;aga" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c00316" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485390v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchilabalo Pakam" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiongbon Adanl&#233;t&#233; Adjanoh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dzo Mawuefa Afenyiveh" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Pizzini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0191540" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485431v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B B Vermeulen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raymenants" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V T Pham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sor&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9.0000811" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643875v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Balan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Fassatoui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Rueff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.064023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485374v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiongbon Adanlete Adjanoh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2024.171723" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023904v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes W. van der Jagt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Pe&#241;a Garcia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jeudy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202302039" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309245v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes van der Jagt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0143422" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797615v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayane de Souza Chaves" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.034065" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838957v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ajejas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Sassi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Legrand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Collin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.L071401" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617498v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Elie Fillion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raj Kumar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32959-w" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188294v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sambit Ghosh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Komori" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hallal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiki Gushi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c00125" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239789v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Raymenants" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Wan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Souriau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arame Thiam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3061523" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907480v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Camosi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pe&#241;a-Garcia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fruchart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevfik Onur Mente&#351;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abdbe0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321372v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202102427" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331386v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlio Bonfim" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Thiaville" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.014405" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967314v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Pena Garcia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernand-Mantel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.14.064041" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393813v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Krizakova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pe&#241;a-Garcia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vogel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rougemaille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.214404" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331252v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Herrera Diez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Liu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gilbert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmeguenai" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.12.034005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042459v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gushi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jovi&#269;evi&#263; Klug" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Attan&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.9b03416" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146512v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihito Anzai" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vila" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Attan&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089869" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356080v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Juge" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soong-Geun Je" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana D. Buda-Prejbeanu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.12.044007" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582132v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola K&#345;i&#382;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.144404" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873478v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titiksha Srivastava" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Schott" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belmeguenai" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.8b01502" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908845v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/JJAP.57.120310" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764982v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2017.10.030" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765007v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belhi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe David" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2017.10.050" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887608v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gudin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Guerrero" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Anad&#243;n Barcelona" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Diez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.8b00878" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867200v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ale&#353; Hrabec" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sampaio" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.227204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903097v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Baraduc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roussign&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2323104" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639157v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b00328" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765027v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Perna" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5005798" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426434v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rohart" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.214422" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233511v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Ito" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syuta Honda" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norio Ota" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4989991" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919049v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahid Ishaque" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Dai Nguyen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2015.08.062" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251733v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ju&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thiaville" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Miltat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.014403" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585580v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Safeer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lopez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Buda-Prejbeanu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auffret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NNANO.2015.252" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271350v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxin Yang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2015.315" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275326v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Ha Pham" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sampaio" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Va&#328;atka" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Rojas-Sanchez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/113/67001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585587v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Huang" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stolichnov" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Auffret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4937999" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140893v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Vanatka" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Rojas-Sanchez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/32/326002" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201754v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-D. Nguyen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Toussaint" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12417" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960872v3" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana-Daniela Buda" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ju&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.047203" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926092v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Stefanowicz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Nistor" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kuch" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Buda-Prejbeanu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4860985" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444801v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Huang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Stolichnov" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Borrel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Auffret" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4833495" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855015v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Uhlir" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonfim" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201334038" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903921v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boulle" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rohart" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. Miron" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.217203" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819148v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Herrera-Diez" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4798506" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707524v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Mihai Miron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.247202" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910249v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D. Nguyen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vila" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marty" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Pillet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Notin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4721672" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674182v2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4704665" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655760v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/24/2/024213" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613313v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Hrabec" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Nam" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3609860" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453804v3" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cros" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Jimenez" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.020406" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613090v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A. Moore" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga Szambolics" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat3020" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453590v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Szymanski" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mazalski" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Urbaniak" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stobiecki" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maziewski" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2032521" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459160v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gaudin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rodmacq" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schuhl" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT2613" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517115v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.862356" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470565v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Vo-Van" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoukaa Kassir-Bodon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxing Yang" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Coraux" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/10/103040" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492593v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Novotny" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.224418" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332055v2" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Laribi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/APEX.2.023003" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172426v2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Manchon" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Lombard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2008.02.131" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196134v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Ducruet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2969711" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353486v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A. Moore" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Miron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaudin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Serret" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3062855" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308532v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiki Fukumoto" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Romanens" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-008-4550-y" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7ZL4JSZL-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261227v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2829896" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133628v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salia Cherifi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Camarero" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/19/47/476204" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119211v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Miguel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Goedkoop" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2402882" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018684v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.097204" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104365v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.184419" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004907v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Sort" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Garcia" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2005-00053-3" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009200v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiano Yokaichiya" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Pennec" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.134410" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004890v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2004.12.009" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008342v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Hertel" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.220402" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004894v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.71.060404" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008748v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1772520" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768245v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wan" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Canvel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thiam" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19574.2021.9720689" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00094606v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371640v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Gueneau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Ibrahim" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Fischer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libor Voj&#225;&#269;ek" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-&#201;lie Fillion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/cwwy-hndc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160323v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Klimeczek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio de Santis" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Masseboeuf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vogel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ranno" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0275288" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485390v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchilabalo Pakam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiongbon Adanl&#233;t&#233; Adjanoh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Dzo Mawuefa Afenyiveh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Pizzini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0191540" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04553207v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Tuong Pham" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Sisodia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaria Di Manici" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseba Urrestarazu-Larra&#241;aga" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaushik Bairagi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.add5751" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220466v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Urrestarazu Larra&#241;aga" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.4c00316" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485431v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B B Vermeulen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Raymenants" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V T Pham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sor&#233;e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9.0000811" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643875v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Balan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymen Fassatoui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Rueff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.064023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485374v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assiongbon Adanlete Adjanoh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2024.171723" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023904v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes W. van der Jagt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Pe&#241;a Garcia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jeudy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202302039" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309245v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes van der Jagt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0143422" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797615v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dayane de Souza Chaves" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.18.034065" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838957v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Ajejas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Sassi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Legrand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Collin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.L071401" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617498v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Elie Fillion" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raj Kumar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32959-w" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188294v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sambit Ghosh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taro Komori" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hallal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiki Gushi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.1c00125" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03239789v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Raymenants" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Wan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Souriau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arame Thiam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2021.3061523" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907480v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Camosi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pe&#241;a-Garcia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fruchart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevfik Onur Mente&#351;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/abdbe0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321372v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202102427" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331386v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlio Bonfim" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Thiaville" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.104.014405" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967314v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Pena Garcia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernand-Mantel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.14.064041" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393813v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Krizakova" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pe&#241;a-Garcia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vogel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rougemaille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.214404" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331252v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Herrera Diez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Liu" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gilbert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmeguenai" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.12.034005" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02042459v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gushi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jovi&#269;evi&#263; Klug" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Attan&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.9b03416" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146512v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihito Anzai" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vila" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Attan&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089869" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356080v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Juge" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soong-Geun Je" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana D. Buda-Prejbeanu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.12.044007" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582132v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola K&#345;i&#382;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.144404" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873478v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titiksha Srivastava" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Schott" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belmeguenai" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.8b01502" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908845v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7567/JJAP.57.120310" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764982v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2017.10.030" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765007v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belhi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe David" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2017.10.050" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887608v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gudin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Guerrero" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Anad&#243;n Barcelona" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Diez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.8b00878" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867200v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ale&#353; Hrabec" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sampaio" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.120.227204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903097v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Baraduc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roussign&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2323104" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639157v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b00328" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765027v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Perna" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5005798" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426434v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Rohart" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.214422" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233511v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Ito" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syuta Honda" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norio Ota" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4989991" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919049v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahid Ishaque" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Dai Nguyen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2015.08.062" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251733v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ju&#233;" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Thiaville" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Miltat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.014403" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585580v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Safeer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lopez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Buda-Prejbeanu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auffret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NNANO.2015.252" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271350v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boulle" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxin Yang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nnano.2015.315" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01275326v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thai Ha Pham" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sampaio" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Va&#328;atka" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Rojas-Sanchez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/113/67001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585587v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Huang" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stolichnov" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Auffret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4937999" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140893v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Vanatka" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Rojas-Sanchez" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/32/326002" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201754v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.-D. Nguyen" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Toussaint" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep12417" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960872v3" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana-Daniela Buda" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ju&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.047203" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926092v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Stefanowicz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Nistor" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kuch" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. D. Buda-Prejbeanu" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4860985" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444801v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Huang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Stolichnov" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Borrel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Auffret" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4833495" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855015v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojtech Uhlir" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonfim" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201334038" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819148v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Herrera-Diez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4798506" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903921v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Boulle" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rohart" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. Miron" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.217203" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707524v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Mihai Miron" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.108.247202" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910249v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D. Nguyen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vila" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marty" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Pillet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Notin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4721672" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00674182v2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4704665" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00655760v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/24/2/024213" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613313v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Hrabec" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.T. Nam" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3609860" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453804v3" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cros" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Jimenez" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.83.020406" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613090v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas A. Moore" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helga Szambolics" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat3020" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453590v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Szymanski" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mazalski" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Urbaniak" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Stobiecki" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maziewski" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2032521" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459160v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gaudin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rodmacq" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schuhl" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMAT2613" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517115v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.862356" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470565v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Vo-Van" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoukaa Kassir-Bodon" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongxing Yang" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Coraux" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/10/103040" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492593v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Novotny" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.224418" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332055v2" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Laribi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1143/APEX.2.023003" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172426v2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Manchon" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Lombard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2008.02.131" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196134v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Ducruet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2969711" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353486v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.A. Moore" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Miron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gaudin" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Serret" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3062855" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308532v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keiki Fukumoto" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Romanens" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-008-4550-y" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7ZL4JSZL-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261227v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2829896" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133628v2" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salia Cherifi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Camarero" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/19/47/476204" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119211v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Miguel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Goedkoop" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2402882" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018684v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.097204" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104365v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.184419" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004907v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Sort" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavio Garcia" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2005-00053-3" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009200v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiano Yokaichiya" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Pennec" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.134410" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004890v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2004.12.009" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008342v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Hertel" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.72.220402" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004894v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.71.060404" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00008748v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1772520" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03768245v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wan" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Couet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Canvel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thiam" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEDM19574.2021.9720689" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00094606v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>